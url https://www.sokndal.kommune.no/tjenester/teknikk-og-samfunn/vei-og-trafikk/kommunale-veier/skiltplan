--- v0 (2025-10-03)
+++ v1 (2026-02-20)
@@ -1,95 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dmy\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sokom-my.sharepoint.com/personal/nih_sokndal_kommune_no/Documents/Skrivebord/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ACF08F33-72AA-4D43-B2FB-BACDF31905BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="la/Ga2MQmTYRTF51y8ahybEVwIzxSWHv7wJ7F8tKq0jzeUMtUVuI4gykBe/nYtCK3h1ejHZeIeF5kpq66CwbCg==" workbookSaltValue="Ikk+RGwRj2Lq+PDuzvFEXA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15525" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Forklaring" sheetId="10" r:id="rId1"/>
     <sheet name="Risikovurdering" sheetId="8" r:id="rId2"/>
     <sheet name="Arbeidsvarslingsplan" sheetId="6" r:id="rId3"/>
     <sheet name="Særskilt vedtak" sheetId="1" r:id="rId4"/>
     <sheet name="Loggbok" sheetId="5" r:id="rId5"/>
     <sheet name="Kontroll" sheetId="12" r:id="rId6"/>
     <sheet name="Vegmelding" sheetId="9" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Arbeidsvarslingsplan!$B$2:$AQ$78</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Forklaring!$A$1:$N$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Kontroll!$B$2:$AR$86</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Loggbok!$B$2:$AQ$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Risikovurdering!$B$2:$AQ$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Særskilt vedtak'!$B$2:$AQ$84</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">Vegmelding!$B$2:$AQ$54</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L10" i="12" l="1"/>
   <c r="L9" i="12"/>
   <c r="L8" i="12"/>
   <c r="AE9" i="5"/>
   <c r="V40" i="1"/>
   <c r="AG14" i="9"/>
   <c r="V14" i="9"/>
   <c r="AA15" i="9"/>
   <c r="I15" i="9"/>
   <c r="AE44" i="1"/>
   <c r="AE42" i="1"/>
   <c r="AE11" i="6"/>
   <c r="AH10" i="6"/>
   <c r="L10" i="5"/>
   <c r="I14" i="9"/>
   <c r="N80" i="1"/>
   <c r="V6" i="9" s="1"/>
   <c r="E80" i="1"/>
   <c r="L11" i="9"/>
   <c r="AE10" i="9"/>
@@ -109,126 +124,126 @@
   <c r="Z10" i="1"/>
   <c r="U10" i="1"/>
   <c r="S10" i="1"/>
   <c r="M10" i="1"/>
   <c r="H10" i="1"/>
   <c r="F10" i="1"/>
   <c r="L9" i="5"/>
   <c r="L44" i="1"/>
   <c r="L42" i="1"/>
   <c r="AK13" i="6"/>
   <c r="AF13" i="6"/>
   <c r="AD13" i="6"/>
   <c r="W13" i="6"/>
   <c r="R13" i="6"/>
   <c r="P13" i="6"/>
   <c r="L11" i="6"/>
   <c r="X10" i="6"/>
   <c r="L10" i="6"/>
   <c r="L9" i="6"/>
   <c r="L8" i="6"/>
   <c r="L8" i="5" s="1"/>
   <c r="AE7" i="6"/>
   <c r="AE7" i="5" s="1"/>
   <c r="AC6" i="12"/>
   <c r="G7" i="6"/>
-  <c r="G6" i="12"/>
+  <c r="G7" i="1" s="1"/>
   <c r="AE6" i="6"/>
   <c r="AE6" i="1" s="1"/>
   <c r="AE5" i="12"/>
   <c r="AE5" i="6"/>
   <c r="P6" i="6"/>
   <c r="P6" i="5" s="1"/>
   <c r="P5" i="6"/>
   <c r="P5" i="1" s="1"/>
   <c r="G6" i="6"/>
   <c r="G5" i="12"/>
   <c r="G5" i="6"/>
   <c r="G5" i="5" s="1"/>
   <c r="AL50" i="8"/>
   <c r="AL48" i="8"/>
   <c r="AL46" i="8"/>
   <c r="AL44" i="8"/>
   <c r="AL42" i="8"/>
   <c r="AL40" i="8"/>
   <c r="AL38" i="8"/>
   <c r="AL36" i="8"/>
   <c r="AL34" i="8"/>
   <c r="AL32" i="8"/>
   <c r="AL30" i="8"/>
   <c r="AL28" i="8"/>
   <c r="G5" i="9"/>
   <c r="V5" i="9"/>
   <c r="G6" i="9"/>
   <c r="G7" i="5"/>
   <c r="G6" i="5"/>
   <c r="AE5" i="5"/>
   <c r="P5" i="5"/>
   <c r="AE5" i="1"/>
+  <c r="G6" i="1"/>
+  <c r="G6" i="12" l="1"/>
   <c r="L8" i="1"/>
-  <c r="G7" i="1"/>
-[...1 lines deleted...]
-  <c r="P6" i="1" l="1"/>
+  <c r="P6" i="1"/>
   <c r="L7" i="12"/>
   <c r="P5" i="12"/>
   <c r="AE6" i="5"/>
   <c r="G5" i="1"/>
   <c r="AE7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Pål Hauge</author>
   </authors>
   <commentList>
-    <comment ref="AE6" authorId="0" shapeId="0">
+    <comment ref="AE6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="12"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Arbeidsområdets utstrekning</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Pål Hauge</author>
   </authors>
   <commentList>
-    <comment ref="O18" authorId="0" shapeId="0">
+    <comment ref="O18" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="20"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Lim inn skisse fra Visio, skannet tegning el.l.!</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="309">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Region:</t>
   </si>
@@ -1233,51 +1248,51 @@
   <si>
     <t>Risikovurdering forevist og OK?</t>
   </si>
   <si>
     <t>Arbeidsvarslingsplan forevist og OK?</t>
   </si>
   <si>
     <t>Loggbok forevist og OK?</t>
   </si>
   <si>
     <t>Loggbok</t>
   </si>
   <si>
     <t>Underskrevet plan er vedtak med hjemmel i skiltforskriftens §29 og §30. Særskilt vedtak for trafikkregulerende tiltak skal vedlegges.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Sokndal Kommune</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00"/>
   </numFmts>
   <fonts count="35">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2073,1701 +2088,1600 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="560">
+  <cellXfs count="510">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="9" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="3" fillId="0" borderId="37" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="3" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="20" fontId="3" fillId="0" borderId="37" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...28 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="20" fontId="3" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...196 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...106 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="11" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...152 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="2" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...36 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="10" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="10" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...143 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
-    </xf>
-[...129 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperkobling" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -3788,51 +3702,57 @@
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>23091</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9524</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>12701</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="9217" name="Text Box 1"/>
+        <xdr:cNvPr id="9217" name="Text Box 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001240000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="23091" y="9524"/>
           <a:ext cx="10657610" cy="7889876"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
@@ -4543,133 +4463,151 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2050" name="Line 5"/>
+        <xdr:cNvPr id="2050" name="Line 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002080000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="600075" y="4752975"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>45</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>45</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2051" name="Line 5"/>
+        <xdr:cNvPr id="2051" name="Line 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003080000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11353800" y="4752975"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>44450</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>177800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>39</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1019175</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Bilde 14"/>
+        <xdr:cNvPr id="15" name="Bilde 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1387475" y="444500"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -4685,143 +4623,161 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3149" name="Picture 35"/>
+        <xdr:cNvPr id="3149" name="Picture 35">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00004D0C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1057275" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3150" name="Picture 36"/>
+        <xdr:cNvPr id="3150" name="Picture 36">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00004E0C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="276225" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>187325</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>38</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1050925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Bilde 4"/>
+        <xdr:cNvPr id="5" name="Bilde 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1768475" y="476250"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -4837,373 +4793,421 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5121" name="AutoShape 29"/>
+        <xdr:cNvPr id="5121" name="AutoShape 29">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000001140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="11306175"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 40385"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5122" name="AutoShape 30"/>
+        <xdr:cNvPr id="5122" name="AutoShape 30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="11620500"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 40385"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5123" name="AutoShape 31"/>
+        <xdr:cNvPr id="5123" name="AutoShape 31">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="11944350"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 40385"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5124" name="AutoShape 32"/>
+        <xdr:cNvPr id="5124" name="AutoShape 32">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="12268200"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 40385"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5125" name="AutoShape 33"/>
+        <xdr:cNvPr id="5125" name="AutoShape 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="8429625"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 40385"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5126" name="AutoShape 33"/>
+        <xdr:cNvPr id="5126" name="AutoShape 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000006140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3619500" y="8096250"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 39143"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5127" name="AutoShape 33"/>
+        <xdr:cNvPr id="5127" name="AutoShape 33">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007140000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3609975" y="8743950"/>
           <a:ext cx="200025" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rightArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 39143"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="CCFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>178595</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>182563</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>37</xdr:col>
       <xdr:colOff>217488</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1023938</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Bilde 9"/>
+        <xdr:cNvPr id="10" name="Bilde 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1762126" y="456407"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -5219,51 +5223,57 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>196850</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>250825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>37</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1092200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Bilde 2"/>
+        <xdr:cNvPr id="3" name="Bilde 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1847850" y="517525"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -5279,97 +5289,109 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>42</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7169" name="Picture 2" descr="logo-farger"/>
+        <xdr:cNvPr id="7169" name="Picture 2" descr="logo-farger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-0000011C0000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4724400" y="466725"/>
           <a:ext cx="5353050" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>176365</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>39</xdr:col>
       <xdr:colOff>72982</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1017740</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Bilde 3"/>
+        <xdr:cNvPr id="4" name="Bilde 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1761473" y="489516"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -5385,207 +5407,213 @@
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>177800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>37</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1019175</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Bilde 2"/>
+        <xdr:cNvPr id="3" name="Bilde 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1816100" y="444500"/>
           <a:ext cx="7575550" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5742,27864 +5770,27832 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="Q31" sqref="Q31"/>
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="P24" sqref="P24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <sheetData/>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.94488188976377963" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="10" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor indexed="10"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BN141"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="95" workbookViewId="0">
-      <selection activeCell="AF30" sqref="AF30:AI30"/>
+      <selection activeCell="G5" sqref="G5:K5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" customWidth="1"/>
     <col min="3" max="3" width="4.140625" customWidth="1"/>
     <col min="4" max="24" width="3.7109375" customWidth="1"/>
     <col min="25" max="25" width="1.85546875" customWidth="1"/>
     <col min="26" max="29" width="3.7109375" customWidth="1"/>
     <col min="30" max="30" width="2.28515625" customWidth="1"/>
     <col min="31" max="31" width="1.85546875" customWidth="1"/>
     <col min="32" max="35" width="3.7109375" customWidth="1"/>
     <col min="36" max="37" width="2.140625" customWidth="1"/>
     <col min="38" max="42" width="3.7109375" customWidth="1"/>
     <col min="43" max="43" width="1.85546875" customWidth="1"/>
     <col min="46" max="46" width="17.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:66" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B2" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="6"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
     </row>
     <row r="3" spans="2:66" ht="91.5" customHeight="1">
-      <c r="B3" s="6"/>
-[...41 lines deleted...]
-      <c r="AV3" s="218"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="186"/>
+      <c r="D3" s="187"/>
+      <c r="E3" s="187"/>
+      <c r="F3" s="187"/>
+      <c r="G3" s="187"/>
+      <c r="H3" s="187"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="187"/>
+      <c r="K3" s="187"/>
+      <c r="L3" s="187"/>
+      <c r="M3" s="187"/>
+      <c r="N3" s="187"/>
+      <c r="O3" s="187"/>
+      <c r="P3" s="187"/>
+      <c r="Q3" s="187"/>
+      <c r="R3" s="187"/>
+      <c r="S3" s="187"/>
+      <c r="T3" s="187"/>
+      <c r="U3" s="187"/>
+      <c r="V3" s="187"/>
+      <c r="W3" s="187"/>
+      <c r="X3" s="187"/>
+      <c r="Y3" s="187"/>
+      <c r="Z3" s="187"/>
+      <c r="AA3" s="187"/>
+      <c r="AB3" s="187"/>
+      <c r="AC3" s="187"/>
+      <c r="AD3" s="187"/>
+      <c r="AE3" s="187"/>
+      <c r="AF3" s="187"/>
+      <c r="AG3" s="187"/>
+      <c r="AH3" s="187"/>
+      <c r="AI3" s="187"/>
+      <c r="AJ3" s="187"/>
+      <c r="AK3" s="187"/>
+      <c r="AL3" s="187"/>
+      <c r="AM3" s="187"/>
+      <c r="AN3" s="187"/>
+      <c r="AO3" s="187"/>
+      <c r="AP3" s="188"/>
+      <c r="AQ3" s="5"/>
     </row>
     <row r="4" spans="2:66" ht="32.25" customHeight="1">
-      <c r="B4" s="6"/>
-      <c r="C4" s="296" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="189" t="s">
         <v>131</v>
       </c>
-      <c r="D4" s="297"/>
-[...43 lines deleted...]
-      <c r="C5" s="299" t="s">
+      <c r="D4" s="190"/>
+      <c r="E4" s="190"/>
+      <c r="F4" s="190"/>
+      <c r="G4" s="190"/>
+      <c r="H4" s="190"/>
+      <c r="I4" s="190"/>
+      <c r="J4" s="190"/>
+      <c r="K4" s="190"/>
+      <c r="L4" s="190"/>
+      <c r="M4" s="190"/>
+      <c r="N4" s="190"/>
+      <c r="O4" s="190"/>
+      <c r="P4" s="190"/>
+      <c r="Q4" s="190"/>
+      <c r="R4" s="190"/>
+      <c r="S4" s="190"/>
+      <c r="T4" s="190"/>
+      <c r="U4" s="190"/>
+      <c r="V4" s="190"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="190"/>
+      <c r="AA4" s="190"/>
+      <c r="AB4" s="190"/>
+      <c r="AC4" s="190"/>
+      <c r="AD4" s="190"/>
+      <c r="AE4" s="190"/>
+      <c r="AF4" s="190"/>
+      <c r="AG4" s="190"/>
+      <c r="AH4" s="190"/>
+      <c r="AI4" s="190"/>
+      <c r="AJ4" s="190"/>
+      <c r="AK4" s="190"/>
+      <c r="AL4" s="190"/>
+      <c r="AM4" s="190"/>
+      <c r="AN4" s="190"/>
+      <c r="AO4" s="190"/>
+      <c r="AP4" s="191"/>
+      <c r="AQ4" s="5"/>
+    </row>
+    <row r="5" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B5" s="5"/>
+      <c r="C5" s="192" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="300"/>
-[...7 lines deleted...]
-      <c r="L5" s="300" t="s">
+      <c r="D5" s="193"/>
+      <c r="E5" s="193"/>
+      <c r="F5" s="193"/>
+      <c r="G5" s="194"/>
+      <c r="H5" s="194"/>
+      <c r="I5" s="194"/>
+      <c r="J5" s="194"/>
+      <c r="K5" s="194"/>
+      <c r="L5" s="193" t="s">
         <v>136</v>
       </c>
-      <c r="M5" s="300"/>
-[...13 lines deleted...]
-      <c r="AA5" s="300" t="s">
+      <c r="M5" s="193"/>
+      <c r="N5" s="193"/>
+      <c r="O5" s="193"/>
+      <c r="P5" s="194"/>
+      <c r="Q5" s="194"/>
+      <c r="R5" s="194"/>
+      <c r="S5" s="194"/>
+      <c r="T5" s="194"/>
+      <c r="U5" s="194"/>
+      <c r="V5" s="194"/>
+      <c r="W5" s="194"/>
+      <c r="X5" s="194"/>
+      <c r="Y5" s="194"/>
+      <c r="Z5" s="194"/>
+      <c r="AA5" s="193" t="s">
         <v>43</v>
       </c>
-      <c r="AB5" s="300"/>
-[...23 lines deleted...]
-      <c r="C6" s="284" t="s">
+      <c r="AB5" s="193"/>
+      <c r="AC5" s="193"/>
+      <c r="AD5" s="193"/>
+      <c r="AE5" s="194"/>
+      <c r="AF5" s="194"/>
+      <c r="AG5" s="194"/>
+      <c r="AH5" s="194"/>
+      <c r="AI5" s="194"/>
+      <c r="AJ5" s="194"/>
+      <c r="AK5" s="194"/>
+      <c r="AL5" s="194"/>
+      <c r="AM5" s="194"/>
+      <c r="AN5" s="194"/>
+      <c r="AO5" s="194"/>
+      <c r="AP5" s="195"/>
+      <c r="AQ5" s="30"/>
+      <c r="BJ5" s="47"/>
+      <c r="BK5" s="47"/>
+      <c r="BL5" s="48"/>
+      <c r="BM5" s="48"/>
+      <c r="BN5" s="49"/>
+    </row>
+    <row r="6" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B6" s="5"/>
+      <c r="C6" s="213" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="283"/>
-[...7 lines deleted...]
-      <c r="L6" s="283" t="s">
+      <c r="D6" s="212"/>
+      <c r="E6" s="212"/>
+      <c r="F6" s="212"/>
+      <c r="G6" s="208"/>
+      <c r="H6" s="208"/>
+      <c r="I6" s="208"/>
+      <c r="J6" s="208"/>
+      <c r="K6" s="208"/>
+      <c r="L6" s="212" t="s">
         <v>118</v>
       </c>
-      <c r="M6" s="283"/>
-[...13 lines deleted...]
-      <c r="AA6" s="283" t="s">
+      <c r="M6" s="212"/>
+      <c r="N6" s="212"/>
+      <c r="O6" s="212"/>
+      <c r="P6" s="208"/>
+      <c r="Q6" s="208"/>
+      <c r="R6" s="208"/>
+      <c r="S6" s="208"/>
+      <c r="T6" s="208"/>
+      <c r="U6" s="208"/>
+      <c r="V6" s="208"/>
+      <c r="W6" s="208"/>
+      <c r="X6" s="208"/>
+      <c r="Y6" s="208"/>
+      <c r="Z6" s="208"/>
+      <c r="AA6" s="212" t="s">
         <v>119</v>
       </c>
-      <c r="AB6" s="283"/>
-[...23 lines deleted...]
-      <c r="C7" s="284" t="s">
+      <c r="AB6" s="212"/>
+      <c r="AC6" s="212"/>
+      <c r="AD6" s="212"/>
+      <c r="AE6" s="208"/>
+      <c r="AF6" s="208"/>
+      <c r="AG6" s="208"/>
+      <c r="AH6" s="208"/>
+      <c r="AI6" s="208"/>
+      <c r="AJ6" s="208"/>
+      <c r="AK6" s="208"/>
+      <c r="AL6" s="208"/>
+      <c r="AM6" s="208"/>
+      <c r="AN6" s="208"/>
+      <c r="AO6" s="208"/>
+      <c r="AP6" s="209"/>
+      <c r="AQ6" s="30"/>
+      <c r="BJ6" s="47"/>
+      <c r="BK6" s="47"/>
+      <c r="BL6" s="49"/>
+      <c r="BM6" s="49"/>
+      <c r="BN6" s="49"/>
+    </row>
+    <row r="7" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B7" s="5"/>
+      <c r="C7" s="213" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="283"/>
-[...22 lines deleted...]
-      <c r="AA7" s="283" t="s">
+      <c r="D7" s="212"/>
+      <c r="E7" s="212"/>
+      <c r="F7" s="212"/>
+      <c r="G7" s="208"/>
+      <c r="H7" s="208"/>
+      <c r="I7" s="208"/>
+      <c r="J7" s="208"/>
+      <c r="K7" s="208"/>
+      <c r="L7" s="208"/>
+      <c r="M7" s="208"/>
+      <c r="N7" s="208"/>
+      <c r="O7" s="208"/>
+      <c r="P7" s="208"/>
+      <c r="Q7" s="208"/>
+      <c r="R7" s="208"/>
+      <c r="S7" s="208"/>
+      <c r="T7" s="208"/>
+      <c r="U7" s="208"/>
+      <c r="V7" s="208"/>
+      <c r="W7" s="208"/>
+      <c r="X7" s="208"/>
+      <c r="Y7" s="208"/>
+      <c r="Z7" s="208"/>
+      <c r="AA7" s="212" t="s">
         <v>49</v>
       </c>
-      <c r="AB7" s="283"/>
-[...23 lines deleted...]
-      <c r="C8" s="284" t="s">
+      <c r="AB7" s="212"/>
+      <c r="AC7" s="212"/>
+      <c r="AD7" s="212"/>
+      <c r="AE7" s="208"/>
+      <c r="AF7" s="208"/>
+      <c r="AG7" s="208"/>
+      <c r="AH7" s="208"/>
+      <c r="AI7" s="208"/>
+      <c r="AJ7" s="208"/>
+      <c r="AK7" s="208"/>
+      <c r="AL7" s="208"/>
+      <c r="AM7" s="208"/>
+      <c r="AN7" s="208"/>
+      <c r="AO7" s="208"/>
+      <c r="AP7" s="209"/>
+      <c r="AQ7" s="30"/>
+      <c r="BJ7" s="47"/>
+      <c r="BK7" s="47"/>
+      <c r="BL7" s="49"/>
+      <c r="BM7" s="49"/>
+      <c r="BN7" s="49"/>
+    </row>
+    <row r="8" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B8" s="5"/>
+      <c r="C8" s="213" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="283"/>
-[...47 lines deleted...]
-      <c r="C9" s="287" t="s">
+      <c r="D8" s="212"/>
+      <c r="E8" s="212"/>
+      <c r="F8" s="212"/>
+      <c r="G8" s="212"/>
+      <c r="H8" s="212"/>
+      <c r="I8" s="212"/>
+      <c r="J8" s="212"/>
+      <c r="K8" s="212"/>
+      <c r="L8" s="208"/>
+      <c r="M8" s="217"/>
+      <c r="N8" s="217"/>
+      <c r="O8" s="217"/>
+      <c r="P8" s="217"/>
+      <c r="Q8" s="217"/>
+      <c r="R8" s="217"/>
+      <c r="S8" s="217"/>
+      <c r="T8" s="217"/>
+      <c r="U8" s="217"/>
+      <c r="V8" s="217"/>
+      <c r="W8" s="217"/>
+      <c r="X8" s="217"/>
+      <c r="Y8" s="217"/>
+      <c r="Z8" s="217"/>
+      <c r="AA8" s="217"/>
+      <c r="AB8" s="217"/>
+      <c r="AC8" s="217"/>
+      <c r="AD8" s="217"/>
+      <c r="AE8" s="217"/>
+      <c r="AF8" s="217"/>
+      <c r="AG8" s="217"/>
+      <c r="AH8" s="217"/>
+      <c r="AI8" s="217"/>
+      <c r="AJ8" s="217"/>
+      <c r="AK8" s="217"/>
+      <c r="AL8" s="217"/>
+      <c r="AM8" s="217"/>
+      <c r="AN8" s="217"/>
+      <c r="AO8" s="217"/>
+      <c r="AP8" s="218"/>
+      <c r="AQ8" s="30"/>
+      <c r="BJ8" s="47"/>
+      <c r="BK8" s="47"/>
+      <c r="BL8" s="49"/>
+      <c r="BM8" s="49"/>
+      <c r="BN8" s="49"/>
+    </row>
+    <row r="9" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B9" s="5"/>
+      <c r="C9" s="215" t="s">
         <v>104</v>
       </c>
-      <c r="D9" s="288"/>
-[...21 lines deleted...]
-      <c r="Z9" s="286" t="s">
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="216"/>
+      <c r="H9" s="216"/>
+      <c r="I9" s="216"/>
+      <c r="J9" s="216"/>
+      <c r="K9" s="216"/>
+      <c r="L9" s="208"/>
+      <c r="M9" s="208"/>
+      <c r="N9" s="208"/>
+      <c r="O9" s="208"/>
+      <c r="P9" s="208"/>
+      <c r="Q9" s="208"/>
+      <c r="R9" s="208"/>
+      <c r="S9" s="208"/>
+      <c r="T9" s="208"/>
+      <c r="U9" s="208"/>
+      <c r="V9" s="208"/>
+      <c r="W9" s="208"/>
+      <c r="X9" s="208"/>
+      <c r="Y9" s="208"/>
+      <c r="Z9" s="185" t="s">
         <v>292</v>
       </c>
-      <c r="AA9" s="286"/>
-[...24 lines deleted...]
-      <c r="C10" s="281" t="s">
+      <c r="AA9" s="185"/>
+      <c r="AB9" s="185"/>
+      <c r="AC9" s="185"/>
+      <c r="AD9" s="219"/>
+      <c r="AE9" s="219"/>
+      <c r="AF9" s="219"/>
+      <c r="AG9" s="219"/>
+      <c r="AH9" s="219"/>
+      <c r="AI9" s="219"/>
+      <c r="AJ9" s="219"/>
+      <c r="AK9" s="219"/>
+      <c r="AL9" s="219"/>
+      <c r="AM9" s="219"/>
+      <c r="AN9" s="219"/>
+      <c r="AO9" s="219"/>
+      <c r="AP9" s="220"/>
+      <c r="AQ9" s="30"/>
+      <c r="BJ9" s="47"/>
+      <c r="BK9" s="47"/>
+      <c r="BL9" s="49"/>
+      <c r="BM9" s="49"/>
+      <c r="BN9" s="49"/>
+    </row>
+    <row r="10" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B10" s="5"/>
+      <c r="C10" s="210" t="s">
         <v>276</v>
       </c>
-      <c r="D10" s="282"/>
-[...21 lines deleted...]
-      <c r="Z10" s="286" t="s">
+      <c r="D10" s="211"/>
+      <c r="E10" s="211"/>
+      <c r="F10" s="211"/>
+      <c r="G10" s="211"/>
+      <c r="H10" s="214"/>
+      <c r="I10" s="214"/>
+      <c r="J10" s="214"/>
+      <c r="K10" s="214"/>
+      <c r="L10" s="214"/>
+      <c r="M10" s="214"/>
+      <c r="N10" s="214"/>
+      <c r="O10" s="214"/>
+      <c r="P10" s="214"/>
+      <c r="Q10" s="214"/>
+      <c r="R10" s="214"/>
+      <c r="S10" s="214"/>
+      <c r="T10" s="214"/>
+      <c r="U10" s="214"/>
+      <c r="V10" s="214"/>
+      <c r="W10" s="214"/>
+      <c r="X10" s="214"/>
+      <c r="Y10" s="214"/>
+      <c r="Z10" s="185" t="s">
         <v>3</v>
       </c>
-      <c r="AA10" s="286"/>
-[...24 lines deleted...]
-      <c r="C11" s="276" t="s">
+      <c r="AA10" s="185"/>
+      <c r="AB10" s="185"/>
+      <c r="AC10" s="208"/>
+      <c r="AD10" s="208"/>
+      <c r="AE10" s="208"/>
+      <c r="AF10" s="208"/>
+      <c r="AG10" s="208"/>
+      <c r="AH10" s="208"/>
+      <c r="AI10" s="208"/>
+      <c r="AJ10" s="208"/>
+      <c r="AK10" s="208"/>
+      <c r="AL10" s="208"/>
+      <c r="AM10" s="208"/>
+      <c r="AN10" s="208"/>
+      <c r="AO10" s="208"/>
+      <c r="AP10" s="209"/>
+      <c r="AQ10" s="30"/>
+      <c r="BJ10" s="47"/>
+      <c r="BK10" s="47"/>
+      <c r="BL10" s="49"/>
+      <c r="BM10" s="49"/>
+      <c r="BN10" s="49"/>
+    </row>
+    <row r="11" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B11" s="5"/>
+      <c r="C11" s="205" t="s">
         <v>137</v>
       </c>
-      <c r="D11" s="277"/>
-[...38 lines deleted...]
-      <c r="AQ11" s="36"/>
+      <c r="D11" s="206"/>
+      <c r="E11" s="206"/>
+      <c r="F11" s="206"/>
+      <c r="G11" s="206"/>
+      <c r="H11" s="206"/>
+      <c r="I11" s="206"/>
+      <c r="J11" s="206"/>
+      <c r="K11" s="206"/>
+      <c r="L11" s="206"/>
+      <c r="M11" s="206"/>
+      <c r="N11" s="206"/>
+      <c r="O11" s="206"/>
+      <c r="P11" s="206"/>
+      <c r="Q11" s="206"/>
+      <c r="R11" s="206"/>
+      <c r="S11" s="206"/>
+      <c r="T11" s="206"/>
+      <c r="U11" s="206"/>
+      <c r="V11" s="206"/>
+      <c r="W11" s="206"/>
+      <c r="X11" s="206"/>
+      <c r="Y11" s="206"/>
+      <c r="Z11" s="206"/>
+      <c r="AA11" s="206"/>
+      <c r="AB11" s="207"/>
+      <c r="AC11" s="208"/>
+      <c r="AD11" s="208"/>
+      <c r="AE11" s="208"/>
+      <c r="AF11" s="208"/>
+      <c r="AG11" s="208"/>
+      <c r="AH11" s="208"/>
+      <c r="AI11" s="208"/>
+      <c r="AJ11" s="208"/>
+      <c r="AK11" s="208"/>
+      <c r="AL11" s="208"/>
+      <c r="AM11" s="208"/>
+      <c r="AN11" s="208"/>
+      <c r="AO11" s="208"/>
+      <c r="AP11" s="209"/>
+      <c r="AQ11" s="30"/>
       <c r="AT11"/>
-      <c r="BJ11" s="53"/>
-[...3 lines deleted...]
-      <c r="BN11" s="55"/>
+      <c r="BJ11" s="47"/>
+      <c r="BK11" s="47"/>
+      <c r="BL11" s="49"/>
+      <c r="BM11" s="49"/>
+      <c r="BN11" s="49"/>
     </row>
     <row r="12" spans="2:66" ht="24.75" customHeight="1" thickBot="1">
-      <c r="B12" s="6"/>
-      <c r="C12" s="264" t="s">
+      <c r="B12" s="5"/>
+      <c r="C12" s="238" t="s">
         <v>139</v>
       </c>
-      <c r="D12" s="265"/>
-[...11 lines deleted...]
-      <c r="P12" s="252" t="s">
+      <c r="D12" s="239"/>
+      <c r="E12" s="239"/>
+      <c r="F12" s="226"/>
+      <c r="G12" s="226"/>
+      <c r="H12" s="221"/>
+      <c r="I12" s="221"/>
+      <c r="J12" s="221"/>
+      <c r="K12" s="221"/>
+      <c r="L12" s="221"/>
+      <c r="M12" s="221"/>
+      <c r="N12" s="221"/>
+      <c r="O12" s="221"/>
+      <c r="P12" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="Q12" s="253"/>
-[...11 lines deleted...]
-      <c r="AC12" s="266" t="s">
+      <c r="Q12" s="256"/>
+      <c r="R12" s="256"/>
+      <c r="S12" s="226"/>
+      <c r="T12" s="226"/>
+      <c r="U12" s="221"/>
+      <c r="V12" s="221"/>
+      <c r="W12" s="221"/>
+      <c r="X12" s="221"/>
+      <c r="Y12" s="221"/>
+      <c r="Z12" s="221"/>
+      <c r="AA12" s="221"/>
+      <c r="AB12" s="221"/>
+      <c r="AC12" s="240" t="s">
         <v>291</v>
       </c>
-      <c r="AD12" s="267"/>
-[...12 lines deleted...]
-      <c r="AQ12" s="36"/>
+      <c r="AD12" s="241"/>
+      <c r="AE12" s="241"/>
+      <c r="AF12" s="241"/>
+      <c r="AG12" s="242"/>
+      <c r="AH12" s="243"/>
+      <c r="AI12" s="243"/>
+      <c r="AJ12" s="243"/>
+      <c r="AK12" s="243"/>
+      <c r="AL12" s="243"/>
+      <c r="AM12" s="243"/>
+      <c r="AN12" s="243"/>
+      <c r="AO12" s="243"/>
+      <c r="AP12" s="244"/>
+      <c r="AQ12" s="30"/>
     </row>
     <row r="13" spans="2:66" ht="1.5" customHeight="1">
-      <c r="B13" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ13" s="6"/>
+      <c r="B13" s="5"/>
+      <c r="C13" s="37"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="39"/>
+      <c r="H13" s="39"/>
+      <c r="I13" s="39"/>
+      <c r="J13" s="39"/>
+      <c r="K13" s="39"/>
+      <c r="L13" s="39"/>
+      <c r="M13" s="39"/>
+      <c r="N13" s="39"/>
+      <c r="O13" s="39"/>
+      <c r="P13" s="39"/>
+      <c r="Q13" s="38"/>
+      <c r="R13" s="38"/>
+      <c r="S13" s="38"/>
+      <c r="T13" s="38"/>
+      <c r="U13" s="38"/>
+      <c r="V13" s="38"/>
+      <c r="W13" s="38"/>
+      <c r="X13" s="38"/>
+      <c r="Y13" s="38"/>
+      <c r="Z13" s="38"/>
+      <c r="AA13" s="38"/>
+      <c r="AB13" s="38"/>
+      <c r="AC13" s="38"/>
+      <c r="AD13" s="38"/>
+      <c r="AE13" s="38"/>
+      <c r="AF13" s="38"/>
+      <c r="AG13" s="38"/>
+      <c r="AH13" s="38"/>
+      <c r="AI13" s="38"/>
+      <c r="AJ13" s="38"/>
+      <c r="AK13" s="38"/>
+      <c r="AL13" s="38"/>
+      <c r="AM13" s="38"/>
+      <c r="AN13" s="38"/>
+      <c r="AO13" s="38"/>
+      <c r="AP13" s="40"/>
+      <c r="AQ13" s="5"/>
     </row>
     <row r="14" spans="2:66" ht="9.75" customHeight="1">
-      <c r="B14" s="6"/>
-      <c r="C14" s="242" t="s">
+      <c r="B14" s="5"/>
+      <c r="C14" s="247" t="s">
         <v>133</v>
       </c>
-      <c r="D14" s="243"/>
-[...38 lines deleted...]
-      <c r="AQ14" s="6"/>
+      <c r="D14" s="248"/>
+      <c r="E14" s="248"/>
+      <c r="F14" s="248"/>
+      <c r="G14" s="248"/>
+      <c r="H14" s="248"/>
+      <c r="I14" s="248"/>
+      <c r="J14" s="248"/>
+      <c r="K14" s="248"/>
+      <c r="L14" s="248"/>
+      <c r="M14" s="248"/>
+      <c r="N14" s="248"/>
+      <c r="O14" s="248"/>
+      <c r="P14" s="248"/>
+      <c r="Q14" s="248"/>
+      <c r="R14" s="248"/>
+      <c r="S14" s="248"/>
+      <c r="T14" s="248"/>
+      <c r="U14" s="248"/>
+      <c r="V14" s="248"/>
+      <c r="W14" s="248"/>
+      <c r="X14" s="248"/>
+      <c r="Y14" s="248"/>
+      <c r="Z14" s="248"/>
+      <c r="AA14" s="248"/>
+      <c r="AB14" s="248"/>
+      <c r="AC14" s="248"/>
+      <c r="AD14" s="248"/>
+      <c r="AE14" s="248"/>
+      <c r="AF14" s="248"/>
+      <c r="AG14" s="248"/>
+      <c r="AH14" s="248"/>
+      <c r="AI14" s="248"/>
+      <c r="AJ14" s="248"/>
+      <c r="AK14" s="248"/>
+      <c r="AL14" s="248"/>
+      <c r="AM14" s="248"/>
+      <c r="AN14" s="248"/>
+      <c r="AO14" s="248"/>
+      <c r="AP14" s="249"/>
+      <c r="AQ14" s="5"/>
     </row>
     <row r="15" spans="2:66" ht="18" customHeight="1">
-      <c r="B15" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ15" s="6"/>
+      <c r="B15" s="5"/>
+      <c r="C15" s="247"/>
+      <c r="D15" s="248"/>
+      <c r="E15" s="248"/>
+      <c r="F15" s="248"/>
+      <c r="G15" s="248"/>
+      <c r="H15" s="248"/>
+      <c r="I15" s="248"/>
+      <c r="J15" s="248"/>
+      <c r="K15" s="248"/>
+      <c r="L15" s="248"/>
+      <c r="M15" s="248"/>
+      <c r="N15" s="248"/>
+      <c r="O15" s="248"/>
+      <c r="P15" s="248"/>
+      <c r="Q15" s="248"/>
+      <c r="R15" s="248"/>
+      <c r="S15" s="248"/>
+      <c r="T15" s="248"/>
+      <c r="U15" s="248"/>
+      <c r="V15" s="248"/>
+      <c r="W15" s="248"/>
+      <c r="X15" s="248"/>
+      <c r="Y15" s="248"/>
+      <c r="Z15" s="248"/>
+      <c r="AA15" s="248"/>
+      <c r="AB15" s="248"/>
+      <c r="AC15" s="248"/>
+      <c r="AD15" s="248"/>
+      <c r="AE15" s="248"/>
+      <c r="AF15" s="248"/>
+      <c r="AG15" s="248"/>
+      <c r="AH15" s="248"/>
+      <c r="AI15" s="248"/>
+      <c r="AJ15" s="248"/>
+      <c r="AK15" s="248"/>
+      <c r="AL15" s="248"/>
+      <c r="AM15" s="248"/>
+      <c r="AN15" s="248"/>
+      <c r="AO15" s="248"/>
+      <c r="AP15" s="249"/>
+      <c r="AQ15" s="5"/>
     </row>
     <row r="16" spans="2:66" ht="15.75" customHeight="1">
-      <c r="B16" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ16" s="6"/>
+      <c r="B16" s="5"/>
+      <c r="C16" s="247"/>
+      <c r="D16" s="248"/>
+      <c r="E16" s="248"/>
+      <c r="F16" s="248"/>
+      <c r="G16" s="248"/>
+      <c r="H16" s="248"/>
+      <c r="I16" s="248"/>
+      <c r="J16" s="248"/>
+      <c r="K16" s="248"/>
+      <c r="L16" s="248"/>
+      <c r="M16" s="248"/>
+      <c r="N16" s="248"/>
+      <c r="O16" s="248"/>
+      <c r="P16" s="248"/>
+      <c r="Q16" s="248"/>
+      <c r="R16" s="248"/>
+      <c r="S16" s="248"/>
+      <c r="T16" s="248"/>
+      <c r="U16" s="248"/>
+      <c r="V16" s="248"/>
+      <c r="W16" s="248"/>
+      <c r="X16" s="248"/>
+      <c r="Y16" s="248"/>
+      <c r="Z16" s="248"/>
+      <c r="AA16" s="248"/>
+      <c r="AB16" s="248"/>
+      <c r="AC16" s="248"/>
+      <c r="AD16" s="248"/>
+      <c r="AE16" s="248"/>
+      <c r="AF16" s="248"/>
+      <c r="AG16" s="248"/>
+      <c r="AH16" s="248"/>
+      <c r="AI16" s="248"/>
+      <c r="AJ16" s="248"/>
+      <c r="AK16" s="248"/>
+      <c r="AL16" s="248"/>
+      <c r="AM16" s="248"/>
+      <c r="AN16" s="248"/>
+      <c r="AO16" s="248"/>
+      <c r="AP16" s="249"/>
+      <c r="AQ16" s="5"/>
     </row>
     <row r="17" spans="2:43" ht="15.75" customHeight="1">
-      <c r="B17" s="6"/>
-[...1 lines deleted...]
-      <c r="D17" s="259" t="s">
+      <c r="B17" s="5"/>
+      <c r="C17" s="60"/>
+      <c r="D17" s="233" t="s">
         <v>132</v>
       </c>
-      <c r="E17" s="260"/>
-[...37 lines deleted...]
-      <c r="AQ17" s="6"/>
+      <c r="E17" s="234"/>
+      <c r="F17" s="234"/>
+      <c r="G17" s="234"/>
+      <c r="H17" s="234"/>
+      <c r="I17" s="234"/>
+      <c r="J17" s="234"/>
+      <c r="K17" s="234"/>
+      <c r="L17" s="234"/>
+      <c r="M17" s="234"/>
+      <c r="N17" s="234"/>
+      <c r="O17" s="234"/>
+      <c r="P17" s="234"/>
+      <c r="Q17" s="234"/>
+      <c r="R17" s="234"/>
+      <c r="S17" s="234"/>
+      <c r="T17" s="234"/>
+      <c r="U17" s="234"/>
+      <c r="V17" s="234"/>
+      <c r="W17" s="234"/>
+      <c r="X17" s="234"/>
+      <c r="Y17" s="234"/>
+      <c r="Z17" s="234"/>
+      <c r="AA17" s="234"/>
+      <c r="AB17" s="234"/>
+      <c r="AC17" s="234"/>
+      <c r="AD17" s="234"/>
+      <c r="AE17" s="234"/>
+      <c r="AF17" s="234"/>
+      <c r="AG17" s="234"/>
+      <c r="AH17" s="234"/>
+      <c r="AI17" s="234"/>
+      <c r="AJ17" s="234"/>
+      <c r="AK17" s="234"/>
+      <c r="AL17" s="234"/>
+      <c r="AM17" s="234"/>
+      <c r="AN17" s="234"/>
+      <c r="AO17" s="6"/>
+      <c r="AP17" s="58"/>
+      <c r="AQ17" s="5"/>
     </row>
     <row r="18" spans="2:43" ht="15.75">
-      <c r="B18" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ18" s="6"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="60"/>
+      <c r="D18" s="234"/>
+      <c r="E18" s="234"/>
+      <c r="F18" s="234"/>
+      <c r="G18" s="234"/>
+      <c r="H18" s="234"/>
+      <c r="I18" s="234"/>
+      <c r="J18" s="234"/>
+      <c r="K18" s="234"/>
+      <c r="L18" s="234"/>
+      <c r="M18" s="234"/>
+      <c r="N18" s="234"/>
+      <c r="O18" s="234"/>
+      <c r="P18" s="234"/>
+      <c r="Q18" s="234"/>
+      <c r="R18" s="234"/>
+      <c r="S18" s="234"/>
+      <c r="T18" s="234"/>
+      <c r="U18" s="234"/>
+      <c r="V18" s="234"/>
+      <c r="W18" s="234"/>
+      <c r="X18" s="234"/>
+      <c r="Y18" s="234"/>
+      <c r="Z18" s="234"/>
+      <c r="AA18" s="234"/>
+      <c r="AB18" s="234"/>
+      <c r="AC18" s="234"/>
+      <c r="AD18" s="234"/>
+      <c r="AE18" s="234"/>
+      <c r="AF18" s="234"/>
+      <c r="AG18" s="234"/>
+      <c r="AH18" s="234"/>
+      <c r="AI18" s="234"/>
+      <c r="AJ18" s="234"/>
+      <c r="AK18" s="234"/>
+      <c r="AL18" s="234"/>
+      <c r="AM18" s="234"/>
+      <c r="AN18" s="234"/>
+      <c r="AO18" s="6"/>
+      <c r="AP18" s="58"/>
+      <c r="AQ18" s="5"/>
     </row>
     <row r="19" spans="2:43" ht="15.75">
-      <c r="B19" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ19" s="6"/>
+      <c r="B19" s="5"/>
+      <c r="C19" s="60"/>
+      <c r="D19" s="234"/>
+      <c r="E19" s="234"/>
+      <c r="F19" s="234"/>
+      <c r="G19" s="234"/>
+      <c r="H19" s="234"/>
+      <c r="I19" s="234"/>
+      <c r="J19" s="234"/>
+      <c r="K19" s="234"/>
+      <c r="L19" s="234"/>
+      <c r="M19" s="234"/>
+      <c r="N19" s="234"/>
+      <c r="O19" s="234"/>
+      <c r="P19" s="234"/>
+      <c r="Q19" s="234"/>
+      <c r="R19" s="234"/>
+      <c r="S19" s="234"/>
+      <c r="T19" s="234"/>
+      <c r="U19" s="234"/>
+      <c r="V19" s="234"/>
+      <c r="W19" s="234"/>
+      <c r="X19" s="234"/>
+      <c r="Y19" s="234"/>
+      <c r="Z19" s="234"/>
+      <c r="AA19" s="234"/>
+      <c r="AB19" s="234"/>
+      <c r="AC19" s="234"/>
+      <c r="AD19" s="234"/>
+      <c r="AE19" s="234"/>
+      <c r="AF19" s="234"/>
+      <c r="AG19" s="234"/>
+      <c r="AH19" s="234"/>
+      <c r="AI19" s="234"/>
+      <c r="AJ19" s="234"/>
+      <c r="AK19" s="234"/>
+      <c r="AL19" s="234"/>
+      <c r="AM19" s="234"/>
+      <c r="AN19" s="234"/>
+      <c r="AO19" s="6"/>
+      <c r="AP19" s="58"/>
+      <c r="AQ19" s="5"/>
     </row>
     <row r="20" spans="2:43" ht="15.75">
-      <c r="B20" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ20" s="6"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="60"/>
+      <c r="D20" s="234"/>
+      <c r="E20" s="234"/>
+      <c r="F20" s="234"/>
+      <c r="G20" s="234"/>
+      <c r="H20" s="234"/>
+      <c r="I20" s="234"/>
+      <c r="J20" s="234"/>
+      <c r="K20" s="234"/>
+      <c r="L20" s="234"/>
+      <c r="M20" s="234"/>
+      <c r="N20" s="234"/>
+      <c r="O20" s="234"/>
+      <c r="P20" s="234"/>
+      <c r="Q20" s="234"/>
+      <c r="R20" s="234"/>
+      <c r="S20" s="234"/>
+      <c r="T20" s="234"/>
+      <c r="U20" s="234"/>
+      <c r="V20" s="234"/>
+      <c r="W20" s="234"/>
+      <c r="X20" s="234"/>
+      <c r="Y20" s="234"/>
+      <c r="Z20" s="234"/>
+      <c r="AA20" s="234"/>
+      <c r="AB20" s="234"/>
+      <c r="AC20" s="234"/>
+      <c r="AD20" s="234"/>
+      <c r="AE20" s="234"/>
+      <c r="AF20" s="234"/>
+      <c r="AG20" s="234"/>
+      <c r="AH20" s="234"/>
+      <c r="AI20" s="234"/>
+      <c r="AJ20" s="234"/>
+      <c r="AK20" s="234"/>
+      <c r="AL20" s="234"/>
+      <c r="AM20" s="234"/>
+      <c r="AN20" s="234"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="58"/>
+      <c r="AQ20" s="5"/>
     </row>
     <row r="21" spans="2:43" ht="16.5" thickBot="1">
-      <c r="B21" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ21" s="6"/>
+      <c r="B21" s="5"/>
+      <c r="C21" s="162"/>
+      <c r="D21" s="235"/>
+      <c r="E21" s="235"/>
+      <c r="F21" s="235"/>
+      <c r="G21" s="235"/>
+      <c r="H21" s="235"/>
+      <c r="I21" s="235"/>
+      <c r="J21" s="235"/>
+      <c r="K21" s="235"/>
+      <c r="L21" s="235"/>
+      <c r="M21" s="235"/>
+      <c r="N21" s="235"/>
+      <c r="O21" s="235"/>
+      <c r="P21" s="235"/>
+      <c r="Q21" s="235"/>
+      <c r="R21" s="235"/>
+      <c r="S21" s="235"/>
+      <c r="T21" s="235"/>
+      <c r="U21" s="235"/>
+      <c r="V21" s="235"/>
+      <c r="W21" s="235"/>
+      <c r="X21" s="235"/>
+      <c r="Y21" s="235"/>
+      <c r="Z21" s="235"/>
+      <c r="AA21" s="235"/>
+      <c r="AB21" s="235"/>
+      <c r="AC21" s="235"/>
+      <c r="AD21" s="235"/>
+      <c r="AE21" s="235"/>
+      <c r="AF21" s="235"/>
+      <c r="AG21" s="235"/>
+      <c r="AH21" s="235"/>
+      <c r="AI21" s="235"/>
+      <c r="AJ21" s="235"/>
+      <c r="AK21" s="235"/>
+      <c r="AL21" s="235"/>
+      <c r="AM21" s="235"/>
+      <c r="AN21" s="235"/>
+      <c r="AO21" s="163"/>
+      <c r="AP21" s="164"/>
+      <c r="AQ21" s="5"/>
     </row>
     <row r="22" spans="2:43" ht="18">
-      <c r="B22" s="6"/>
-[...15 lines deleted...]
-      <c r="R22" s="68" t="s">
+      <c r="B22" s="5"/>
+      <c r="C22" s="60"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="61"/>
+      <c r="H22" s="61"/>
+      <c r="I22" s="61"/>
+      <c r="J22" s="61"/>
+      <c r="K22" s="61"/>
+      <c r="L22" s="61"/>
+      <c r="M22" s="61"/>
+      <c r="N22" s="61"/>
+      <c r="O22" s="61"/>
+      <c r="P22" s="61"/>
+      <c r="Q22" s="6"/>
+      <c r="R22" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="S22" s="126"/>
-[...5 lines deleted...]
-      <c r="Y22" s="245" t="s">
+      <c r="S22" s="5"/>
+      <c r="T22" s="6"/>
+      <c r="U22" s="6"/>
+      <c r="V22" s="5"/>
+      <c r="W22" s="5"/>
+      <c r="X22" s="5"/>
+      <c r="Y22" s="199" t="s">
         <v>277</v>
       </c>
-      <c r="Z22" s="246"/>
-[...4 lines deleted...]
-      <c r="AE22" s="245" t="s">
+      <c r="Z22" s="200"/>
+      <c r="AA22" s="200"/>
+      <c r="AB22" s="200"/>
+      <c r="AC22" s="200"/>
+      <c r="AD22" s="201"/>
+      <c r="AE22" s="199" t="s">
         <v>278</v>
       </c>
-      <c r="AF22" s="246"/>
-[...4 lines deleted...]
-      <c r="AK22" s="245" t="s">
+      <c r="AF22" s="200"/>
+      <c r="AG22" s="200"/>
+      <c r="AH22" s="200"/>
+      <c r="AI22" s="200"/>
+      <c r="AJ22" s="201"/>
+      <c r="AK22" s="199" t="s">
         <v>279</v>
       </c>
-      <c r="AL22" s="246"/>
-[...4 lines deleted...]
-      <c r="AQ22" s="6"/>
+      <c r="AL22" s="200"/>
+      <c r="AM22" s="200"/>
+      <c r="AN22" s="200"/>
+      <c r="AO22" s="200"/>
+      <c r="AP22" s="250"/>
+      <c r="AQ22" s="5"/>
     </row>
     <row r="23" spans="2:43" ht="15.75">
-      <c r="B23" s="6"/>
-      <c r="C23" s="238" t="s">
+      <c r="B23" s="5"/>
+      <c r="C23" s="230" t="s">
         <v>271</v>
       </c>
-      <c r="D23" s="239"/>
-[...20 lines deleted...]
-      <c r="Y23" s="255" t="s">
+      <c r="D23" s="231"/>
+      <c r="E23" s="231"/>
+      <c r="F23" s="231"/>
+      <c r="G23" s="231"/>
+      <c r="H23" s="231"/>
+      <c r="I23" s="231"/>
+      <c r="J23" s="231"/>
+      <c r="K23" s="231"/>
+      <c r="L23" s="231"/>
+      <c r="M23" s="231"/>
+      <c r="N23" s="231"/>
+      <c r="O23" s="231"/>
+      <c r="P23" s="231"/>
+      <c r="Q23" s="231"/>
+      <c r="R23" s="231"/>
+      <c r="S23" s="231"/>
+      <c r="T23" s="231"/>
+      <c r="U23" s="231"/>
+      <c r="V23" s="231"/>
+      <c r="W23" s="231"/>
+      <c r="X23" s="232"/>
+      <c r="Y23" s="223" t="s">
         <v>280</v>
       </c>
-      <c r="Z23" s="256"/>
-[...4 lines deleted...]
-      <c r="AE23" s="255" t="s">
+      <c r="Z23" s="224"/>
+      <c r="AA23" s="224"/>
+      <c r="AB23" s="224"/>
+      <c r="AC23" s="224"/>
+      <c r="AD23" s="225"/>
+      <c r="AE23" s="223" t="s">
         <v>280</v>
       </c>
-      <c r="AF23" s="256"/>
-[...4 lines deleted...]
-      <c r="AK23" s="273" t="s">
+      <c r="AF23" s="224"/>
+      <c r="AG23" s="224"/>
+      <c r="AH23" s="224"/>
+      <c r="AI23" s="224"/>
+      <c r="AJ23" s="225"/>
+      <c r="AK23" s="196" t="s">
         <v>281</v>
       </c>
-      <c r="AL23" s="274"/>
-[...4 lines deleted...]
-      <c r="AQ23" s="6"/>
+      <c r="AL23" s="197"/>
+      <c r="AM23" s="197"/>
+      <c r="AN23" s="197"/>
+      <c r="AO23" s="197"/>
+      <c r="AP23" s="198"/>
+      <c r="AQ23" s="5"/>
     </row>
     <row r="24" spans="2:43" ht="15" customHeight="1">
-      <c r="B24" s="6"/>
-      <c r="C24" s="238" t="s">
+      <c r="B24" s="5"/>
+      <c r="C24" s="230" t="s">
         <v>0</v>
       </c>
-      <c r="D24" s="239"/>
-[...21 lines deleted...]
-      <c r="Z24" s="128" t="s">
+      <c r="D24" s="231"/>
+      <c r="E24" s="231"/>
+      <c r="F24" s="231"/>
+      <c r="G24" s="101"/>
+      <c r="H24" s="101"/>
+      <c r="I24" s="101"/>
+      <c r="J24" s="101"/>
+      <c r="K24" s="101"/>
+      <c r="L24" s="101"/>
+      <c r="M24" s="101"/>
+      <c r="N24" s="101"/>
+      <c r="O24" s="101"/>
+      <c r="P24" s="101"/>
+      <c r="Q24" s="101"/>
+      <c r="R24" s="101"/>
+      <c r="S24" s="101"/>
+      <c r="T24" s="101"/>
+      <c r="U24" s="101"/>
+      <c r="V24" s="101"/>
+      <c r="W24" s="101"/>
+      <c r="X24" s="101"/>
+      <c r="Y24" s="111"/>
+      <c r="Z24" s="112" t="s">
         <v>282</v>
       </c>
-      <c r="AA24" s="128"/>
-[...1 lines deleted...]
-      <c r="AC24" s="129">
+      <c r="AA24" s="112"/>
+      <c r="AB24" s="112"/>
+      <c r="AC24" s="113">
         <v>1</v>
       </c>
-      <c r="AD24" s="128"/>
-[...1 lines deleted...]
-      <c r="AF24" s="128" t="s">
+      <c r="AD24" s="112"/>
+      <c r="AE24" s="114"/>
+      <c r="AF24" s="112" t="s">
         <v>282</v>
       </c>
-      <c r="AG24" s="128"/>
-[...1 lines deleted...]
-      <c r="AI24" s="129">
+      <c r="AG24" s="112"/>
+      <c r="AH24" s="112"/>
+      <c r="AI24" s="113">
         <v>1</v>
       </c>
-      <c r="AJ24" s="131"/>
-[...6 lines deleted...]
-      <c r="AQ24" s="6"/>
+      <c r="AJ24" s="115"/>
+      <c r="AK24" s="111"/>
+      <c r="AL24" s="116"/>
+      <c r="AM24" s="116"/>
+      <c r="AN24" s="116"/>
+      <c r="AO24" s="116"/>
+      <c r="AP24" s="117"/>
+      <c r="AQ24" s="5"/>
     </row>
     <row r="25" spans="2:43" ht="15.75" customHeight="1">
-      <c r="B25" s="6"/>
-      <c r="C25" s="238" t="s">
+      <c r="B25" s="5"/>
+      <c r="C25" s="230" t="s">
         <v>268</v>
       </c>
-      <c r="D25" s="239"/>
-[...21 lines deleted...]
-      <c r="Z25" s="128" t="s">
+      <c r="D25" s="231"/>
+      <c r="E25" s="231"/>
+      <c r="F25" s="231"/>
+      <c r="G25" s="61"/>
+      <c r="H25" s="61"/>
+      <c r="I25" s="61"/>
+      <c r="J25" s="61"/>
+      <c r="K25" s="61"/>
+      <c r="L25" s="61"/>
+      <c r="M25" s="61"/>
+      <c r="N25" s="61"/>
+      <c r="O25" s="61"/>
+      <c r="P25" s="61"/>
+      <c r="Q25" s="61"/>
+      <c r="R25" s="61"/>
+      <c r="S25" s="61"/>
+      <c r="T25" s="6"/>
+      <c r="U25" s="6"/>
+      <c r="V25" s="5"/>
+      <c r="W25" s="5"/>
+      <c r="X25" s="5"/>
+      <c r="Y25" s="111"/>
+      <c r="Z25" s="112" t="s">
         <v>283</v>
       </c>
-      <c r="AA25" s="128"/>
-[...1 lines deleted...]
-      <c r="AC25" s="129">
+      <c r="AA25" s="112"/>
+      <c r="AB25" s="112"/>
+      <c r="AC25" s="113">
         <v>2</v>
       </c>
-      <c r="AD25" s="134"/>
-[...1 lines deleted...]
-      <c r="AF25" s="128" t="s">
+      <c r="AD25" s="118"/>
+      <c r="AE25" s="114"/>
+      <c r="AF25" s="112" t="s">
         <v>283</v>
       </c>
-      <c r="AG25" s="128"/>
-[...1 lines deleted...]
-      <c r="AI25" s="129">
+      <c r="AG25" s="112"/>
+      <c r="AH25" s="112"/>
+      <c r="AI25" s="113">
         <v>2</v>
       </c>
-      <c r="AJ25" s="131"/>
-[...6 lines deleted...]
-      <c r="AQ25" s="6"/>
+      <c r="AJ25" s="115"/>
+      <c r="AK25" s="57"/>
+      <c r="AL25" s="6"/>
+      <c r="AM25" s="6"/>
+      <c r="AN25" s="6"/>
+      <c r="AO25" s="6"/>
+      <c r="AP25" s="58"/>
+      <c r="AQ25" s="5"/>
     </row>
     <row r="26" spans="2:43" ht="15.75" customHeight="1">
-      <c r="B26" s="6"/>
-      <c r="C26" s="135" t="s">
+      <c r="B26" s="5"/>
+      <c r="C26" s="119" t="s">
         <v>270</v>
       </c>
-      <c r="D26" s="237" t="s">
+      <c r="D26" s="236" t="s">
         <v>269</v>
       </c>
-      <c r="E26" s="237"/>
-[...20 lines deleted...]
-      <c r="Z26" s="128" t="s">
+      <c r="E26" s="236"/>
+      <c r="F26" s="236"/>
+      <c r="G26" s="236"/>
+      <c r="H26" s="236"/>
+      <c r="I26" s="236"/>
+      <c r="J26" s="236"/>
+      <c r="K26" s="236"/>
+      <c r="L26" s="236"/>
+      <c r="M26" s="236"/>
+      <c r="N26" s="236"/>
+      <c r="O26" s="236"/>
+      <c r="P26" s="236"/>
+      <c r="Q26" s="236"/>
+      <c r="R26" s="236"/>
+      <c r="S26" s="236"/>
+      <c r="T26" s="236"/>
+      <c r="U26" s="236"/>
+      <c r="V26" s="236"/>
+      <c r="W26" s="236"/>
+      <c r="X26" s="237"/>
+      <c r="Y26" s="111"/>
+      <c r="Z26" s="112" t="s">
         <v>284</v>
       </c>
-      <c r="AA26" s="128"/>
-[...1 lines deleted...]
-      <c r="AC26" s="129">
+      <c r="AA26" s="112"/>
+      <c r="AB26" s="112"/>
+      <c r="AC26" s="113">
         <v>3</v>
       </c>
-      <c r="AD26" s="134"/>
-[...1 lines deleted...]
-      <c r="AF26" s="128" t="s">
+      <c r="AD26" s="118"/>
+      <c r="AE26" s="114"/>
+      <c r="AF26" s="112" t="s">
         <v>284</v>
       </c>
-      <c r="AG26" s="128"/>
-[...1 lines deleted...]
-      <c r="AI26" s="129">
+      <c r="AG26" s="112"/>
+      <c r="AH26" s="112"/>
+      <c r="AI26" s="113">
         <v>3</v>
       </c>
-      <c r="AJ26" s="136"/>
-[...6 lines deleted...]
-      <c r="AQ26" s="6"/>
+      <c r="AJ26" s="120"/>
+      <c r="AK26" s="6"/>
+      <c r="AL26" s="6"/>
+      <c r="AM26" s="6"/>
+      <c r="AN26" s="251"/>
+      <c r="AO26" s="251"/>
+      <c r="AP26" s="252"/>
+      <c r="AQ26" s="5"/>
     </row>
     <row r="27" spans="2:43" ht="6.75" customHeight="1">
-      <c r="B27" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ27" s="6"/>
+      <c r="B27" s="5"/>
+      <c r="C27" s="60"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="61"/>
+      <c r="H27" s="61"/>
+      <c r="I27" s="61"/>
+      <c r="J27" s="61"/>
+      <c r="K27" s="61"/>
+      <c r="L27" s="61"/>
+      <c r="M27" s="61"/>
+      <c r="N27" s="61"/>
+      <c r="O27" s="61"/>
+      <c r="P27" s="61"/>
+      <c r="Q27" s="61"/>
+      <c r="R27" s="61"/>
+      <c r="S27" s="61"/>
+      <c r="T27" s="6"/>
+      <c r="U27" s="6"/>
+      <c r="V27" s="5"/>
+      <c r="W27" s="5"/>
+      <c r="X27" s="5"/>
+      <c r="Y27" s="57"/>
+      <c r="Z27" s="6"/>
+      <c r="AA27" s="6"/>
+      <c r="AB27" s="6"/>
+      <c r="AC27" s="6"/>
+      <c r="AD27" s="6"/>
+      <c r="AE27" s="57"/>
+      <c r="AF27" s="6"/>
+      <c r="AG27" s="6"/>
+      <c r="AH27" s="6"/>
+      <c r="AI27" s="6"/>
+      <c r="AJ27" s="62"/>
+      <c r="AK27" s="6"/>
+      <c r="AL27" s="6"/>
+      <c r="AM27" s="6"/>
+      <c r="AN27" s="6"/>
+      <c r="AO27" s="6"/>
+      <c r="AP27" s="58"/>
+      <c r="AQ27" s="5"/>
     </row>
     <row r="28" spans="2:43" ht="15.75">
-      <c r="B28" s="6"/>
-[...1 lines deleted...]
-      <c r="D28" s="271" t="s">
+      <c r="B28" s="5"/>
+      <c r="C28" s="60"/>
+      <c r="D28" s="245" t="s">
         <v>285</v>
       </c>
-      <c r="E28" s="271"/>
-[...20 lines deleted...]
-      <c r="Z28" s="254">
+      <c r="E28" s="245"/>
+      <c r="F28" s="245"/>
+      <c r="G28" s="245"/>
+      <c r="H28" s="245"/>
+      <c r="I28" s="245"/>
+      <c r="J28" s="245"/>
+      <c r="K28" s="245"/>
+      <c r="L28" s="245"/>
+      <c r="M28" s="245"/>
+      <c r="N28" s="245"/>
+      <c r="O28" s="245"/>
+      <c r="P28" s="245"/>
+      <c r="Q28" s="245"/>
+      <c r="R28" s="245"/>
+      <c r="S28" s="245"/>
+      <c r="T28" s="245"/>
+      <c r="U28" s="245"/>
+      <c r="V28" s="245"/>
+      <c r="W28" s="245"/>
+      <c r="X28" s="246"/>
+      <c r="Y28" s="121"/>
+      <c r="Z28" s="222">
         <v>1</v>
       </c>
-      <c r="AA28" s="254"/>
-[...4 lines deleted...]
-      <c r="AF28" s="254">
+      <c r="AA28" s="222"/>
+      <c r="AB28" s="222"/>
+      <c r="AC28" s="222"/>
+      <c r="AD28" s="122"/>
+      <c r="AE28" s="121"/>
+      <c r="AF28" s="222">
         <v>2</v>
       </c>
-      <c r="AG28" s="254"/>
-[...4 lines deleted...]
-      <c r="AL28" s="254">
+      <c r="AG28" s="222"/>
+      <c r="AH28" s="222"/>
+      <c r="AI28" s="222"/>
+      <c r="AJ28" s="123"/>
+      <c r="AK28" s="122"/>
+      <c r="AL28" s="222">
         <f>Z28*AF28</f>
         <v>2</v>
       </c>
-      <c r="AM28" s="254"/>
-[...3 lines deleted...]
-      <c r="AQ28" s="6"/>
+      <c r="AM28" s="222"/>
+      <c r="AN28" s="222"/>
+      <c r="AO28" s="222"/>
+      <c r="AP28" s="58"/>
+      <c r="AQ28" s="5"/>
     </row>
     <row r="29" spans="2:43" ht="7.5" customHeight="1">
-      <c r="B29" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ29" s="6"/>
+      <c r="B29" s="5"/>
+      <c r="C29" s="60"/>
+      <c r="D29" s="101"/>
+      <c r="E29" s="101"/>
+      <c r="F29" s="101"/>
+      <c r="G29" s="96"/>
+      <c r="H29" s="96"/>
+      <c r="I29" s="96"/>
+      <c r="J29" s="96"/>
+      <c r="K29" s="96"/>
+      <c r="L29" s="96"/>
+      <c r="M29" s="96"/>
+      <c r="N29" s="96"/>
+      <c r="O29" s="96"/>
+      <c r="P29" s="96"/>
+      <c r="Q29" s="96"/>
+      <c r="R29" s="96"/>
+      <c r="S29" s="96"/>
+      <c r="T29" s="101"/>
+      <c r="U29" s="101"/>
+      <c r="V29" s="97"/>
+      <c r="W29" s="97"/>
+      <c r="X29" s="98"/>
+      <c r="Y29" s="92"/>
+      <c r="Z29" s="93"/>
+      <c r="AA29" s="93"/>
+      <c r="AB29" s="93"/>
+      <c r="AC29" s="93"/>
+      <c r="AD29" s="93"/>
+      <c r="AE29" s="95"/>
+      <c r="AF29" s="93"/>
+      <c r="AG29" s="93"/>
+      <c r="AH29" s="93"/>
+      <c r="AI29" s="93"/>
+      <c r="AJ29" s="94"/>
+      <c r="AK29" s="93"/>
+      <c r="AL29" s="93"/>
+      <c r="AM29" s="93"/>
+      <c r="AN29" s="93"/>
+      <c r="AO29" s="93"/>
+      <c r="AP29" s="59"/>
+      <c r="AQ29" s="5"/>
     </row>
     <row r="30" spans="2:43" ht="15.75">
-      <c r="B30" s="6"/>
-      <c r="C30" s="140" t="s">
+      <c r="B30" s="5"/>
+      <c r="C30" s="124" t="s">
         <v>256</v>
       </c>
-      <c r="D30" s="240"/>
-[...33 lines deleted...]
-      <c r="AL30" s="230">
+      <c r="D30" s="253"/>
+      <c r="E30" s="253"/>
+      <c r="F30" s="253"/>
+      <c r="G30" s="253"/>
+      <c r="H30" s="253"/>
+      <c r="I30" s="253"/>
+      <c r="J30" s="253"/>
+      <c r="K30" s="253"/>
+      <c r="L30" s="253"/>
+      <c r="M30" s="253"/>
+      <c r="N30" s="253"/>
+      <c r="O30" s="253"/>
+      <c r="P30" s="253"/>
+      <c r="Q30" s="253"/>
+      <c r="R30" s="253"/>
+      <c r="S30" s="253"/>
+      <c r="T30" s="253"/>
+      <c r="U30" s="253"/>
+      <c r="V30" s="253"/>
+      <c r="W30" s="253"/>
+      <c r="X30" s="254"/>
+      <c r="Y30" s="57"/>
+      <c r="Z30" s="202"/>
+      <c r="AA30" s="203"/>
+      <c r="AB30" s="203"/>
+      <c r="AC30" s="204"/>
+      <c r="AD30" s="6"/>
+      <c r="AE30" s="57"/>
+      <c r="AF30" s="202"/>
+      <c r="AG30" s="203"/>
+      <c r="AH30" s="203"/>
+      <c r="AI30" s="204"/>
+      <c r="AJ30" s="62"/>
+      <c r="AK30" s="6"/>
+      <c r="AL30" s="227">
         <f>Z30*AF30</f>
         <v>0</v>
       </c>
-      <c r="AM30" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ30" s="6"/>
+      <c r="AM30" s="228"/>
+      <c r="AN30" s="228"/>
+      <c r="AO30" s="229"/>
+      <c r="AP30" s="58"/>
+      <c r="AQ30" s="5"/>
     </row>
     <row r="31" spans="2:43" ht="18">
-      <c r="B31" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ31" s="6"/>
+      <c r="B31" s="5"/>
+      <c r="C31" s="99"/>
+      <c r="D31" s="101"/>
+      <c r="E31" s="101"/>
+      <c r="F31" s="101"/>
+      <c r="G31" s="96"/>
+      <c r="H31" s="96"/>
+      <c r="I31" s="96"/>
+      <c r="J31" s="96"/>
+      <c r="K31" s="96"/>
+      <c r="L31" s="96"/>
+      <c r="M31" s="96"/>
+      <c r="N31" s="96"/>
+      <c r="O31" s="96"/>
+      <c r="P31" s="96"/>
+      <c r="Q31" s="96"/>
+      <c r="R31" s="96"/>
+      <c r="S31" s="96"/>
+      <c r="T31" s="101"/>
+      <c r="U31" s="101"/>
+      <c r="V31" s="97"/>
+      <c r="W31" s="97"/>
+      <c r="X31" s="98"/>
+      <c r="Y31" s="5"/>
+      <c r="Z31" s="110"/>
+      <c r="AA31" s="110"/>
+      <c r="AB31" s="110"/>
+      <c r="AC31" s="110"/>
+      <c r="AD31" s="93"/>
+      <c r="AE31" s="95"/>
+      <c r="AF31" s="110"/>
+      <c r="AG31" s="110"/>
+      <c r="AH31" s="110"/>
+      <c r="AI31" s="110"/>
+      <c r="AJ31" s="94"/>
+      <c r="AK31" s="93"/>
+      <c r="AL31" s="93"/>
+      <c r="AM31" s="93"/>
+      <c r="AN31" s="93"/>
+      <c r="AO31" s="93"/>
+      <c r="AP31" s="59"/>
+      <c r="AQ31" s="5"/>
     </row>
     <row r="32" spans="2:43" ht="15.75">
-      <c r="B32" s="6"/>
-      <c r="C32" s="140" t="s">
+      <c r="B32" s="5"/>
+      <c r="C32" s="124" t="s">
         <v>257</v>
       </c>
-      <c r="D32" s="240"/>
-[...33 lines deleted...]
-      <c r="AL32" s="230">
+      <c r="D32" s="253"/>
+      <c r="E32" s="253"/>
+      <c r="F32" s="253"/>
+      <c r="G32" s="253"/>
+      <c r="H32" s="253"/>
+      <c r="I32" s="253"/>
+      <c r="J32" s="253"/>
+      <c r="K32" s="253"/>
+      <c r="L32" s="253"/>
+      <c r="M32" s="253"/>
+      <c r="N32" s="253"/>
+      <c r="O32" s="253"/>
+      <c r="P32" s="253"/>
+      <c r="Q32" s="253"/>
+      <c r="R32" s="253"/>
+      <c r="S32" s="253"/>
+      <c r="T32" s="253"/>
+      <c r="U32" s="253"/>
+      <c r="V32" s="253"/>
+      <c r="W32" s="253"/>
+      <c r="X32" s="254"/>
+      <c r="Y32" s="5"/>
+      <c r="Z32" s="202"/>
+      <c r="AA32" s="203"/>
+      <c r="AB32" s="203"/>
+      <c r="AC32" s="204"/>
+      <c r="AD32" s="6"/>
+      <c r="AE32" s="57"/>
+      <c r="AF32" s="202"/>
+      <c r="AG32" s="203"/>
+      <c r="AH32" s="203"/>
+      <c r="AI32" s="204"/>
+      <c r="AJ32" s="62"/>
+      <c r="AK32" s="6"/>
+      <c r="AL32" s="227">
         <f>Z32*AF32</f>
         <v>0</v>
       </c>
-      <c r="AM32" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ32" s="6"/>
+      <c r="AM32" s="228"/>
+      <c r="AN32" s="228"/>
+      <c r="AO32" s="229"/>
+      <c r="AP32" s="58"/>
+      <c r="AQ32" s="5"/>
     </row>
     <row r="33" spans="2:43" ht="18">
-      <c r="B33" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ33" s="6"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="99"/>
+      <c r="D33" s="101"/>
+      <c r="E33" s="101"/>
+      <c r="F33" s="101"/>
+      <c r="G33" s="96"/>
+      <c r="H33" s="96"/>
+      <c r="I33" s="96"/>
+      <c r="J33" s="96"/>
+      <c r="K33" s="96"/>
+      <c r="L33" s="96"/>
+      <c r="M33" s="96"/>
+      <c r="N33" s="96"/>
+      <c r="O33" s="96"/>
+      <c r="P33" s="96"/>
+      <c r="Q33" s="96"/>
+      <c r="R33" s="96"/>
+      <c r="S33" s="96"/>
+      <c r="T33" s="101"/>
+      <c r="U33" s="101"/>
+      <c r="V33" s="97"/>
+      <c r="W33" s="97"/>
+      <c r="X33" s="98"/>
+      <c r="Y33" s="5"/>
+      <c r="Z33" s="110"/>
+      <c r="AA33" s="110"/>
+      <c r="AB33" s="110"/>
+      <c r="AC33" s="110"/>
+      <c r="AD33" s="93"/>
+      <c r="AE33" s="95"/>
+      <c r="AF33" s="110"/>
+      <c r="AG33" s="110"/>
+      <c r="AH33" s="110"/>
+      <c r="AI33" s="110"/>
+      <c r="AJ33" s="94"/>
+      <c r="AK33" s="93"/>
+      <c r="AL33" s="93"/>
+      <c r="AM33" s="93"/>
+      <c r="AN33" s="93"/>
+      <c r="AO33" s="93"/>
+      <c r="AP33" s="59"/>
+      <c r="AQ33" s="5"/>
     </row>
     <row r="34" spans="2:43" ht="15.75">
-      <c r="B34" s="6"/>
-      <c r="C34" s="140" t="s">
+      <c r="B34" s="5"/>
+      <c r="C34" s="124" t="s">
         <v>258</v>
       </c>
-      <c r="D34" s="240"/>
-[...33 lines deleted...]
-      <c r="AL34" s="230">
+      <c r="D34" s="253"/>
+      <c r="E34" s="253"/>
+      <c r="F34" s="253"/>
+      <c r="G34" s="253"/>
+      <c r="H34" s="253"/>
+      <c r="I34" s="253"/>
+      <c r="J34" s="253"/>
+      <c r="K34" s="253"/>
+      <c r="L34" s="253"/>
+      <c r="M34" s="253"/>
+      <c r="N34" s="253"/>
+      <c r="O34" s="253"/>
+      <c r="P34" s="253"/>
+      <c r="Q34" s="253"/>
+      <c r="R34" s="253"/>
+      <c r="S34" s="253"/>
+      <c r="T34" s="253"/>
+      <c r="U34" s="253"/>
+      <c r="V34" s="253"/>
+      <c r="W34" s="253"/>
+      <c r="X34" s="254"/>
+      <c r="Y34" s="5"/>
+      <c r="Z34" s="202"/>
+      <c r="AA34" s="203"/>
+      <c r="AB34" s="203"/>
+      <c r="AC34" s="204"/>
+      <c r="AD34" s="6"/>
+      <c r="AE34" s="57"/>
+      <c r="AF34" s="202"/>
+      <c r="AG34" s="203"/>
+      <c r="AH34" s="203"/>
+      <c r="AI34" s="204"/>
+      <c r="AJ34" s="62"/>
+      <c r="AK34" s="6"/>
+      <c r="AL34" s="227">
         <f>Z34*AF34</f>
         <v>0</v>
       </c>
-      <c r="AM34" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ34" s="6"/>
+      <c r="AM34" s="228"/>
+      <c r="AN34" s="228"/>
+      <c r="AO34" s="229"/>
+      <c r="AP34" s="58"/>
+      <c r="AQ34" s="5"/>
     </row>
     <row r="35" spans="2:43" ht="18">
-      <c r="B35" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ35" s="6"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="99"/>
+      <c r="D35" s="101"/>
+      <c r="E35" s="101"/>
+      <c r="F35" s="101"/>
+      <c r="G35" s="96"/>
+      <c r="H35" s="96"/>
+      <c r="I35" s="96"/>
+      <c r="J35" s="96"/>
+      <c r="K35" s="96"/>
+      <c r="L35" s="96"/>
+      <c r="M35" s="96"/>
+      <c r="N35" s="96"/>
+      <c r="O35" s="96"/>
+      <c r="P35" s="96"/>
+      <c r="Q35" s="96"/>
+      <c r="R35" s="96"/>
+      <c r="S35" s="96"/>
+      <c r="T35" s="101"/>
+      <c r="U35" s="101"/>
+      <c r="V35" s="97"/>
+      <c r="W35" s="97"/>
+      <c r="X35" s="98"/>
+      <c r="Y35" s="5"/>
+      <c r="Z35" s="110"/>
+      <c r="AA35" s="110"/>
+      <c r="AB35" s="110"/>
+      <c r="AC35" s="110"/>
+      <c r="AD35" s="93"/>
+      <c r="AE35" s="95"/>
+      <c r="AF35" s="110"/>
+      <c r="AG35" s="110"/>
+      <c r="AH35" s="110"/>
+      <c r="AI35" s="110"/>
+      <c r="AJ35" s="94"/>
+      <c r="AK35" s="93"/>
+      <c r="AL35" s="93"/>
+      <c r="AM35" s="93"/>
+      <c r="AN35" s="93"/>
+      <c r="AO35" s="93"/>
+      <c r="AP35" s="59"/>
+      <c r="AQ35" s="5"/>
     </row>
     <row r="36" spans="2:43" ht="15.75">
-      <c r="B36" s="6"/>
-      <c r="C36" s="140" t="s">
+      <c r="B36" s="5"/>
+      <c r="C36" s="124" t="s">
         <v>259</v>
       </c>
-      <c r="D36" s="240"/>
-[...33 lines deleted...]
-      <c r="AL36" s="230">
+      <c r="D36" s="253"/>
+      <c r="E36" s="253"/>
+      <c r="F36" s="253"/>
+      <c r="G36" s="253"/>
+      <c r="H36" s="253"/>
+      <c r="I36" s="253"/>
+      <c r="J36" s="253"/>
+      <c r="K36" s="253"/>
+      <c r="L36" s="253"/>
+      <c r="M36" s="253"/>
+      <c r="N36" s="253"/>
+      <c r="O36" s="253"/>
+      <c r="P36" s="253"/>
+      <c r="Q36" s="253"/>
+      <c r="R36" s="253"/>
+      <c r="S36" s="253"/>
+      <c r="T36" s="253"/>
+      <c r="U36" s="253"/>
+      <c r="V36" s="253"/>
+      <c r="W36" s="253"/>
+      <c r="X36" s="254"/>
+      <c r="Y36" s="5"/>
+      <c r="Z36" s="202"/>
+      <c r="AA36" s="203"/>
+      <c r="AB36" s="203"/>
+      <c r="AC36" s="204"/>
+      <c r="AD36" s="6"/>
+      <c r="AE36" s="57"/>
+      <c r="AF36" s="202"/>
+      <c r="AG36" s="203"/>
+      <c r="AH36" s="203"/>
+      <c r="AI36" s="204"/>
+      <c r="AJ36" s="62"/>
+      <c r="AK36" s="6"/>
+      <c r="AL36" s="227">
         <f>Z36*AF36</f>
         <v>0</v>
       </c>
-      <c r="AM36" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ36" s="6"/>
+      <c r="AM36" s="228"/>
+      <c r="AN36" s="228"/>
+      <c r="AO36" s="229"/>
+      <c r="AP36" s="58"/>
+      <c r="AQ36" s="5"/>
     </row>
     <row r="37" spans="2:43" ht="18">
-      <c r="B37" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ37" s="6"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="101"/>
+      <c r="E37" s="101"/>
+      <c r="F37" s="101"/>
+      <c r="G37" s="96"/>
+      <c r="H37" s="96"/>
+      <c r="I37" s="96"/>
+      <c r="J37" s="96"/>
+      <c r="K37" s="96"/>
+      <c r="L37" s="96"/>
+      <c r="M37" s="96"/>
+      <c r="N37" s="96"/>
+      <c r="O37" s="96"/>
+      <c r="P37" s="96"/>
+      <c r="Q37" s="96"/>
+      <c r="R37" s="96"/>
+      <c r="S37" s="96"/>
+      <c r="T37" s="101"/>
+      <c r="U37" s="101"/>
+      <c r="V37" s="97"/>
+      <c r="W37" s="97"/>
+      <c r="X37" s="98"/>
+      <c r="Y37" s="5"/>
+      <c r="Z37" s="110"/>
+      <c r="AA37" s="110"/>
+      <c r="AB37" s="110"/>
+      <c r="AC37" s="110"/>
+      <c r="AD37" s="93"/>
+      <c r="AE37" s="95"/>
+      <c r="AF37" s="110"/>
+      <c r="AG37" s="110"/>
+      <c r="AH37" s="110"/>
+      <c r="AI37" s="110"/>
+      <c r="AJ37" s="94"/>
+      <c r="AK37" s="93"/>
+      <c r="AL37" s="93"/>
+      <c r="AM37" s="93"/>
+      <c r="AN37" s="93"/>
+      <c r="AO37" s="93"/>
+      <c r="AP37" s="59"/>
+      <c r="AQ37" s="5"/>
     </row>
     <row r="38" spans="2:43" ht="15.75">
-      <c r="B38" s="6"/>
-      <c r="C38" s="140" t="s">
+      <c r="B38" s="5"/>
+      <c r="C38" s="124" t="s">
         <v>260</v>
       </c>
-      <c r="D38" s="240"/>
-[...33 lines deleted...]
-      <c r="AL38" s="230">
+      <c r="D38" s="253"/>
+      <c r="E38" s="253"/>
+      <c r="F38" s="253"/>
+      <c r="G38" s="253"/>
+      <c r="H38" s="253"/>
+      <c r="I38" s="253"/>
+      <c r="J38" s="253"/>
+      <c r="K38" s="253"/>
+      <c r="L38" s="253"/>
+      <c r="M38" s="253"/>
+      <c r="N38" s="253"/>
+      <c r="O38" s="253"/>
+      <c r="P38" s="253"/>
+      <c r="Q38" s="253"/>
+      <c r="R38" s="253"/>
+      <c r="S38" s="253"/>
+      <c r="T38" s="253"/>
+      <c r="U38" s="253"/>
+      <c r="V38" s="253"/>
+      <c r="W38" s="253"/>
+      <c r="X38" s="254"/>
+      <c r="Y38" s="5"/>
+      <c r="Z38" s="202"/>
+      <c r="AA38" s="203"/>
+      <c r="AB38" s="203"/>
+      <c r="AC38" s="204"/>
+      <c r="AD38" s="6"/>
+      <c r="AE38" s="57"/>
+      <c r="AF38" s="202"/>
+      <c r="AG38" s="203"/>
+      <c r="AH38" s="203"/>
+      <c r="AI38" s="204"/>
+      <c r="AJ38" s="62"/>
+      <c r="AK38" s="6"/>
+      <c r="AL38" s="227">
         <f>Z38*AF38</f>
         <v>0</v>
       </c>
-      <c r="AM38" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ38" s="6"/>
+      <c r="AM38" s="228"/>
+      <c r="AN38" s="228"/>
+      <c r="AO38" s="229"/>
+      <c r="AP38" s="58"/>
+      <c r="AQ38" s="5"/>
     </row>
     <row r="39" spans="2:43" ht="18">
-      <c r="B39" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ39" s="6"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="99"/>
+      <c r="D39" s="101"/>
+      <c r="E39" s="101"/>
+      <c r="F39" s="101"/>
+      <c r="G39" s="96"/>
+      <c r="H39" s="96"/>
+      <c r="I39" s="96"/>
+      <c r="J39" s="96"/>
+      <c r="K39" s="96"/>
+      <c r="L39" s="96"/>
+      <c r="M39" s="96"/>
+      <c r="N39" s="96"/>
+      <c r="O39" s="96"/>
+      <c r="P39" s="96"/>
+      <c r="Q39" s="96"/>
+      <c r="R39" s="96"/>
+      <c r="S39" s="96"/>
+      <c r="T39" s="101"/>
+      <c r="U39" s="101"/>
+      <c r="V39" s="97"/>
+      <c r="W39" s="97"/>
+      <c r="X39" s="98"/>
+      <c r="Y39" s="5"/>
+      <c r="Z39" s="110"/>
+      <c r="AA39" s="110"/>
+      <c r="AB39" s="110"/>
+      <c r="AC39" s="110"/>
+      <c r="AD39" s="93"/>
+      <c r="AE39" s="95"/>
+      <c r="AF39" s="110"/>
+      <c r="AG39" s="110"/>
+      <c r="AH39" s="110"/>
+      <c r="AI39" s="110"/>
+      <c r="AJ39" s="94"/>
+      <c r="AK39" s="93"/>
+      <c r="AL39" s="93"/>
+      <c r="AM39" s="93"/>
+      <c r="AN39" s="93"/>
+      <c r="AO39" s="93"/>
+      <c r="AP39" s="59"/>
+      <c r="AQ39" s="5"/>
     </row>
     <row r="40" spans="2:43" ht="15.75">
-      <c r="B40" s="6"/>
-      <c r="C40" s="140" t="s">
+      <c r="B40" s="5"/>
+      <c r="C40" s="124" t="s">
         <v>261</v>
       </c>
-      <c r="D40" s="240"/>
-[...33 lines deleted...]
-      <c r="AL40" s="230">
+      <c r="D40" s="253"/>
+      <c r="E40" s="253"/>
+      <c r="F40" s="253"/>
+      <c r="G40" s="253"/>
+      <c r="H40" s="253"/>
+      <c r="I40" s="253"/>
+      <c r="J40" s="253"/>
+      <c r="K40" s="253"/>
+      <c r="L40" s="253"/>
+      <c r="M40" s="253"/>
+      <c r="N40" s="253"/>
+      <c r="O40" s="253"/>
+      <c r="P40" s="253"/>
+      <c r="Q40" s="253"/>
+      <c r="R40" s="253"/>
+      <c r="S40" s="253"/>
+      <c r="T40" s="253"/>
+      <c r="U40" s="253"/>
+      <c r="V40" s="253"/>
+      <c r="W40" s="253"/>
+      <c r="X40" s="254"/>
+      <c r="Y40" s="5"/>
+      <c r="Z40" s="202"/>
+      <c r="AA40" s="203"/>
+      <c r="AB40" s="203"/>
+      <c r="AC40" s="204"/>
+      <c r="AD40" s="6"/>
+      <c r="AE40" s="57"/>
+      <c r="AF40" s="202"/>
+      <c r="AG40" s="203"/>
+      <c r="AH40" s="203"/>
+      <c r="AI40" s="204"/>
+      <c r="AJ40" s="62"/>
+      <c r="AK40" s="6"/>
+      <c r="AL40" s="227">
         <f>Z40*AF40</f>
         <v>0</v>
       </c>
-      <c r="AM40" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ40" s="6"/>
+      <c r="AM40" s="228"/>
+      <c r="AN40" s="228"/>
+      <c r="AO40" s="229"/>
+      <c r="AP40" s="58"/>
+      <c r="AQ40" s="5"/>
     </row>
     <row r="41" spans="2:43" ht="18">
-      <c r="B41" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ41" s="6"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="99"/>
+      <c r="D41" s="101"/>
+      <c r="E41" s="101"/>
+      <c r="F41" s="101"/>
+      <c r="G41" s="96"/>
+      <c r="H41" s="96"/>
+      <c r="I41" s="96"/>
+      <c r="J41" s="96"/>
+      <c r="K41" s="96"/>
+      <c r="L41" s="96"/>
+      <c r="M41" s="96"/>
+      <c r="N41" s="96"/>
+      <c r="O41" s="96"/>
+      <c r="P41" s="96"/>
+      <c r="Q41" s="96"/>
+      <c r="R41" s="96"/>
+      <c r="S41" s="96"/>
+      <c r="T41" s="101"/>
+      <c r="U41" s="101"/>
+      <c r="V41" s="97"/>
+      <c r="W41" s="97"/>
+      <c r="X41" s="98"/>
+      <c r="Y41" s="5"/>
+      <c r="Z41" s="110"/>
+      <c r="AA41" s="110"/>
+      <c r="AB41" s="110"/>
+      <c r="AC41" s="110"/>
+      <c r="AD41" s="93"/>
+      <c r="AE41" s="95"/>
+      <c r="AF41" s="110"/>
+      <c r="AG41" s="110"/>
+      <c r="AH41" s="110"/>
+      <c r="AI41" s="110"/>
+      <c r="AJ41" s="94"/>
+      <c r="AK41" s="93"/>
+      <c r="AL41" s="93"/>
+      <c r="AM41" s="93"/>
+      <c r="AN41" s="93"/>
+      <c r="AO41" s="93"/>
+      <c r="AP41" s="59"/>
+      <c r="AQ41" s="5"/>
     </row>
     <row r="42" spans="2:43" ht="15.75">
-      <c r="B42" s="6"/>
-      <c r="C42" s="140" t="s">
+      <c r="B42" s="5"/>
+      <c r="C42" s="124" t="s">
         <v>262</v>
       </c>
-      <c r="D42" s="240"/>
-[...33 lines deleted...]
-      <c r="AL42" s="230">
+      <c r="D42" s="253"/>
+      <c r="E42" s="253"/>
+      <c r="F42" s="253"/>
+      <c r="G42" s="253"/>
+      <c r="H42" s="253"/>
+      <c r="I42" s="253"/>
+      <c r="J42" s="253"/>
+      <c r="K42" s="253"/>
+      <c r="L42" s="253"/>
+      <c r="M42" s="253"/>
+      <c r="N42" s="253"/>
+      <c r="O42" s="253"/>
+      <c r="P42" s="253"/>
+      <c r="Q42" s="253"/>
+      <c r="R42" s="253"/>
+      <c r="S42" s="253"/>
+      <c r="T42" s="253"/>
+      <c r="U42" s="253"/>
+      <c r="V42" s="253"/>
+      <c r="W42" s="253"/>
+      <c r="X42" s="254"/>
+      <c r="Y42" s="5"/>
+      <c r="Z42" s="202"/>
+      <c r="AA42" s="203"/>
+      <c r="AB42" s="203"/>
+      <c r="AC42" s="204"/>
+      <c r="AD42" s="6"/>
+      <c r="AE42" s="57"/>
+      <c r="AF42" s="202"/>
+      <c r="AG42" s="203"/>
+      <c r="AH42" s="203"/>
+      <c r="AI42" s="204"/>
+      <c r="AJ42" s="62"/>
+      <c r="AK42" s="6"/>
+      <c r="AL42" s="227">
         <f>Z42*AF42</f>
         <v>0</v>
       </c>
-      <c r="AM42" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ42" s="6"/>
+      <c r="AM42" s="228"/>
+      <c r="AN42" s="228"/>
+      <c r="AO42" s="229"/>
+      <c r="AP42" s="58"/>
+      <c r="AQ42" s="5"/>
     </row>
     <row r="43" spans="2:43" ht="18">
-      <c r="B43" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ43" s="6"/>
+      <c r="B43" s="5"/>
+      <c r="C43" s="99"/>
+      <c r="D43" s="101"/>
+      <c r="E43" s="101"/>
+      <c r="F43" s="101"/>
+      <c r="G43" s="96"/>
+      <c r="H43" s="96"/>
+      <c r="I43" s="96"/>
+      <c r="J43" s="96"/>
+      <c r="K43" s="96"/>
+      <c r="L43" s="96"/>
+      <c r="M43" s="96"/>
+      <c r="N43" s="96"/>
+      <c r="O43" s="96"/>
+      <c r="P43" s="96"/>
+      <c r="Q43" s="96"/>
+      <c r="R43" s="96"/>
+      <c r="S43" s="96"/>
+      <c r="T43" s="101"/>
+      <c r="U43" s="101"/>
+      <c r="V43" s="97"/>
+      <c r="W43" s="97"/>
+      <c r="X43" s="98"/>
+      <c r="Y43" s="5"/>
+      <c r="Z43" s="110"/>
+      <c r="AA43" s="110"/>
+      <c r="AB43" s="110"/>
+      <c r="AC43" s="110"/>
+      <c r="AD43" s="93"/>
+      <c r="AE43" s="95"/>
+      <c r="AF43" s="110"/>
+      <c r="AG43" s="110"/>
+      <c r="AH43" s="110"/>
+      <c r="AI43" s="110"/>
+      <c r="AJ43" s="94"/>
+      <c r="AK43" s="93"/>
+      <c r="AL43" s="93"/>
+      <c r="AM43" s="93"/>
+      <c r="AN43" s="93"/>
+      <c r="AO43" s="93"/>
+      <c r="AP43" s="59"/>
+      <c r="AQ43" s="5"/>
     </row>
     <row r="44" spans="2:43" ht="15.75">
-      <c r="B44" s="6"/>
-      <c r="C44" s="140" t="s">
+      <c r="B44" s="5"/>
+      <c r="C44" s="124" t="s">
         <v>263</v>
       </c>
-      <c r="D44" s="240"/>
-[...33 lines deleted...]
-      <c r="AL44" s="230">
+      <c r="D44" s="253"/>
+      <c r="E44" s="253"/>
+      <c r="F44" s="253"/>
+      <c r="G44" s="253"/>
+      <c r="H44" s="253"/>
+      <c r="I44" s="253"/>
+      <c r="J44" s="253"/>
+      <c r="K44" s="253"/>
+      <c r="L44" s="253"/>
+      <c r="M44" s="253"/>
+      <c r="N44" s="253"/>
+      <c r="O44" s="253"/>
+      <c r="P44" s="253"/>
+      <c r="Q44" s="253"/>
+      <c r="R44" s="253"/>
+      <c r="S44" s="253"/>
+      <c r="T44" s="253"/>
+      <c r="U44" s="253"/>
+      <c r="V44" s="253"/>
+      <c r="W44" s="253"/>
+      <c r="X44" s="254"/>
+      <c r="Y44" s="5"/>
+      <c r="Z44" s="202"/>
+      <c r="AA44" s="203"/>
+      <c r="AB44" s="203"/>
+      <c r="AC44" s="204"/>
+      <c r="AD44" s="6"/>
+      <c r="AE44" s="57"/>
+      <c r="AF44" s="202"/>
+      <c r="AG44" s="203"/>
+      <c r="AH44" s="203"/>
+      <c r="AI44" s="204"/>
+      <c r="AJ44" s="62"/>
+      <c r="AK44" s="6"/>
+      <c r="AL44" s="227">
         <f>Z44*AF44</f>
         <v>0</v>
       </c>
-      <c r="AM44" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ44" s="6"/>
+      <c r="AM44" s="228"/>
+      <c r="AN44" s="228"/>
+      <c r="AO44" s="229"/>
+      <c r="AP44" s="58"/>
+      <c r="AQ44" s="5"/>
     </row>
     <row r="45" spans="2:43" ht="18">
-      <c r="B45" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ45" s="6"/>
+      <c r="B45" s="5"/>
+      <c r="C45" s="99"/>
+      <c r="D45" s="101"/>
+      <c r="E45" s="101"/>
+      <c r="F45" s="101"/>
+      <c r="G45" s="96"/>
+      <c r="H45" s="96"/>
+      <c r="I45" s="96"/>
+      <c r="J45" s="96"/>
+      <c r="K45" s="96"/>
+      <c r="L45" s="96"/>
+      <c r="M45" s="96"/>
+      <c r="N45" s="96"/>
+      <c r="O45" s="96"/>
+      <c r="P45" s="96"/>
+      <c r="Q45" s="96"/>
+      <c r="R45" s="96"/>
+      <c r="S45" s="96"/>
+      <c r="T45" s="101"/>
+      <c r="U45" s="101"/>
+      <c r="V45" s="97"/>
+      <c r="W45" s="97"/>
+      <c r="X45" s="98"/>
+      <c r="Y45" s="5"/>
+      <c r="Z45" s="110"/>
+      <c r="AA45" s="110"/>
+      <c r="AB45" s="110"/>
+      <c r="AC45" s="110"/>
+      <c r="AD45" s="93"/>
+      <c r="AE45" s="95"/>
+      <c r="AF45" s="110"/>
+      <c r="AG45" s="110"/>
+      <c r="AH45" s="110"/>
+      <c r="AI45" s="110"/>
+      <c r="AJ45" s="94"/>
+      <c r="AK45" s="93"/>
+      <c r="AL45" s="93"/>
+      <c r="AM45" s="93"/>
+      <c r="AN45" s="93"/>
+      <c r="AO45" s="93"/>
+      <c r="AP45" s="59"/>
+      <c r="AQ45" s="5"/>
     </row>
     <row r="46" spans="2:43" ht="15.75">
-      <c r="B46" s="6"/>
-      <c r="C46" s="140" t="s">
+      <c r="B46" s="5"/>
+      <c r="C46" s="124" t="s">
         <v>264</v>
       </c>
-      <c r="D46" s="240"/>
-[...33 lines deleted...]
-      <c r="AL46" s="230">
+      <c r="D46" s="253"/>
+      <c r="E46" s="253"/>
+      <c r="F46" s="253"/>
+      <c r="G46" s="253"/>
+      <c r="H46" s="253"/>
+      <c r="I46" s="253"/>
+      <c r="J46" s="253"/>
+      <c r="K46" s="253"/>
+      <c r="L46" s="253"/>
+      <c r="M46" s="253"/>
+      <c r="N46" s="253"/>
+      <c r="O46" s="253"/>
+      <c r="P46" s="253"/>
+      <c r="Q46" s="253"/>
+      <c r="R46" s="253"/>
+      <c r="S46" s="253"/>
+      <c r="T46" s="253"/>
+      <c r="U46" s="253"/>
+      <c r="V46" s="253"/>
+      <c r="W46" s="253"/>
+      <c r="X46" s="254"/>
+      <c r="Y46" s="5"/>
+      <c r="Z46" s="202"/>
+      <c r="AA46" s="203"/>
+      <c r="AB46" s="203"/>
+      <c r="AC46" s="204"/>
+      <c r="AD46" s="6"/>
+      <c r="AE46" s="57"/>
+      <c r="AF46" s="202"/>
+      <c r="AG46" s="203"/>
+      <c r="AH46" s="203"/>
+      <c r="AI46" s="204"/>
+      <c r="AJ46" s="62"/>
+      <c r="AK46" s="6"/>
+      <c r="AL46" s="227">
         <f>Z46*AF46</f>
         <v>0</v>
       </c>
-      <c r="AM46" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ46" s="6"/>
+      <c r="AM46" s="228"/>
+      <c r="AN46" s="228"/>
+      <c r="AO46" s="229"/>
+      <c r="AP46" s="58"/>
+      <c r="AQ46" s="5"/>
     </row>
     <row r="47" spans="2:43" ht="18">
-      <c r="B47" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ47" s="6"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="99"/>
+      <c r="D47" s="101"/>
+      <c r="E47" s="101"/>
+      <c r="F47" s="101"/>
+      <c r="G47" s="96"/>
+      <c r="H47" s="96"/>
+      <c r="I47" s="96"/>
+      <c r="J47" s="96"/>
+      <c r="K47" s="96"/>
+      <c r="L47" s="96"/>
+      <c r="M47" s="96"/>
+      <c r="N47" s="96"/>
+      <c r="O47" s="96"/>
+      <c r="P47" s="96"/>
+      <c r="Q47" s="96"/>
+      <c r="R47" s="96"/>
+      <c r="S47" s="96"/>
+      <c r="T47" s="101"/>
+      <c r="U47" s="101"/>
+      <c r="V47" s="97"/>
+      <c r="W47" s="97"/>
+      <c r="X47" s="98"/>
+      <c r="Y47" s="5"/>
+      <c r="Z47" s="110"/>
+      <c r="AA47" s="110"/>
+      <c r="AB47" s="110"/>
+      <c r="AC47" s="110"/>
+      <c r="AD47" s="93"/>
+      <c r="AE47" s="95"/>
+      <c r="AF47" s="110"/>
+      <c r="AG47" s="110"/>
+      <c r="AH47" s="110"/>
+      <c r="AI47" s="110"/>
+      <c r="AJ47" s="94"/>
+      <c r="AK47" s="93"/>
+      <c r="AL47" s="93"/>
+      <c r="AM47" s="93"/>
+      <c r="AN47" s="93"/>
+      <c r="AO47" s="93"/>
+      <c r="AP47" s="59"/>
+      <c r="AQ47" s="5"/>
     </row>
     <row r="48" spans="2:43" ht="15.75">
-      <c r="B48" s="6"/>
-      <c r="C48" s="140" t="s">
+      <c r="B48" s="5"/>
+      <c r="C48" s="124" t="s">
         <v>265</v>
       </c>
-      <c r="D48" s="240"/>
-[...33 lines deleted...]
-      <c r="AL48" s="230">
+      <c r="D48" s="253"/>
+      <c r="E48" s="253"/>
+      <c r="F48" s="253"/>
+      <c r="G48" s="253"/>
+      <c r="H48" s="253"/>
+      <c r="I48" s="253"/>
+      <c r="J48" s="253"/>
+      <c r="K48" s="253"/>
+      <c r="L48" s="253"/>
+      <c r="M48" s="253"/>
+      <c r="N48" s="253"/>
+      <c r="O48" s="253"/>
+      <c r="P48" s="253"/>
+      <c r="Q48" s="253"/>
+      <c r="R48" s="253"/>
+      <c r="S48" s="253"/>
+      <c r="T48" s="253"/>
+      <c r="U48" s="253"/>
+      <c r="V48" s="253"/>
+      <c r="W48" s="253"/>
+      <c r="X48" s="254"/>
+      <c r="Y48" s="5"/>
+      <c r="Z48" s="202"/>
+      <c r="AA48" s="203"/>
+      <c r="AB48" s="203"/>
+      <c r="AC48" s="204"/>
+      <c r="AD48" s="6"/>
+      <c r="AE48" s="57"/>
+      <c r="AF48" s="202"/>
+      <c r="AG48" s="203"/>
+      <c r="AH48" s="203"/>
+      <c r="AI48" s="204"/>
+      <c r="AJ48" s="62"/>
+      <c r="AK48" s="6"/>
+      <c r="AL48" s="227">
         <f>Z48*AF48</f>
         <v>0</v>
       </c>
-      <c r="AM48" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ48" s="6"/>
+      <c r="AM48" s="228"/>
+      <c r="AN48" s="228"/>
+      <c r="AO48" s="229"/>
+      <c r="AP48" s="58"/>
+      <c r="AQ48" s="5"/>
     </row>
     <row r="49" spans="2:43" ht="18">
-      <c r="B49" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ49" s="6"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="99"/>
+      <c r="D49" s="101"/>
+      <c r="E49" s="101"/>
+      <c r="F49" s="101"/>
+      <c r="G49" s="96"/>
+      <c r="H49" s="96"/>
+      <c r="I49" s="96"/>
+      <c r="J49" s="96"/>
+      <c r="K49" s="96"/>
+      <c r="L49" s="96"/>
+      <c r="M49" s="96"/>
+      <c r="N49" s="96"/>
+      <c r="O49" s="96"/>
+      <c r="P49" s="96"/>
+      <c r="Q49" s="96"/>
+      <c r="R49" s="96"/>
+      <c r="S49" s="96"/>
+      <c r="T49" s="101"/>
+      <c r="U49" s="101"/>
+      <c r="V49" s="97"/>
+      <c r="W49" s="97"/>
+      <c r="X49" s="98"/>
+      <c r="Y49" s="5"/>
+      <c r="Z49" s="110"/>
+      <c r="AA49" s="110"/>
+      <c r="AB49" s="110"/>
+      <c r="AC49" s="110"/>
+      <c r="AD49" s="93"/>
+      <c r="AE49" s="95"/>
+      <c r="AF49" s="110"/>
+      <c r="AG49" s="110"/>
+      <c r="AH49" s="110"/>
+      <c r="AI49" s="110"/>
+      <c r="AJ49" s="94"/>
+      <c r="AK49" s="93"/>
+      <c r="AL49" s="93"/>
+      <c r="AM49" s="93"/>
+      <c r="AN49" s="93"/>
+      <c r="AO49" s="93"/>
+      <c r="AP49" s="59"/>
+      <c r="AQ49" s="5"/>
     </row>
     <row r="50" spans="2:43" ht="15.75">
-      <c r="B50" s="6"/>
-      <c r="C50" s="140" t="s">
+      <c r="B50" s="5"/>
+      <c r="C50" s="124" t="s">
         <v>266</v>
       </c>
-      <c r="D50" s="240"/>
-[...33 lines deleted...]
-      <c r="AL50" s="230">
+      <c r="D50" s="253"/>
+      <c r="E50" s="253"/>
+      <c r="F50" s="253"/>
+      <c r="G50" s="253"/>
+      <c r="H50" s="253"/>
+      <c r="I50" s="253"/>
+      <c r="J50" s="253"/>
+      <c r="K50" s="253"/>
+      <c r="L50" s="253"/>
+      <c r="M50" s="253"/>
+      <c r="N50" s="253"/>
+      <c r="O50" s="253"/>
+      <c r="P50" s="253"/>
+      <c r="Q50" s="253"/>
+      <c r="R50" s="253"/>
+      <c r="S50" s="253"/>
+      <c r="T50" s="253"/>
+      <c r="U50" s="253"/>
+      <c r="V50" s="253"/>
+      <c r="W50" s="253"/>
+      <c r="X50" s="254"/>
+      <c r="Y50" s="5"/>
+      <c r="Z50" s="202"/>
+      <c r="AA50" s="203"/>
+      <c r="AB50" s="203"/>
+      <c r="AC50" s="204"/>
+      <c r="AD50" s="6"/>
+      <c r="AE50" s="57"/>
+      <c r="AF50" s="202"/>
+      <c r="AG50" s="203"/>
+      <c r="AH50" s="203"/>
+      <c r="AI50" s="204"/>
+      <c r="AJ50" s="62"/>
+      <c r="AK50" s="6"/>
+      <c r="AL50" s="227">
         <f>Z50*AF50</f>
         <v>0</v>
       </c>
-      <c r="AM50" s="231"/>
-[...3 lines deleted...]
-      <c r="AQ50" s="6"/>
+      <c r="AM50" s="228"/>
+      <c r="AN50" s="228"/>
+      <c r="AO50" s="229"/>
+      <c r="AP50" s="58"/>
+      <c r="AQ50" s="5"/>
     </row>
     <row r="51" spans="2:43" ht="11.25" customHeight="1">
-      <c r="B51" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ51" s="6"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="102"/>
+      <c r="D51" s="103"/>
+      <c r="E51" s="103"/>
+      <c r="F51" s="103"/>
+      <c r="G51" s="104"/>
+      <c r="H51" s="104"/>
+      <c r="I51" s="104"/>
+      <c r="J51" s="104"/>
+      <c r="K51" s="104"/>
+      <c r="L51" s="104"/>
+      <c r="M51" s="104"/>
+      <c r="N51" s="104"/>
+      <c r="O51" s="104"/>
+      <c r="P51" s="104"/>
+      <c r="Q51" s="104"/>
+      <c r="R51" s="104"/>
+      <c r="S51" s="104"/>
+      <c r="T51" s="103"/>
+      <c r="U51" s="103"/>
+      <c r="V51" s="105"/>
+      <c r="W51" s="105"/>
+      <c r="X51" s="105"/>
+      <c r="Y51" s="105"/>
+      <c r="Z51" s="105"/>
+      <c r="AA51" s="105"/>
+      <c r="AB51" s="105"/>
+      <c r="AC51" s="105"/>
+      <c r="AD51" s="105"/>
+      <c r="AE51" s="105"/>
+      <c r="AF51" s="105"/>
+      <c r="AG51" s="105"/>
+      <c r="AH51" s="105"/>
+      <c r="AI51" s="105"/>
+      <c r="AJ51" s="105"/>
+      <c r="AK51" s="105"/>
+      <c r="AL51" s="105"/>
+      <c r="AM51" s="105"/>
+      <c r="AN51" s="105"/>
+      <c r="AO51" s="105"/>
+      <c r="AP51" s="106"/>
+      <c r="AQ51" s="5"/>
     </row>
     <row r="52" spans="2:43" ht="18">
-      <c r="B52" s="6"/>
-      <c r="C52" s="238" t="s">
+      <c r="B52" s="5"/>
+      <c r="C52" s="230" t="s">
         <v>268</v>
       </c>
-      <c r="D52" s="239"/>
-[...38 lines deleted...]
-      <c r="AQ52" s="6"/>
+      <c r="D52" s="231"/>
+      <c r="E52" s="231"/>
+      <c r="F52" s="231"/>
+      <c r="G52" s="61"/>
+      <c r="H52" s="61"/>
+      <c r="I52" s="61"/>
+      <c r="J52" s="61"/>
+      <c r="K52" s="61"/>
+      <c r="L52" s="61"/>
+      <c r="M52" s="61"/>
+      <c r="N52" s="61"/>
+      <c r="O52" s="61"/>
+      <c r="P52" s="61"/>
+      <c r="Q52" s="6"/>
+      <c r="R52" s="6"/>
+      <c r="S52" s="6"/>
+      <c r="T52" s="6"/>
+      <c r="U52" s="6"/>
+      <c r="V52" s="6"/>
+      <c r="W52" s="6"/>
+      <c r="X52" s="6"/>
+      <c r="Y52" s="6"/>
+      <c r="Z52" s="6"/>
+      <c r="AA52" s="6"/>
+      <c r="AB52" s="6"/>
+      <c r="AC52" s="6"/>
+      <c r="AD52" s="6"/>
+      <c r="AE52" s="6"/>
+      <c r="AF52" s="6"/>
+      <c r="AG52" s="6"/>
+      <c r="AH52" s="6"/>
+      <c r="AI52" s="6"/>
+      <c r="AJ52" s="6"/>
+      <c r="AK52" s="6"/>
+      <c r="AL52" s="6"/>
+      <c r="AM52" s="6"/>
+      <c r="AN52" s="6"/>
+      <c r="AO52" s="6"/>
+      <c r="AP52" s="58"/>
+      <c r="AQ52" s="5"/>
     </row>
     <row r="53" spans="2:43" ht="20.25">
-      <c r="B53" s="6"/>
-      <c r="C53" s="121" t="s">
+      <c r="B53" s="5"/>
+      <c r="C53" s="107" t="s">
         <v>270</v>
       </c>
-      <c r="D53" s="237" t="s">
+      <c r="D53" s="236" t="s">
         <v>267</v>
       </c>
-      <c r="E53" s="237"/>
-[...37 lines deleted...]
-      <c r="AQ53" s="6"/>
+      <c r="E53" s="236"/>
+      <c r="F53" s="236"/>
+      <c r="G53" s="236"/>
+      <c r="H53" s="236"/>
+      <c r="I53" s="236"/>
+      <c r="J53" s="236"/>
+      <c r="K53" s="236"/>
+      <c r="L53" s="236"/>
+      <c r="M53" s="236"/>
+      <c r="N53" s="236"/>
+      <c r="O53" s="236"/>
+      <c r="P53" s="236"/>
+      <c r="Q53" s="236"/>
+      <c r="R53" s="236"/>
+      <c r="S53" s="236"/>
+      <c r="T53" s="236"/>
+      <c r="U53" s="236"/>
+      <c r="V53" s="236"/>
+      <c r="W53" s="236"/>
+      <c r="X53" s="236"/>
+      <c r="Y53" s="236"/>
+      <c r="Z53" s="236"/>
+      <c r="AA53" s="236"/>
+      <c r="AB53" s="236"/>
+      <c r="AC53" s="236"/>
+      <c r="AD53" s="236"/>
+      <c r="AE53" s="236"/>
+      <c r="AF53" s="236"/>
+      <c r="AG53" s="236"/>
+      <c r="AH53" s="236"/>
+      <c r="AI53" s="236"/>
+      <c r="AJ53" s="236"/>
+      <c r="AK53" s="236"/>
+      <c r="AL53" s="236"/>
+      <c r="AM53" s="236"/>
+      <c r="AN53" s="236"/>
+      <c r="AO53" s="236"/>
+      <c r="AP53" s="58"/>
+      <c r="AQ53" s="5"/>
     </row>
     <row r="54" spans="2:43" ht="15.75">
-      <c r="B54" s="6"/>
-      <c r="C54" s="140" t="s">
+      <c r="B54" s="5"/>
+      <c r="C54" s="124" t="s">
         <v>256</v>
       </c>
-      <c r="D54" s="236"/>
-[...38 lines deleted...]
-      <c r="AQ54" s="6"/>
+      <c r="D54" s="264"/>
+      <c r="E54" s="263"/>
+      <c r="F54" s="263"/>
+      <c r="G54" s="263"/>
+      <c r="H54" s="263"/>
+      <c r="I54" s="263"/>
+      <c r="J54" s="263"/>
+      <c r="K54" s="263"/>
+      <c r="L54" s="263"/>
+      <c r="M54" s="263"/>
+      <c r="N54" s="263"/>
+      <c r="O54" s="263"/>
+      <c r="P54" s="263"/>
+      <c r="Q54" s="263"/>
+      <c r="R54" s="263"/>
+      <c r="S54" s="263"/>
+      <c r="T54" s="263"/>
+      <c r="U54" s="263"/>
+      <c r="V54" s="263"/>
+      <c r="W54" s="263"/>
+      <c r="X54" s="263"/>
+      <c r="Y54" s="263"/>
+      <c r="Z54" s="263"/>
+      <c r="AA54" s="263"/>
+      <c r="AB54" s="263"/>
+      <c r="AC54" s="263"/>
+      <c r="AD54" s="263"/>
+      <c r="AE54" s="263"/>
+      <c r="AF54" s="263"/>
+      <c r="AG54" s="263"/>
+      <c r="AH54" s="263"/>
+      <c r="AI54" s="263"/>
+      <c r="AJ54" s="263"/>
+      <c r="AK54" s="263"/>
+      <c r="AL54" s="263"/>
+      <c r="AM54" s="263"/>
+      <c r="AN54" s="263"/>
+      <c r="AO54" s="263"/>
+      <c r="AP54" s="58"/>
+      <c r="AQ54" s="5"/>
     </row>
     <row r="55" spans="2:43" ht="15.75">
-      <c r="B55" s="6"/>
-      <c r="C55" s="140" t="s">
+      <c r="B55" s="5"/>
+      <c r="C55" s="124" t="s">
         <v>257</v>
       </c>
-      <c r="D55" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ55" s="6"/>
+      <c r="D55" s="262"/>
+      <c r="E55" s="263"/>
+      <c r="F55" s="263"/>
+      <c r="G55" s="263"/>
+      <c r="H55" s="263"/>
+      <c r="I55" s="263"/>
+      <c r="J55" s="263"/>
+      <c r="K55" s="263"/>
+      <c r="L55" s="263"/>
+      <c r="M55" s="263"/>
+      <c r="N55" s="263"/>
+      <c r="O55" s="263"/>
+      <c r="P55" s="263"/>
+      <c r="Q55" s="263"/>
+      <c r="R55" s="263"/>
+      <c r="S55" s="263"/>
+      <c r="T55" s="263"/>
+      <c r="U55" s="263"/>
+      <c r="V55" s="263"/>
+      <c r="W55" s="263"/>
+      <c r="X55" s="263"/>
+      <c r="Y55" s="263"/>
+      <c r="Z55" s="263"/>
+      <c r="AA55" s="263"/>
+      <c r="AB55" s="263"/>
+      <c r="AC55" s="263"/>
+      <c r="AD55" s="263"/>
+      <c r="AE55" s="263"/>
+      <c r="AF55" s="263"/>
+      <c r="AG55" s="263"/>
+      <c r="AH55" s="263"/>
+      <c r="AI55" s="263"/>
+      <c r="AJ55" s="263"/>
+      <c r="AK55" s="263"/>
+      <c r="AL55" s="263"/>
+      <c r="AM55" s="263"/>
+      <c r="AN55" s="263"/>
+      <c r="AO55" s="263"/>
+      <c r="AP55" s="58"/>
+      <c r="AQ55" s="5"/>
     </row>
     <row r="56" spans="2:43" ht="15.75">
-      <c r="B56" s="6"/>
-      <c r="C56" s="140" t="s">
+      <c r="B56" s="5"/>
+      <c r="C56" s="124" t="s">
         <v>258</v>
       </c>
-      <c r="D56" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ56" s="6"/>
+      <c r="D56" s="262"/>
+      <c r="E56" s="263"/>
+      <c r="F56" s="263"/>
+      <c r="G56" s="263"/>
+      <c r="H56" s="263"/>
+      <c r="I56" s="263"/>
+      <c r="J56" s="263"/>
+      <c r="K56" s="263"/>
+      <c r="L56" s="263"/>
+      <c r="M56" s="263"/>
+      <c r="N56" s="263"/>
+      <c r="O56" s="263"/>
+      <c r="P56" s="263"/>
+      <c r="Q56" s="263"/>
+      <c r="R56" s="263"/>
+      <c r="S56" s="263"/>
+      <c r="T56" s="263"/>
+      <c r="U56" s="263"/>
+      <c r="V56" s="263"/>
+      <c r="W56" s="263"/>
+      <c r="X56" s="263"/>
+      <c r="Y56" s="263"/>
+      <c r="Z56" s="263"/>
+      <c r="AA56" s="263"/>
+      <c r="AB56" s="263"/>
+      <c r="AC56" s="263"/>
+      <c r="AD56" s="263"/>
+      <c r="AE56" s="263"/>
+      <c r="AF56" s="263"/>
+      <c r="AG56" s="263"/>
+      <c r="AH56" s="263"/>
+      <c r="AI56" s="263"/>
+      <c r="AJ56" s="263"/>
+      <c r="AK56" s="263"/>
+      <c r="AL56" s="263"/>
+      <c r="AM56" s="263"/>
+      <c r="AN56" s="263"/>
+      <c r="AO56" s="263"/>
+      <c r="AP56" s="63"/>
+      <c r="AQ56" s="5"/>
     </row>
     <row r="57" spans="2:43" ht="15.75">
-      <c r="B57" s="6"/>
-      <c r="C57" s="140" t="s">
+      <c r="B57" s="5"/>
+      <c r="C57" s="124" t="s">
         <v>259</v>
       </c>
-      <c r="D57" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ57" s="6"/>
+      <c r="D57" s="262"/>
+      <c r="E57" s="263"/>
+      <c r="F57" s="263"/>
+      <c r="G57" s="263"/>
+      <c r="H57" s="263"/>
+      <c r="I57" s="263"/>
+      <c r="J57" s="263"/>
+      <c r="K57" s="263"/>
+      <c r="L57" s="263"/>
+      <c r="M57" s="263"/>
+      <c r="N57" s="263"/>
+      <c r="O57" s="263"/>
+      <c r="P57" s="263"/>
+      <c r="Q57" s="263"/>
+      <c r="R57" s="263"/>
+      <c r="S57" s="263"/>
+      <c r="T57" s="263"/>
+      <c r="U57" s="263"/>
+      <c r="V57" s="263"/>
+      <c r="W57" s="263"/>
+      <c r="X57" s="263"/>
+      <c r="Y57" s="263"/>
+      <c r="Z57" s="263"/>
+      <c r="AA57" s="263"/>
+      <c r="AB57" s="263"/>
+      <c r="AC57" s="263"/>
+      <c r="AD57" s="263"/>
+      <c r="AE57" s="263"/>
+      <c r="AF57" s="263"/>
+      <c r="AG57" s="263"/>
+      <c r="AH57" s="263"/>
+      <c r="AI57" s="263"/>
+      <c r="AJ57" s="263"/>
+      <c r="AK57" s="263"/>
+      <c r="AL57" s="263"/>
+      <c r="AM57" s="263"/>
+      <c r="AN57" s="263"/>
+      <c r="AO57" s="263"/>
+      <c r="AP57" s="63"/>
+      <c r="AQ57" s="5"/>
     </row>
     <row r="58" spans="2:43" ht="15.75">
-      <c r="B58" s="6"/>
-      <c r="C58" s="140" t="s">
+      <c r="B58" s="5"/>
+      <c r="C58" s="124" t="s">
         <v>260</v>
       </c>
-      <c r="D58" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ58" s="6"/>
+      <c r="D58" s="262"/>
+      <c r="E58" s="263"/>
+      <c r="F58" s="263"/>
+      <c r="G58" s="263"/>
+      <c r="H58" s="263"/>
+      <c r="I58" s="263"/>
+      <c r="J58" s="263"/>
+      <c r="K58" s="263"/>
+      <c r="L58" s="263"/>
+      <c r="M58" s="263"/>
+      <c r="N58" s="263"/>
+      <c r="O58" s="263"/>
+      <c r="P58" s="263"/>
+      <c r="Q58" s="263"/>
+      <c r="R58" s="263"/>
+      <c r="S58" s="263"/>
+      <c r="T58" s="263"/>
+      <c r="U58" s="263"/>
+      <c r="V58" s="263"/>
+      <c r="W58" s="263"/>
+      <c r="X58" s="263"/>
+      <c r="Y58" s="263"/>
+      <c r="Z58" s="263"/>
+      <c r="AA58" s="263"/>
+      <c r="AB58" s="263"/>
+      <c r="AC58" s="263"/>
+      <c r="AD58" s="263"/>
+      <c r="AE58" s="263"/>
+      <c r="AF58" s="263"/>
+      <c r="AG58" s="263"/>
+      <c r="AH58" s="263"/>
+      <c r="AI58" s="263"/>
+      <c r="AJ58" s="263"/>
+      <c r="AK58" s="263"/>
+      <c r="AL58" s="263"/>
+      <c r="AM58" s="263"/>
+      <c r="AN58" s="263"/>
+      <c r="AO58" s="263"/>
+      <c r="AP58" s="63"/>
+      <c r="AQ58" s="5"/>
     </row>
     <row r="59" spans="2:43" ht="15.75">
-      <c r="B59" s="6"/>
-      <c r="C59" s="140" t="s">
+      <c r="B59" s="5"/>
+      <c r="C59" s="124" t="s">
         <v>261</v>
       </c>
-      <c r="D59" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ59" s="6"/>
+      <c r="D59" s="262"/>
+      <c r="E59" s="263"/>
+      <c r="F59" s="263"/>
+      <c r="G59" s="263"/>
+      <c r="H59" s="263"/>
+      <c r="I59" s="263"/>
+      <c r="J59" s="263"/>
+      <c r="K59" s="263"/>
+      <c r="L59" s="263"/>
+      <c r="M59" s="263"/>
+      <c r="N59" s="263"/>
+      <c r="O59" s="263"/>
+      <c r="P59" s="263"/>
+      <c r="Q59" s="263"/>
+      <c r="R59" s="263"/>
+      <c r="S59" s="263"/>
+      <c r="T59" s="263"/>
+      <c r="U59" s="263"/>
+      <c r="V59" s="263"/>
+      <c r="W59" s="263"/>
+      <c r="X59" s="263"/>
+      <c r="Y59" s="263"/>
+      <c r="Z59" s="263"/>
+      <c r="AA59" s="263"/>
+      <c r="AB59" s="263"/>
+      <c r="AC59" s="263"/>
+      <c r="AD59" s="263"/>
+      <c r="AE59" s="263"/>
+      <c r="AF59" s="263"/>
+      <c r="AG59" s="263"/>
+      <c r="AH59" s="263"/>
+      <c r="AI59" s="263"/>
+      <c r="AJ59" s="263"/>
+      <c r="AK59" s="263"/>
+      <c r="AL59" s="263"/>
+      <c r="AM59" s="263"/>
+      <c r="AN59" s="263"/>
+      <c r="AO59" s="263"/>
+      <c r="AP59" s="63"/>
+      <c r="AQ59" s="5"/>
     </row>
     <row r="60" spans="2:43" ht="15.75">
-      <c r="B60" s="6"/>
-      <c r="C60" s="140" t="s">
+      <c r="B60" s="5"/>
+      <c r="C60" s="124" t="s">
         <v>262</v>
       </c>
-      <c r="D60" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ60" s="6"/>
+      <c r="D60" s="262"/>
+      <c r="E60" s="263"/>
+      <c r="F60" s="263"/>
+      <c r="G60" s="263"/>
+      <c r="H60" s="263"/>
+      <c r="I60" s="263"/>
+      <c r="J60" s="263"/>
+      <c r="K60" s="263"/>
+      <c r="L60" s="263"/>
+      <c r="M60" s="263"/>
+      <c r="N60" s="263"/>
+      <c r="O60" s="263"/>
+      <c r="P60" s="263"/>
+      <c r="Q60" s="263"/>
+      <c r="R60" s="263"/>
+      <c r="S60" s="263"/>
+      <c r="T60" s="263"/>
+      <c r="U60" s="263"/>
+      <c r="V60" s="263"/>
+      <c r="W60" s="263"/>
+      <c r="X60" s="263"/>
+      <c r="Y60" s="263"/>
+      <c r="Z60" s="263"/>
+      <c r="AA60" s="263"/>
+      <c r="AB60" s="263"/>
+      <c r="AC60" s="263"/>
+      <c r="AD60" s="263"/>
+      <c r="AE60" s="263"/>
+      <c r="AF60" s="263"/>
+      <c r="AG60" s="263"/>
+      <c r="AH60" s="263"/>
+      <c r="AI60" s="263"/>
+      <c r="AJ60" s="263"/>
+      <c r="AK60" s="263"/>
+      <c r="AL60" s="263"/>
+      <c r="AM60" s="263"/>
+      <c r="AN60" s="263"/>
+      <c r="AO60" s="263"/>
+      <c r="AP60" s="58"/>
+      <c r="AQ60" s="5"/>
     </row>
     <row r="61" spans="2:43" ht="15.75">
-      <c r="B61" s="6"/>
-      <c r="C61" s="140" t="s">
+      <c r="B61" s="5"/>
+      <c r="C61" s="124" t="s">
         <v>263</v>
       </c>
-      <c r="D61" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ61" s="6"/>
+      <c r="D61" s="262"/>
+      <c r="E61" s="263"/>
+      <c r="F61" s="263"/>
+      <c r="G61" s="263"/>
+      <c r="H61" s="263"/>
+      <c r="I61" s="263"/>
+      <c r="J61" s="263"/>
+      <c r="K61" s="263"/>
+      <c r="L61" s="263"/>
+      <c r="M61" s="263"/>
+      <c r="N61" s="263"/>
+      <c r="O61" s="263"/>
+      <c r="P61" s="263"/>
+      <c r="Q61" s="263"/>
+      <c r="R61" s="263"/>
+      <c r="S61" s="263"/>
+      <c r="T61" s="263"/>
+      <c r="U61" s="263"/>
+      <c r="V61" s="263"/>
+      <c r="W61" s="263"/>
+      <c r="X61" s="263"/>
+      <c r="Y61" s="263"/>
+      <c r="Z61" s="263"/>
+      <c r="AA61" s="263"/>
+      <c r="AB61" s="263"/>
+      <c r="AC61" s="263"/>
+      <c r="AD61" s="263"/>
+      <c r="AE61" s="263"/>
+      <c r="AF61" s="263"/>
+      <c r="AG61" s="263"/>
+      <c r="AH61" s="263"/>
+      <c r="AI61" s="263"/>
+      <c r="AJ61" s="263"/>
+      <c r="AK61" s="263"/>
+      <c r="AL61" s="263"/>
+      <c r="AM61" s="263"/>
+      <c r="AN61" s="263"/>
+      <c r="AO61" s="263"/>
+      <c r="AP61" s="63"/>
+      <c r="AQ61" s="5"/>
     </row>
     <row r="62" spans="2:43" ht="15.75">
-      <c r="B62" s="6"/>
-      <c r="C62" s="140" t="s">
+      <c r="B62" s="5"/>
+      <c r="C62" s="124" t="s">
         <v>264</v>
       </c>
-      <c r="D62" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ62" s="6"/>
+      <c r="D62" s="262"/>
+      <c r="E62" s="263"/>
+      <c r="F62" s="263"/>
+      <c r="G62" s="263"/>
+      <c r="H62" s="263"/>
+      <c r="I62" s="263"/>
+      <c r="J62" s="263"/>
+      <c r="K62" s="263"/>
+      <c r="L62" s="263"/>
+      <c r="M62" s="263"/>
+      <c r="N62" s="263"/>
+      <c r="O62" s="263"/>
+      <c r="P62" s="263"/>
+      <c r="Q62" s="263"/>
+      <c r="R62" s="263"/>
+      <c r="S62" s="263"/>
+      <c r="T62" s="263"/>
+      <c r="U62" s="263"/>
+      <c r="V62" s="263"/>
+      <c r="W62" s="263"/>
+      <c r="X62" s="263"/>
+      <c r="Y62" s="263"/>
+      <c r="Z62" s="263"/>
+      <c r="AA62" s="263"/>
+      <c r="AB62" s="263"/>
+      <c r="AC62" s="263"/>
+      <c r="AD62" s="263"/>
+      <c r="AE62" s="263"/>
+      <c r="AF62" s="263"/>
+      <c r="AG62" s="263"/>
+      <c r="AH62" s="263"/>
+      <c r="AI62" s="263"/>
+      <c r="AJ62" s="263"/>
+      <c r="AK62" s="263"/>
+      <c r="AL62" s="263"/>
+      <c r="AM62" s="263"/>
+      <c r="AN62" s="263"/>
+      <c r="AO62" s="263"/>
+      <c r="AP62" s="63"/>
+      <c r="AQ62" s="5"/>
     </row>
     <row r="63" spans="2:43" ht="15.75">
-      <c r="B63" s="6"/>
-      <c r="C63" s="140" t="s">
+      <c r="B63" s="5"/>
+      <c r="C63" s="124" t="s">
         <v>265</v>
       </c>
-      <c r="D63" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ63" s="6"/>
+      <c r="D63" s="262"/>
+      <c r="E63" s="263"/>
+      <c r="F63" s="263"/>
+      <c r="G63" s="263"/>
+      <c r="H63" s="263"/>
+      <c r="I63" s="263"/>
+      <c r="J63" s="263"/>
+      <c r="K63" s="263"/>
+      <c r="L63" s="263"/>
+      <c r="M63" s="263"/>
+      <c r="N63" s="263"/>
+      <c r="O63" s="263"/>
+      <c r="P63" s="263"/>
+      <c r="Q63" s="263"/>
+      <c r="R63" s="263"/>
+      <c r="S63" s="263"/>
+      <c r="T63" s="263"/>
+      <c r="U63" s="263"/>
+      <c r="V63" s="263"/>
+      <c r="W63" s="263"/>
+      <c r="X63" s="263"/>
+      <c r="Y63" s="263"/>
+      <c r="Z63" s="263"/>
+      <c r="AA63" s="263"/>
+      <c r="AB63" s="263"/>
+      <c r="AC63" s="263"/>
+      <c r="AD63" s="263"/>
+      <c r="AE63" s="263"/>
+      <c r="AF63" s="263"/>
+      <c r="AG63" s="263"/>
+      <c r="AH63" s="263"/>
+      <c r="AI63" s="263"/>
+      <c r="AJ63" s="263"/>
+      <c r="AK63" s="263"/>
+      <c r="AL63" s="263"/>
+      <c r="AM63" s="263"/>
+      <c r="AN63" s="263"/>
+      <c r="AO63" s="263"/>
+      <c r="AP63" s="58"/>
+      <c r="AQ63" s="5"/>
     </row>
     <row r="64" spans="2:43" ht="15.75">
-      <c r="B64" s="6"/>
-      <c r="C64" s="140" t="s">
+      <c r="B64" s="5"/>
+      <c r="C64" s="124" t="s">
         <v>266</v>
       </c>
-      <c r="D64" s="225"/>
-[...38 lines deleted...]
-      <c r="AQ64" s="6"/>
+      <c r="D64" s="262"/>
+      <c r="E64" s="263"/>
+      <c r="F64" s="263"/>
+      <c r="G64" s="263"/>
+      <c r="H64" s="263"/>
+      <c r="I64" s="263"/>
+      <c r="J64" s="263"/>
+      <c r="K64" s="263"/>
+      <c r="L64" s="263"/>
+      <c r="M64" s="263"/>
+      <c r="N64" s="263"/>
+      <c r="O64" s="263"/>
+      <c r="P64" s="263"/>
+      <c r="Q64" s="263"/>
+      <c r="R64" s="263"/>
+      <c r="S64" s="263"/>
+      <c r="T64" s="263"/>
+      <c r="U64" s="263"/>
+      <c r="V64" s="263"/>
+      <c r="W64" s="263"/>
+      <c r="X64" s="263"/>
+      <c r="Y64" s="263"/>
+      <c r="Z64" s="263"/>
+      <c r="AA64" s="263"/>
+      <c r="AB64" s="263"/>
+      <c r="AC64" s="263"/>
+      <c r="AD64" s="263"/>
+      <c r="AE64" s="263"/>
+      <c r="AF64" s="263"/>
+      <c r="AG64" s="263"/>
+      <c r="AH64" s="263"/>
+      <c r="AI64" s="263"/>
+      <c r="AJ64" s="263"/>
+      <c r="AK64" s="263"/>
+      <c r="AL64" s="263"/>
+      <c r="AM64" s="263"/>
+      <c r="AN64" s="263"/>
+      <c r="AO64" s="263"/>
+      <c r="AP64" s="63"/>
+      <c r="AQ64" s="5"/>
     </row>
     <row r="65" spans="2:43" ht="15.75">
-      <c r="B65" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ65" s="6"/>
+      <c r="B65" s="5"/>
+      <c r="C65" s="259"/>
+      <c r="D65" s="260"/>
+      <c r="E65" s="260"/>
+      <c r="F65" s="260"/>
+      <c r="G65" s="260"/>
+      <c r="H65" s="260"/>
+      <c r="I65" s="260"/>
+      <c r="J65" s="260"/>
+      <c r="K65" s="260"/>
+      <c r="L65" s="260"/>
+      <c r="M65" s="260"/>
+      <c r="N65" s="260"/>
+      <c r="O65" s="260"/>
+      <c r="P65" s="260"/>
+      <c r="Q65" s="260"/>
+      <c r="R65" s="260"/>
+      <c r="S65" s="260"/>
+      <c r="T65" s="260"/>
+      <c r="U65" s="260"/>
+      <c r="V65" s="260"/>
+      <c r="W65" s="260"/>
+      <c r="X65" s="260"/>
+      <c r="Y65" s="260"/>
+      <c r="Z65" s="260"/>
+      <c r="AA65" s="260"/>
+      <c r="AB65" s="260"/>
+      <c r="AC65" s="260"/>
+      <c r="AD65" s="260"/>
+      <c r="AE65" s="260"/>
+      <c r="AF65" s="260"/>
+      <c r="AG65" s="260"/>
+      <c r="AH65" s="260"/>
+      <c r="AI65" s="260"/>
+      <c r="AJ65" s="260"/>
+      <c r="AK65" s="260"/>
+      <c r="AL65" s="260"/>
+      <c r="AM65" s="260"/>
+      <c r="AN65" s="260"/>
+      <c r="AO65" s="260"/>
+      <c r="AP65" s="261"/>
+      <c r="AQ65" s="5"/>
     </row>
     <row r="66" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B66" s="6"/>
-      <c r="C66" s="220" t="s">
+      <c r="B66" s="5"/>
+      <c r="C66" s="265" t="s">
         <v>188</v>
       </c>
-      <c r="D66" s="221"/>
-[...38 lines deleted...]
-      <c r="AQ66" s="6"/>
+      <c r="D66" s="266"/>
+      <c r="E66" s="266"/>
+      <c r="F66" s="266"/>
+      <c r="G66" s="266"/>
+      <c r="H66" s="266"/>
+      <c r="I66" s="266"/>
+      <c r="J66" s="266"/>
+      <c r="K66" s="266"/>
+      <c r="L66" s="266"/>
+      <c r="M66" s="266"/>
+      <c r="N66" s="266"/>
+      <c r="O66" s="266"/>
+      <c r="P66" s="266"/>
+      <c r="Q66" s="266"/>
+      <c r="R66" s="266"/>
+      <c r="S66" s="266"/>
+      <c r="T66" s="266"/>
+      <c r="U66" s="266"/>
+      <c r="V66" s="266"/>
+      <c r="W66" s="266"/>
+      <c r="X66" s="266"/>
+      <c r="Y66" s="266"/>
+      <c r="Z66" s="266"/>
+      <c r="AA66" s="266"/>
+      <c r="AB66" s="266"/>
+      <c r="AC66" s="266"/>
+      <c r="AD66" s="266"/>
+      <c r="AE66" s="266"/>
+      <c r="AF66" s="266"/>
+      <c r="AG66" s="266"/>
+      <c r="AH66" s="266"/>
+      <c r="AI66" s="266"/>
+      <c r="AJ66" s="266"/>
+      <c r="AK66" s="266"/>
+      <c r="AL66" s="266"/>
+      <c r="AM66" s="266"/>
+      <c r="AN66" s="266"/>
+      <c r="AO66" s="266"/>
+      <c r="AP66" s="267"/>
+      <c r="AQ66" s="5"/>
     </row>
     <row r="67" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B67" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ67" s="6"/>
+      <c r="B67" s="5"/>
+      <c r="C67" s="265"/>
+      <c r="D67" s="266"/>
+      <c r="E67" s="266"/>
+      <c r="F67" s="266"/>
+      <c r="G67" s="266"/>
+      <c r="H67" s="266"/>
+      <c r="I67" s="266"/>
+      <c r="J67" s="266"/>
+      <c r="K67" s="266"/>
+      <c r="L67" s="266"/>
+      <c r="M67" s="266"/>
+      <c r="N67" s="266"/>
+      <c r="O67" s="266"/>
+      <c r="P67" s="266"/>
+      <c r="Q67" s="266"/>
+      <c r="R67" s="266"/>
+      <c r="S67" s="266"/>
+      <c r="T67" s="266"/>
+      <c r="U67" s="266"/>
+      <c r="V67" s="266"/>
+      <c r="W67" s="266"/>
+      <c r="X67" s="266"/>
+      <c r="Y67" s="266"/>
+      <c r="Z67" s="266"/>
+      <c r="AA67" s="266"/>
+      <c r="AB67" s="266"/>
+      <c r="AC67" s="266"/>
+      <c r="AD67" s="266"/>
+      <c r="AE67" s="266"/>
+      <c r="AF67" s="266"/>
+      <c r="AG67" s="266"/>
+      <c r="AH67" s="266"/>
+      <c r="AI67" s="266"/>
+      <c r="AJ67" s="266"/>
+      <c r="AK67" s="266"/>
+      <c r="AL67" s="266"/>
+      <c r="AM67" s="266"/>
+      <c r="AN67" s="266"/>
+      <c r="AO67" s="266"/>
+      <c r="AP67" s="267"/>
+      <c r="AQ67" s="5"/>
     </row>
     <row r="68" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B68" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ68" s="6"/>
+      <c r="B68" s="5"/>
+      <c r="C68" s="265"/>
+      <c r="D68" s="266"/>
+      <c r="E68" s="266"/>
+      <c r="F68" s="266"/>
+      <c r="G68" s="266"/>
+      <c r="H68" s="266"/>
+      <c r="I68" s="266"/>
+      <c r="J68" s="266"/>
+      <c r="K68" s="266"/>
+      <c r="L68" s="266"/>
+      <c r="M68" s="266"/>
+      <c r="N68" s="266"/>
+      <c r="O68" s="266"/>
+      <c r="P68" s="266"/>
+      <c r="Q68" s="266"/>
+      <c r="R68" s="266"/>
+      <c r="S68" s="266"/>
+      <c r="T68" s="266"/>
+      <c r="U68" s="266"/>
+      <c r="V68" s="266"/>
+      <c r="W68" s="266"/>
+      <c r="X68" s="266"/>
+      <c r="Y68" s="266"/>
+      <c r="Z68" s="266"/>
+      <c r="AA68" s="266"/>
+      <c r="AB68" s="266"/>
+      <c r="AC68" s="266"/>
+      <c r="AD68" s="266"/>
+      <c r="AE68" s="266"/>
+      <c r="AF68" s="266"/>
+      <c r="AG68" s="266"/>
+      <c r="AH68" s="266"/>
+      <c r="AI68" s="266"/>
+      <c r="AJ68" s="266"/>
+      <c r="AK68" s="266"/>
+      <c r="AL68" s="266"/>
+      <c r="AM68" s="266"/>
+      <c r="AN68" s="266"/>
+      <c r="AO68" s="266"/>
+      <c r="AP68" s="267"/>
+      <c r="AQ68" s="5"/>
     </row>
     <row r="69" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B69" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ69" s="6"/>
+      <c r="B69" s="5"/>
+      <c r="C69" s="265"/>
+      <c r="D69" s="266"/>
+      <c r="E69" s="266"/>
+      <c r="F69" s="266"/>
+      <c r="G69" s="266"/>
+      <c r="H69" s="266"/>
+      <c r="I69" s="266"/>
+      <c r="J69" s="266"/>
+      <c r="K69" s="266"/>
+      <c r="L69" s="266"/>
+      <c r="M69" s="266"/>
+      <c r="N69" s="266"/>
+      <c r="O69" s="266"/>
+      <c r="P69" s="266"/>
+      <c r="Q69" s="266"/>
+      <c r="R69" s="266"/>
+      <c r="S69" s="266"/>
+      <c r="T69" s="266"/>
+      <c r="U69" s="266"/>
+      <c r="V69" s="266"/>
+      <c r="W69" s="266"/>
+      <c r="X69" s="266"/>
+      <c r="Y69" s="266"/>
+      <c r="Z69" s="266"/>
+      <c r="AA69" s="266"/>
+      <c r="AB69" s="266"/>
+      <c r="AC69" s="266"/>
+      <c r="AD69" s="266"/>
+      <c r="AE69" s="266"/>
+      <c r="AF69" s="266"/>
+      <c r="AG69" s="266"/>
+      <c r="AH69" s="266"/>
+      <c r="AI69" s="266"/>
+      <c r="AJ69" s="266"/>
+      <c r="AK69" s="266"/>
+      <c r="AL69" s="266"/>
+      <c r="AM69" s="266"/>
+      <c r="AN69" s="266"/>
+      <c r="AO69" s="266"/>
+      <c r="AP69" s="267"/>
+      <c r="AQ69" s="5"/>
     </row>
     <row r="70" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B70" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ70" s="6"/>
+      <c r="B70" s="5"/>
+      <c r="C70" s="265"/>
+      <c r="D70" s="266"/>
+      <c r="E70" s="266"/>
+      <c r="F70" s="266"/>
+      <c r="G70" s="266"/>
+      <c r="H70" s="266"/>
+      <c r="I70" s="266"/>
+      <c r="J70" s="266"/>
+      <c r="K70" s="266"/>
+      <c r="L70" s="266"/>
+      <c r="M70" s="266"/>
+      <c r="N70" s="266"/>
+      <c r="O70" s="266"/>
+      <c r="P70" s="266"/>
+      <c r="Q70" s="266"/>
+      <c r="R70" s="266"/>
+      <c r="S70" s="266"/>
+      <c r="T70" s="266"/>
+      <c r="U70" s="266"/>
+      <c r="V70" s="266"/>
+      <c r="W70" s="266"/>
+      <c r="X70" s="266"/>
+      <c r="Y70" s="266"/>
+      <c r="Z70" s="266"/>
+      <c r="AA70" s="266"/>
+      <c r="AB70" s="266"/>
+      <c r="AC70" s="266"/>
+      <c r="AD70" s="266"/>
+      <c r="AE70" s="266"/>
+      <c r="AF70" s="266"/>
+      <c r="AG70" s="266"/>
+      <c r="AH70" s="266"/>
+      <c r="AI70" s="266"/>
+      <c r="AJ70" s="266"/>
+      <c r="AK70" s="266"/>
+      <c r="AL70" s="266"/>
+      <c r="AM70" s="266"/>
+      <c r="AN70" s="266"/>
+      <c r="AO70" s="266"/>
+      <c r="AP70" s="267"/>
+      <c r="AQ70" s="5"/>
     </row>
     <row r="71" spans="2:43" ht="22.5" customHeight="1">
-      <c r="B71" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ71" s="6"/>
+      <c r="B71" s="5"/>
+      <c r="C71" s="265"/>
+      <c r="D71" s="266"/>
+      <c r="E71" s="266"/>
+      <c r="F71" s="266"/>
+      <c r="G71" s="266"/>
+      <c r="H71" s="266"/>
+      <c r="I71" s="266"/>
+      <c r="J71" s="266"/>
+      <c r="K71" s="266"/>
+      <c r="L71" s="266"/>
+      <c r="M71" s="266"/>
+      <c r="N71" s="266"/>
+      <c r="O71" s="266"/>
+      <c r="P71" s="266"/>
+      <c r="Q71" s="266"/>
+      <c r="R71" s="266"/>
+      <c r="S71" s="266"/>
+      <c r="T71" s="266"/>
+      <c r="U71" s="266"/>
+      <c r="V71" s="266"/>
+      <c r="W71" s="266"/>
+      <c r="X71" s="266"/>
+      <c r="Y71" s="266"/>
+      <c r="Z71" s="266"/>
+      <c r="AA71" s="266"/>
+      <c r="AB71" s="266"/>
+      <c r="AC71" s="266"/>
+      <c r="AD71" s="266"/>
+      <c r="AE71" s="266"/>
+      <c r="AF71" s="266"/>
+      <c r="AG71" s="266"/>
+      <c r="AH71" s="266"/>
+      <c r="AI71" s="266"/>
+      <c r="AJ71" s="266"/>
+      <c r="AK71" s="266"/>
+      <c r="AL71" s="266"/>
+      <c r="AM71" s="266"/>
+      <c r="AN71" s="266"/>
+      <c r="AO71" s="266"/>
+      <c r="AP71" s="267"/>
+      <c r="AQ71" s="5"/>
     </row>
     <row r="72" spans="2:43">
-      <c r="B72" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ72" s="32"/>
+      <c r="B72" s="5"/>
+      <c r="C72" s="5"/>
+      <c r="D72" s="5"/>
+      <c r="E72" s="5"/>
+      <c r="F72" s="5"/>
+      <c r="G72" s="5"/>
+      <c r="H72" s="5"/>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5"/>
+      <c r="K72" s="5"/>
+      <c r="L72" s="5"/>
+      <c r="M72" s="5"/>
+      <c r="N72" s="5"/>
+      <c r="O72" s="5"/>
+      <c r="P72" s="5"/>
+      <c r="Q72" s="5"/>
+      <c r="R72" s="5"/>
+      <c r="S72" s="5"/>
+      <c r="T72" s="5"/>
+      <c r="U72" s="5"/>
+      <c r="V72" s="5"/>
+      <c r="W72" s="5"/>
+      <c r="X72" s="5"/>
+      <c r="Y72" s="5"/>
+      <c r="Z72" s="5"/>
+      <c r="AA72" s="5"/>
+      <c r="AB72" s="5"/>
+      <c r="AC72" s="5"/>
+      <c r="AD72" s="5"/>
+      <c r="AE72" s="5"/>
+      <c r="AF72" s="5"/>
+      <c r="AG72" s="5"/>
+      <c r="AH72" s="5"/>
+      <c r="AI72" s="5"/>
+      <c r="AJ72" s="5"/>
+      <c r="AK72" s="5"/>
+      <c r="AL72" s="5"/>
+      <c r="AM72" s="5"/>
+      <c r="AN72" s="5"/>
+      <c r="AO72" s="5"/>
+      <c r="AP72" s="5"/>
+      <c r="AQ72" s="5"/>
     </row>
     <row r="76" spans="2:43" ht="18">
-      <c r="C76" s="66"/>
+      <c r="C76" s="56"/>
     </row>
     <row r="77" spans="2:43" ht="18">
-      <c r="C77" s="66"/>
+      <c r="C77" s="56"/>
     </row>
     <row r="78" spans="2:43" ht="18">
-      <c r="C78" s="66"/>
+      <c r="C78" s="56"/>
     </row>
     <row r="79" spans="2:43" ht="18">
-      <c r="C79" s="66"/>
+      <c r="C79" s="56"/>
     </row>
     <row r="80" spans="2:43" ht="18">
-      <c r="C80" s="66"/>
+      <c r="C80" s="56"/>
     </row>
     <row r="85" spans="3:29" ht="18">
-      <c r="C85" s="64"/>
+      <c r="C85" s="56"/>
     </row>
     <row r="86" spans="3:29" ht="18">
-      <c r="C86" s="66"/>
+      <c r="C86" s="56"/>
     </row>
     <row r="87" spans="3:29" ht="18">
-      <c r="C87" s="66"/>
-[...18 lines deleted...]
-      <c r="AC87" s="122"/>
+      <c r="C87" s="56"/>
+      <c r="D87" s="56"/>
+      <c r="G87" s="50"/>
+      <c r="H87" s="50"/>
+      <c r="I87" s="50"/>
+      <c r="J87" s="50"/>
+      <c r="K87" s="50"/>
+      <c r="L87" s="50"/>
+      <c r="M87" s="50"/>
+      <c r="N87" s="50"/>
+      <c r="O87" s="50"/>
+      <c r="P87" s="50"/>
+      <c r="Q87" s="47"/>
+      <c r="R87" s="47"/>
+      <c r="U87" s="47"/>
+      <c r="V87" s="47"/>
+      <c r="W87" s="47"/>
+      <c r="X87" s="47"/>
+      <c r="AB87" s="108"/>
+      <c r="AC87" s="108"/>
     </row>
     <row r="88" spans="3:29" ht="18">
-      <c r="C88" s="66"/>
-[...18 lines deleted...]
-      <c r="AC88" s="122"/>
+      <c r="C88" s="56"/>
+      <c r="D88" s="56"/>
+      <c r="G88" s="50"/>
+      <c r="H88" s="50"/>
+      <c r="I88" s="50"/>
+      <c r="J88" s="50"/>
+      <c r="K88" s="50"/>
+      <c r="L88" s="50"/>
+      <c r="M88" s="50"/>
+      <c r="N88" s="50"/>
+      <c r="O88" s="50"/>
+      <c r="P88" s="50"/>
+      <c r="Q88" s="47"/>
+      <c r="R88" s="47"/>
+      <c r="U88" s="47"/>
+      <c r="V88" s="47"/>
+      <c r="W88" s="47"/>
+      <c r="X88" s="47"/>
+      <c r="AB88" s="108"/>
+      <c r="AC88" s="108"/>
     </row>
     <row r="89" spans="3:29" ht="18">
-      <c r="C89" s="66"/>
-[...18 lines deleted...]
-      <c r="AC89" s="122"/>
+      <c r="C89" s="56"/>
+      <c r="D89" s="56"/>
+      <c r="G89" s="50"/>
+      <c r="H89" s="50"/>
+      <c r="I89" s="50"/>
+      <c r="J89" s="50"/>
+      <c r="K89" s="50"/>
+      <c r="L89" s="50"/>
+      <c r="M89" s="50"/>
+      <c r="N89" s="50"/>
+      <c r="O89" s="50"/>
+      <c r="P89" s="50"/>
+      <c r="Q89" s="47"/>
+      <c r="R89" s="47"/>
+      <c r="U89" s="47"/>
+      <c r="V89" s="47"/>
+      <c r="W89" s="47"/>
+      <c r="X89" s="47"/>
+      <c r="AB89" s="108"/>
+      <c r="AC89" s="108"/>
     </row>
     <row r="90" spans="3:29" ht="18">
-      <c r="C90" s="66"/>
-[...18 lines deleted...]
-      <c r="AC90" s="122"/>
+      <c r="C90" s="56"/>
+      <c r="D90" s="56"/>
+      <c r="G90" s="50"/>
+      <c r="H90" s="50"/>
+      <c r="I90" s="50"/>
+      <c r="J90" s="50"/>
+      <c r="K90" s="50"/>
+      <c r="L90" s="50"/>
+      <c r="M90" s="50"/>
+      <c r="N90" s="50"/>
+      <c r="O90" s="50"/>
+      <c r="P90" s="50"/>
+      <c r="Q90" s="47"/>
+      <c r="R90" s="47"/>
+      <c r="U90" s="47"/>
+      <c r="V90" s="47"/>
+      <c r="W90" s="47"/>
+      <c r="X90" s="47"/>
+      <c r="AB90" s="108"/>
+      <c r="AC90" s="108"/>
     </row>
     <row r="91" spans="3:29" ht="18">
-      <c r="C91" s="66"/>
-[...18 lines deleted...]
-      <c r="AC91" s="122"/>
+      <c r="C91" s="56"/>
+      <c r="D91" s="56"/>
+      <c r="G91" s="50"/>
+      <c r="H91" s="50"/>
+      <c r="I91" s="50"/>
+      <c r="J91" s="50"/>
+      <c r="K91" s="50"/>
+      <c r="L91" s="50"/>
+      <c r="M91" s="50"/>
+      <c r="N91" s="50"/>
+      <c r="O91" s="50"/>
+      <c r="P91" s="50"/>
+      <c r="Q91" s="47"/>
+      <c r="R91" s="47"/>
+      <c r="U91" s="47"/>
+      <c r="V91" s="47"/>
+      <c r="W91" s="47"/>
+      <c r="X91" s="47"/>
+      <c r="AB91" s="108"/>
+      <c r="AC91" s="108"/>
     </row>
     <row r="92" spans="3:29" ht="18">
-      <c r="G92" s="65"/>
-[...16 lines deleted...]
-      <c r="AC92" s="122"/>
+      <c r="G92" s="50"/>
+      <c r="H92" s="50"/>
+      <c r="I92" s="50"/>
+      <c r="J92" s="50"/>
+      <c r="K92" s="50"/>
+      <c r="L92" s="50"/>
+      <c r="M92" s="50"/>
+      <c r="N92" s="50"/>
+      <c r="O92" s="50"/>
+      <c r="P92" s="50"/>
+      <c r="Q92" s="47"/>
+      <c r="R92" s="47"/>
+      <c r="U92" s="47"/>
+      <c r="V92" s="47"/>
+      <c r="W92" s="47"/>
+      <c r="X92" s="47"/>
+      <c r="AB92" s="108"/>
+      <c r="AC92" s="108"/>
     </row>
     <row r="93" spans="3:29" ht="18">
-      <c r="G93" s="65"/>
-[...16 lines deleted...]
-      <c r="AC93" s="122"/>
+      <c r="G93" s="50"/>
+      <c r="H93" s="50"/>
+      <c r="I93" s="50"/>
+      <c r="J93" s="50"/>
+      <c r="K93" s="50"/>
+      <c r="L93" s="50"/>
+      <c r="M93" s="50"/>
+      <c r="N93" s="50"/>
+      <c r="O93" s="50"/>
+      <c r="P93" s="50"/>
+      <c r="Q93" s="47"/>
+      <c r="R93" s="47"/>
+      <c r="U93" s="47"/>
+      <c r="V93" s="47"/>
+      <c r="W93" s="47"/>
+      <c r="X93" s="47"/>
+      <c r="AB93" s="108"/>
+      <c r="AC93" s="108"/>
     </row>
     <row r="94" spans="3:29" ht="18">
-      <c r="G94" s="65"/>
-[...16 lines deleted...]
-      <c r="AC94" s="122"/>
+      <c r="G94" s="50"/>
+      <c r="H94" s="50"/>
+      <c r="I94" s="50"/>
+      <c r="J94" s="50"/>
+      <c r="K94" s="50"/>
+      <c r="L94" s="50"/>
+      <c r="M94" s="50"/>
+      <c r="N94" s="50"/>
+      <c r="O94" s="50"/>
+      <c r="P94" s="50"/>
+      <c r="Q94" s="47"/>
+      <c r="R94" s="47"/>
+      <c r="U94" s="47"/>
+      <c r="V94" s="47"/>
+      <c r="W94" s="47"/>
+      <c r="X94" s="47"/>
+      <c r="AB94" s="108"/>
+      <c r="AC94" s="108"/>
     </row>
     <row r="95" spans="3:29" ht="18">
-      <c r="G95" s="65"/>
-[...16 lines deleted...]
-      <c r="AC95" s="122"/>
+      <c r="G95" s="50"/>
+      <c r="H95" s="50"/>
+      <c r="I95" s="50"/>
+      <c r="J95" s="50"/>
+      <c r="K95" s="50"/>
+      <c r="L95" s="50"/>
+      <c r="M95" s="50"/>
+      <c r="N95" s="50"/>
+      <c r="O95" s="50"/>
+      <c r="P95" s="50"/>
+      <c r="Q95" s="47"/>
+      <c r="R95" s="47"/>
+      <c r="U95" s="47"/>
+      <c r="V95" s="47"/>
+      <c r="W95" s="47"/>
+      <c r="X95" s="47"/>
+      <c r="AB95" s="108"/>
+      <c r="AC95" s="108"/>
     </row>
     <row r="96" spans="3:29" ht="18">
-      <c r="G96" s="64"/>
-[...16 lines deleted...]
-      <c r="AC96" s="122"/>
+      <c r="G96" s="56"/>
+      <c r="H96" s="50"/>
+      <c r="I96" s="50"/>
+      <c r="J96" s="50"/>
+      <c r="K96" s="50"/>
+      <c r="L96" s="50"/>
+      <c r="M96" s="50"/>
+      <c r="N96" s="50"/>
+      <c r="O96" s="50"/>
+      <c r="P96" s="50"/>
+      <c r="Q96" s="48"/>
+      <c r="R96" s="48"/>
+      <c r="U96" s="47"/>
+      <c r="V96" s="47"/>
+      <c r="W96" s="47"/>
+      <c r="X96" s="47"/>
+      <c r="AB96" s="108"/>
+      <c r="AC96" s="108"/>
     </row>
     <row r="97" spans="3:29" ht="18">
-      <c r="D97" s="66"/>
-[...17 lines deleted...]
-      <c r="AC97" s="122"/>
+      <c r="D97" s="56"/>
+      <c r="G97" s="50"/>
+      <c r="H97" s="50"/>
+      <c r="I97" s="50"/>
+      <c r="J97" s="50"/>
+      <c r="K97" s="50"/>
+      <c r="L97" s="50"/>
+      <c r="M97" s="50"/>
+      <c r="N97" s="50"/>
+      <c r="O97" s="50"/>
+      <c r="P97" s="50"/>
+      <c r="Q97" s="48"/>
+      <c r="R97" s="48"/>
+      <c r="U97" s="47"/>
+      <c r="V97" s="47"/>
+      <c r="W97" s="47"/>
+      <c r="X97" s="47"/>
+      <c r="AB97" s="108"/>
+      <c r="AC97" s="108"/>
     </row>
     <row r="98" spans="3:29" ht="18">
-      <c r="D98" s="66"/>
-[...17 lines deleted...]
-      <c r="AC98" s="122"/>
+      <c r="D98" s="56"/>
+      <c r="G98" s="50"/>
+      <c r="H98" s="50"/>
+      <c r="I98" s="50"/>
+      <c r="J98" s="50"/>
+      <c r="K98" s="50"/>
+      <c r="L98" s="50"/>
+      <c r="M98" s="50"/>
+      <c r="N98" s="50"/>
+      <c r="O98" s="50"/>
+      <c r="P98" s="50"/>
+      <c r="Q98" s="48"/>
+      <c r="R98" s="48"/>
+      <c r="U98" s="47"/>
+      <c r="V98" s="47"/>
+      <c r="W98" s="47"/>
+      <c r="X98" s="47"/>
+      <c r="AB98" s="108"/>
+      <c r="AC98" s="108"/>
     </row>
     <row r="99" spans="3:29" ht="18">
-      <c r="D99" s="66"/>
-[...17 lines deleted...]
-      <c r="AC99" s="122"/>
+      <c r="D99" s="56"/>
+      <c r="G99" s="50"/>
+      <c r="H99" s="50"/>
+      <c r="I99" s="50"/>
+      <c r="J99" s="50"/>
+      <c r="K99" s="50"/>
+      <c r="L99" s="50"/>
+      <c r="M99" s="50"/>
+      <c r="N99" s="50"/>
+      <c r="O99" s="50"/>
+      <c r="P99" s="50"/>
+      <c r="Q99" s="48"/>
+      <c r="R99" s="48"/>
+      <c r="U99" s="47"/>
+      <c r="V99" s="47"/>
+      <c r="W99" s="47"/>
+      <c r="X99" s="47"/>
+      <c r="AB99" s="108"/>
+      <c r="AC99" s="108"/>
     </row>
     <row r="100" spans="3:29" ht="18">
-      <c r="D100" s="66"/>
-[...17 lines deleted...]
-      <c r="AC100" s="122"/>
+      <c r="D100" s="56"/>
+      <c r="G100" s="50"/>
+      <c r="H100" s="50"/>
+      <c r="I100" s="50"/>
+      <c r="J100" s="50"/>
+      <c r="K100" s="50"/>
+      <c r="L100" s="50"/>
+      <c r="M100" s="50"/>
+      <c r="N100" s="50"/>
+      <c r="O100" s="50"/>
+      <c r="P100" s="50"/>
+      <c r="Q100" s="48"/>
+      <c r="R100" s="48"/>
+      <c r="U100" s="47"/>
+      <c r="V100" s="47"/>
+      <c r="W100" s="47"/>
+      <c r="X100" s="47"/>
+      <c r="AB100" s="108"/>
+      <c r="AC100" s="108"/>
     </row>
     <row r="101" spans="3:29" ht="18">
-      <c r="D101" s="66"/>
-[...17 lines deleted...]
-      <c r="AC101" s="122"/>
+      <c r="D101" s="56"/>
+      <c r="G101" s="50"/>
+      <c r="H101" s="50"/>
+      <c r="I101" s="50"/>
+      <c r="J101" s="50"/>
+      <c r="K101" s="50"/>
+      <c r="L101" s="50"/>
+      <c r="M101" s="50"/>
+      <c r="N101" s="50"/>
+      <c r="O101" s="50"/>
+      <c r="P101" s="50"/>
+      <c r="Q101" s="48"/>
+      <c r="R101" s="48"/>
+      <c r="U101" s="47"/>
+      <c r="V101" s="47"/>
+      <c r="W101" s="47"/>
+      <c r="X101" s="47"/>
+      <c r="AB101" s="108"/>
+      <c r="AC101" s="108"/>
     </row>
     <row r="102" spans="3:29" ht="18">
-      <c r="G102" s="65"/>
-[...16 lines deleted...]
-      <c r="AC102" s="122"/>
+      <c r="G102" s="50"/>
+      <c r="H102" s="50"/>
+      <c r="I102" s="50"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="50"/>
+      <c r="P102" s="50"/>
+      <c r="Q102" s="48"/>
+      <c r="R102" s="48"/>
+      <c r="U102" s="47"/>
+      <c r="V102" s="47"/>
+      <c r="W102" s="47"/>
+      <c r="X102" s="47"/>
+      <c r="AB102" s="108"/>
+      <c r="AC102" s="108"/>
     </row>
     <row r="103" spans="3:29" ht="18">
-      <c r="G103" s="65"/>
-[...16 lines deleted...]
-      <c r="AC103" s="122"/>
+      <c r="G103" s="50"/>
+      <c r="H103" s="50"/>
+      <c r="I103" s="50"/>
+      <c r="J103" s="50"/>
+      <c r="K103" s="50"/>
+      <c r="L103" s="50"/>
+      <c r="M103" s="50"/>
+      <c r="N103" s="50"/>
+      <c r="O103" s="50"/>
+      <c r="P103" s="50"/>
+      <c r="Q103" s="48"/>
+      <c r="R103" s="48"/>
+      <c r="U103" s="47"/>
+      <c r="V103" s="47"/>
+      <c r="W103" s="47"/>
+      <c r="X103" s="47"/>
+      <c r="AB103" s="108"/>
+      <c r="AC103" s="108"/>
     </row>
     <row r="104" spans="3:29" ht="18">
-      <c r="G104" s="65"/>
-[...16 lines deleted...]
-      <c r="AC104" s="122"/>
+      <c r="G104" s="50"/>
+      <c r="H104" s="50"/>
+      <c r="I104" s="50"/>
+      <c r="J104" s="50"/>
+      <c r="K104" s="50"/>
+      <c r="L104" s="50"/>
+      <c r="M104" s="50"/>
+      <c r="N104" s="50"/>
+      <c r="O104" s="50"/>
+      <c r="P104" s="50"/>
+      <c r="Q104" s="48"/>
+      <c r="R104" s="48"/>
+      <c r="U104" s="47"/>
+      <c r="V104" s="47"/>
+      <c r="W104" s="47"/>
+      <c r="X104" s="47"/>
+      <c r="AB104" s="108"/>
+      <c r="AC104" s="108"/>
     </row>
     <row r="105" spans="3:29" ht="18">
-      <c r="G105" s="65"/>
-[...16 lines deleted...]
-      <c r="AC105" s="122"/>
+      <c r="G105" s="50"/>
+      <c r="H105" s="50"/>
+      <c r="I105" s="50"/>
+      <c r="J105" s="50"/>
+      <c r="K105" s="50"/>
+      <c r="L105" s="50"/>
+      <c r="M105" s="50"/>
+      <c r="N105" s="50"/>
+      <c r="O105" s="50"/>
+      <c r="P105" s="50"/>
+      <c r="Q105" s="48"/>
+      <c r="R105" s="48"/>
+      <c r="U105" s="47"/>
+      <c r="V105" s="47"/>
+      <c r="W105" s="47"/>
+      <c r="X105" s="47"/>
+      <c r="AB105" s="108"/>
+      <c r="AC105" s="108"/>
     </row>
     <row r="106" spans="3:29" ht="18">
-      <c r="G106" s="65"/>
-[...16 lines deleted...]
-      <c r="AC106" s="122"/>
+      <c r="G106" s="50"/>
+      <c r="H106" s="50"/>
+      <c r="I106" s="50"/>
+      <c r="J106" s="50"/>
+      <c r="K106" s="50"/>
+      <c r="L106" s="50"/>
+      <c r="M106" s="50"/>
+      <c r="N106" s="50"/>
+      <c r="O106" s="50"/>
+      <c r="P106" s="50"/>
+      <c r="Q106" s="48"/>
+      <c r="R106" s="48"/>
+      <c r="U106" s="47"/>
+      <c r="V106" s="47"/>
+      <c r="W106" s="47"/>
+      <c r="X106" s="47"/>
+      <c r="AB106" s="108"/>
+      <c r="AC106" s="108"/>
     </row>
     <row r="107" spans="3:29" ht="18">
-      <c r="G107" s="65"/>
-[...16 lines deleted...]
-      <c r="AC107" s="66"/>
+      <c r="G107" s="50"/>
+      <c r="H107" s="50"/>
+      <c r="I107" s="50"/>
+      <c r="J107" s="50"/>
+      <c r="K107" s="50"/>
+      <c r="L107" s="50"/>
+      <c r="M107" s="50"/>
+      <c r="N107" s="50"/>
+      <c r="O107" s="50"/>
+      <c r="P107" s="50"/>
+      <c r="Q107" s="48"/>
+      <c r="R107" s="48"/>
+      <c r="U107" s="47"/>
+      <c r="V107" s="47"/>
+      <c r="W107" s="47"/>
+      <c r="X107" s="47"/>
+      <c r="AB107" s="56"/>
+      <c r="AC107" s="56"/>
     </row>
     <row r="108" spans="3:29" ht="18">
-      <c r="G108" s="65"/>
-[...16 lines deleted...]
-      <c r="AC108" s="122"/>
+      <c r="G108" s="50"/>
+      <c r="H108" s="50"/>
+      <c r="I108" s="50"/>
+      <c r="J108" s="50"/>
+      <c r="K108" s="50"/>
+      <c r="L108" s="50"/>
+      <c r="M108" s="50"/>
+      <c r="N108" s="50"/>
+      <c r="O108" s="50"/>
+      <c r="P108" s="50"/>
+      <c r="Q108" s="48"/>
+      <c r="R108" s="48"/>
+      <c r="U108" s="47"/>
+      <c r="V108" s="47"/>
+      <c r="W108" s="47"/>
+      <c r="X108" s="47"/>
+      <c r="AB108" s="108"/>
+      <c r="AC108" s="108"/>
     </row>
     <row r="109" spans="3:29" ht="18">
-      <c r="G109" s="65"/>
-[...12 lines deleted...]
-      <c r="AC109" s="122"/>
+      <c r="G109" s="50"/>
+      <c r="H109" s="50"/>
+      <c r="I109" s="50"/>
+      <c r="J109" s="50"/>
+      <c r="K109" s="50"/>
+      <c r="L109" s="50"/>
+      <c r="M109" s="50"/>
+      <c r="N109" s="50"/>
+      <c r="O109" s="50"/>
+      <c r="P109" s="50"/>
+      <c r="Q109" s="48"/>
+      <c r="R109" s="48"/>
+      <c r="AB109" s="108"/>
+      <c r="AC109" s="108"/>
     </row>
     <row r="110" spans="3:29" ht="18">
-      <c r="C110" s="30" t="s">
+      <c r="C110" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="G110" s="30" t="s">
+      <c r="G110" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="H110" s="35"/>
-[...8 lines deleted...]
-      <c r="Q110" s="219" t="s">
+      <c r="H110" s="25"/>
+      <c r="I110" s="25"/>
+      <c r="J110" s="25"/>
+      <c r="K110" s="25"/>
+      <c r="L110" s="25"/>
+      <c r="M110" s="25"/>
+      <c r="N110" s="25"/>
+      <c r="O110" s="25"/>
+      <c r="P110" s="25"/>
+      <c r="Q110" s="258" t="s">
         <v>46</v>
       </c>
-      <c r="R110" s="219"/>
-      <c r="U110" s="24" t="s">
+      <c r="R110" s="258"/>
+      <c r="U110" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="V110" s="24"/>
-[...2 lines deleted...]
-      <c r="AB110" s="224" t="s">
+      <c r="V110" s="22"/>
+      <c r="W110" s="22"/>
+      <c r="X110" s="22"/>
+      <c r="AB110" s="268" t="s">
         <v>48</v>
       </c>
-      <c r="AC110" s="224"/>
+      <c r="AC110" s="268"/>
     </row>
     <row r="111" spans="3:29" ht="18">
-      <c r="C111" s="34" t="s">
+      <c r="C111" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="D111" s="34"/>
-      <c r="G111" s="35" t="s">
+      <c r="D111" s="28"/>
+      <c r="G111" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="H111" s="35"/>
-[...8 lines deleted...]
-      <c r="Q111" s="219">
+      <c r="H111" s="25"/>
+      <c r="I111" s="25"/>
+      <c r="J111" s="25"/>
+      <c r="K111" s="25"/>
+      <c r="L111" s="25"/>
+      <c r="M111" s="25"/>
+      <c r="N111" s="25"/>
+      <c r="O111" s="25"/>
+      <c r="P111" s="25"/>
+      <c r="Q111" s="258">
         <v>1</v>
       </c>
-      <c r="R111" s="219"/>
-      <c r="U111" s="24" t="s">
+      <c r="R111" s="258"/>
+      <c r="U111" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="V111" s="24"/>
-[...5 lines deleted...]
-      <c r="AC111" s="223"/>
+      <c r="V111" s="22"/>
+      <c r="W111" s="22"/>
+      <c r="X111" s="22"/>
+      <c r="AB111" s="257">
+        <v>2026</v>
+      </c>
+      <c r="AC111" s="257"/>
     </row>
     <row r="112" spans="3:29" ht="18">
-      <c r="C112" s="34" t="s">
+      <c r="C112" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="D112" s="34"/>
-      <c r="G112" s="35" t="s">
+      <c r="D112" s="28"/>
+      <c r="G112" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="H112" s="35"/>
-[...8 lines deleted...]
-      <c r="Q112" s="219">
+      <c r="H112" s="25"/>
+      <c r="I112" s="25"/>
+      <c r="J112" s="25"/>
+      <c r="K112" s="25"/>
+      <c r="L112" s="25"/>
+      <c r="M112" s="25"/>
+      <c r="N112" s="25"/>
+      <c r="O112" s="25"/>
+      <c r="P112" s="25"/>
+      <c r="Q112" s="258">
         <v>2</v>
       </c>
-      <c r="R112" s="219"/>
-      <c r="U112" s="24" t="s">
+      <c r="R112" s="258"/>
+      <c r="U112" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="V112" s="24"/>
-[...5 lines deleted...]
-      <c r="AC112" s="223"/>
+      <c r="V112" s="22"/>
+      <c r="W112" s="22"/>
+      <c r="X112" s="22"/>
+      <c r="AB112" s="257">
+        <v>2027</v>
+      </c>
+      <c r="AC112" s="257"/>
     </row>
     <row r="113" spans="3:29" ht="18">
-      <c r="C113" s="34" t="s">
+      <c r="C113" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="D113" s="34"/>
-      <c r="G113" s="35" t="s">
+      <c r="D113" s="28"/>
+      <c r="G113" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H113" s="35"/>
-[...8 lines deleted...]
-      <c r="Q113" s="219">
+      <c r="H113" s="25"/>
+      <c r="I113" s="25"/>
+      <c r="J113" s="25"/>
+      <c r="K113" s="25"/>
+      <c r="L113" s="25"/>
+      <c r="M113" s="25"/>
+      <c r="N113" s="25"/>
+      <c r="O113" s="25"/>
+      <c r="P113" s="25"/>
+      <c r="Q113" s="258">
         <v>3</v>
       </c>
-      <c r="R113" s="219"/>
-      <c r="U113" s="24" t="s">
+      <c r="R113" s="258"/>
+      <c r="U113" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="V113" s="24"/>
-[...5 lines deleted...]
-      <c r="AC113" s="223"/>
+      <c r="V113" s="22"/>
+      <c r="W113" s="22"/>
+      <c r="X113" s="22"/>
+      <c r="AB113" s="257">
+        <v>2028</v>
+      </c>
+      <c r="AC113" s="257"/>
     </row>
     <row r="114" spans="3:29" ht="18">
-      <c r="C114" s="34" t="s">
+      <c r="C114" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="D114" s="34"/>
-      <c r="G114" s="35" t="s">
+      <c r="D114" s="28"/>
+      <c r="G114" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="H114" s="35"/>
-[...8 lines deleted...]
-      <c r="Q114" s="219">
+      <c r="H114" s="25"/>
+      <c r="I114" s="25"/>
+      <c r="J114" s="25"/>
+      <c r="K114" s="25"/>
+      <c r="L114" s="25"/>
+      <c r="M114" s="25"/>
+      <c r="N114" s="25"/>
+      <c r="O114" s="25"/>
+      <c r="P114" s="25"/>
+      <c r="Q114" s="258">
         <v>4</v>
       </c>
-      <c r="R114" s="219"/>
-      <c r="U114" s="24" t="s">
+      <c r="R114" s="258"/>
+      <c r="U114" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="V114" s="24"/>
-[...5 lines deleted...]
-      <c r="AC114" s="223"/>
+      <c r="V114" s="22"/>
+      <c r="W114" s="22"/>
+      <c r="X114" s="22"/>
+      <c r="AB114" s="257">
+        <v>2029</v>
+      </c>
+      <c r="AC114" s="257"/>
     </row>
     <row r="115" spans="3:29" ht="18">
-      <c r="C115" s="34" t="s">
+      <c r="C115" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="D115" s="34"/>
-      <c r="G115" s="35" t="s">
+      <c r="D115" s="28"/>
+      <c r="G115" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H115" s="35"/>
-[...8 lines deleted...]
-      <c r="Q115" s="219">
+      <c r="H115" s="25"/>
+      <c r="I115" s="25"/>
+      <c r="J115" s="25"/>
+      <c r="K115" s="25"/>
+      <c r="L115" s="25"/>
+      <c r="M115" s="25"/>
+      <c r="N115" s="25"/>
+      <c r="O115" s="25"/>
+      <c r="P115" s="25"/>
+      <c r="Q115" s="258">
         <v>5</v>
       </c>
-      <c r="R115" s="219"/>
-      <c r="U115" s="24" t="s">
+      <c r="R115" s="258"/>
+      <c r="U115" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="V115" s="24"/>
-[...5 lines deleted...]
-      <c r="AC115" s="223"/>
+      <c r="V115" s="22"/>
+      <c r="W115" s="22"/>
+      <c r="X115" s="22"/>
+      <c r="AB115" s="257">
+        <v>2030</v>
+      </c>
+      <c r="AC115" s="257"/>
     </row>
     <row r="116" spans="3:29" ht="18">
-      <c r="C116" s="34" t="s">
+      <c r="C116" s="28" t="s">
         <v>115</v>
       </c>
-      <c r="G116" s="35" t="s">
+      <c r="G116" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="H116" s="35"/>
-[...8 lines deleted...]
-      <c r="Q116" s="219">
+      <c r="H116" s="25"/>
+      <c r="I116" s="25"/>
+      <c r="J116" s="25"/>
+      <c r="K116" s="25"/>
+      <c r="L116" s="25"/>
+      <c r="M116" s="25"/>
+      <c r="N116" s="25"/>
+      <c r="O116" s="25"/>
+      <c r="P116" s="25"/>
+      <c r="Q116" s="258">
         <v>6</v>
       </c>
-      <c r="R116" s="219"/>
-      <c r="U116" s="24" t="s">
+      <c r="R116" s="258"/>
+      <c r="U116" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="V116" s="24"/>
-[...5 lines deleted...]
-      <c r="AC116" s="223"/>
+      <c r="V116" s="22"/>
+      <c r="W116" s="22"/>
+      <c r="X116" s="22"/>
+      <c r="AB116" s="257">
+        <v>2031</v>
+      </c>
+      <c r="AC116" s="257"/>
     </row>
     <row r="117" spans="3:29" ht="18">
-      <c r="G117" s="35" t="s">
+      <c r="G117" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="H117" s="35"/>
-[...8 lines deleted...]
-      <c r="Q117" s="219">
+      <c r="H117" s="25"/>
+      <c r="I117" s="25"/>
+      <c r="J117" s="25"/>
+      <c r="K117" s="25"/>
+      <c r="L117" s="25"/>
+      <c r="M117" s="25"/>
+      <c r="N117" s="25"/>
+      <c r="O117" s="25"/>
+      <c r="P117" s="25"/>
+      <c r="Q117" s="258">
         <v>7</v>
       </c>
-      <c r="R117" s="219"/>
-      <c r="U117" s="24" t="s">
+      <c r="R117" s="258"/>
+      <c r="U117" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="V117" s="24"/>
-[...5 lines deleted...]
-      <c r="AC117" s="223"/>
+      <c r="V117" s="22"/>
+      <c r="W117" s="22"/>
+      <c r="X117" s="22"/>
+      <c r="AB117" s="257">
+        <v>2032</v>
+      </c>
+      <c r="AC117" s="257"/>
     </row>
     <row r="118" spans="3:29" ht="18">
-      <c r="G118" s="35" t="s">
+      <c r="G118" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="H118" s="35"/>
-[...8 lines deleted...]
-      <c r="Q118" s="219">
+      <c r="H118" s="25"/>
+      <c r="I118" s="25"/>
+      <c r="J118" s="25"/>
+      <c r="K118" s="25"/>
+      <c r="L118" s="25"/>
+      <c r="M118" s="25"/>
+      <c r="N118" s="25"/>
+      <c r="O118" s="25"/>
+      <c r="P118" s="25"/>
+      <c r="Q118" s="258">
         <v>8</v>
       </c>
-      <c r="R118" s="219"/>
-      <c r="U118" s="24" t="s">
+      <c r="R118" s="258"/>
+      <c r="U118" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="V118" s="24"/>
-[...5 lines deleted...]
-      <c r="AC118" s="223"/>
+      <c r="V118" s="22"/>
+      <c r="W118" s="22"/>
+      <c r="X118" s="22"/>
+      <c r="AB118" s="257">
+        <v>2033</v>
+      </c>
+      <c r="AC118" s="257"/>
     </row>
     <row r="119" spans="3:29" ht="18">
-      <c r="G119" s="35" t="s">
+      <c r="G119" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="H119" s="35"/>
-[...8 lines deleted...]
-      <c r="Q119" s="219">
+      <c r="H119" s="25"/>
+      <c r="I119" s="25"/>
+      <c r="J119" s="25"/>
+      <c r="K119" s="25"/>
+      <c r="L119" s="25"/>
+      <c r="M119" s="25"/>
+      <c r="N119" s="25"/>
+      <c r="O119" s="25"/>
+      <c r="P119" s="25"/>
+      <c r="Q119" s="258">
         <v>9</v>
       </c>
-      <c r="R119" s="219"/>
-      <c r="U119" s="24" t="s">
+      <c r="R119" s="258"/>
+      <c r="U119" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="V119" s="24"/>
-[...5 lines deleted...]
-      <c r="AC119" s="223"/>
+      <c r="V119" s="22"/>
+      <c r="W119" s="22"/>
+      <c r="X119" s="22"/>
+      <c r="AB119" s="257">
+        <v>2034</v>
+      </c>
+      <c r="AC119" s="257"/>
     </row>
     <row r="120" spans="3:29" ht="18">
-      <c r="G120" s="35" t="s">
+      <c r="G120" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="H120" s="35"/>
-[...8 lines deleted...]
-      <c r="Q120" s="219">
+      <c r="H120" s="25"/>
+      <c r="I120" s="25"/>
+      <c r="J120" s="25"/>
+      <c r="K120" s="25"/>
+      <c r="L120" s="25"/>
+      <c r="M120" s="25"/>
+      <c r="N120" s="25"/>
+      <c r="O120" s="25"/>
+      <c r="P120" s="25"/>
+      <c r="Q120" s="258">
         <v>10</v>
       </c>
-      <c r="R120" s="219"/>
-      <c r="U120" s="24" t="s">
+      <c r="R120" s="258"/>
+      <c r="U120" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="V120" s="24"/>
-[...5 lines deleted...]
-      <c r="AC120" s="223"/>
+      <c r="V120" s="22"/>
+      <c r="W120" s="22"/>
+      <c r="X120" s="22"/>
+      <c r="AB120" s="257">
+        <v>2035</v>
+      </c>
+      <c r="AC120" s="257"/>
     </row>
     <row r="121" spans="3:29" ht="18">
-      <c r="G121" s="35" t="s">
+      <c r="G121" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="H121" s="35"/>
-[...8 lines deleted...]
-      <c r="Q121" s="219">
+      <c r="H121" s="25"/>
+      <c r="I121" s="25"/>
+      <c r="J121" s="25"/>
+      <c r="K121" s="25"/>
+      <c r="L121" s="25"/>
+      <c r="M121" s="25"/>
+      <c r="N121" s="25"/>
+      <c r="O121" s="25"/>
+      <c r="P121" s="25"/>
+      <c r="Q121" s="258">
         <v>11</v>
       </c>
-      <c r="R121" s="219"/>
-      <c r="U121" s="24" t="s">
+      <c r="R121" s="258"/>
+      <c r="U121" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="V121" s="24"/>
-[...5 lines deleted...]
-      <c r="AC121" s="223"/>
+      <c r="V121" s="22"/>
+      <c r="W121" s="22"/>
+      <c r="X121" s="22"/>
+      <c r="AB121" s="257">
+        <v>2036</v>
+      </c>
+      <c r="AC121" s="257"/>
     </row>
     <row r="122" spans="3:29" ht="18">
-      <c r="G122" s="35" t="s">
+      <c r="G122" s="25" t="s">
         <v>161</v>
       </c>
-      <c r="H122" s="35"/>
-[...8 lines deleted...]
-      <c r="Q122" s="219">
+      <c r="H122" s="25"/>
+      <c r="I122" s="25"/>
+      <c r="J122" s="25"/>
+      <c r="K122" s="25"/>
+      <c r="L122" s="25"/>
+      <c r="M122" s="25"/>
+      <c r="N122" s="25"/>
+      <c r="O122" s="25"/>
+      <c r="P122" s="25"/>
+      <c r="Q122" s="258">
         <v>12</v>
       </c>
-      <c r="R122" s="219"/>
-      <c r="U122" s="24" t="s">
+      <c r="R122" s="258"/>
+      <c r="U122" s="22" t="s">
         <v>61</v>
       </c>
-      <c r="V122" s="24"/>
-[...5 lines deleted...]
-      <c r="AC122" s="223"/>
+      <c r="V122" s="22"/>
+      <c r="W122" s="22"/>
+      <c r="X122" s="22"/>
+      <c r="AB122" s="257">
+        <v>2037</v>
+      </c>
+      <c r="AC122" s="257"/>
     </row>
     <row r="123" spans="3:29" ht="18">
-      <c r="G123" s="35" t="s">
+      <c r="G123" s="25" t="s">
         <v>165</v>
       </c>
-      <c r="H123" s="35"/>
-[...8 lines deleted...]
-      <c r="Q123" s="219">
+      <c r="H123" s="25"/>
+      <c r="I123" s="25"/>
+      <c r="J123" s="25"/>
+      <c r="K123" s="25"/>
+      <c r="L123" s="25"/>
+      <c r="M123" s="25"/>
+      <c r="N123" s="25"/>
+      <c r="O123" s="25"/>
+      <c r="P123" s="25"/>
+      <c r="Q123" s="258">
         <v>13</v>
       </c>
-      <c r="R123" s="219"/>
-[...3 lines deleted...]
-      <c r="AC123" s="223"/>
+      <c r="R123" s="258"/>
+      <c r="AB123" s="257">
+        <v>2038</v>
+      </c>
+      <c r="AC123" s="257"/>
     </row>
     <row r="124" spans="3:29" ht="18">
-      <c r="G124" s="35" t="s">
+      <c r="G124" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="H124" s="35"/>
-[...8 lines deleted...]
-      <c r="Q124" s="219">
+      <c r="H124" s="25"/>
+      <c r="I124" s="25"/>
+      <c r="J124" s="25"/>
+      <c r="K124" s="25"/>
+      <c r="L124" s="25"/>
+      <c r="M124" s="25"/>
+      <c r="N124" s="25"/>
+      <c r="O124" s="25"/>
+      <c r="P124" s="25"/>
+      <c r="Q124" s="258">
         <v>14</v>
       </c>
-      <c r="R124" s="219"/>
-[...3 lines deleted...]
-      <c r="AC124" s="223"/>
+      <c r="R124" s="258"/>
+      <c r="AB124" s="257">
+        <v>2039</v>
+      </c>
+      <c r="AC124" s="257"/>
     </row>
     <row r="125" spans="3:29" ht="18">
-      <c r="G125" s="35" t="s">
+      <c r="G125" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="H125" s="35"/>
-[...8 lines deleted...]
-      <c r="Q125" s="219">
+      <c r="H125" s="25"/>
+      <c r="I125" s="25"/>
+      <c r="J125" s="25"/>
+      <c r="K125" s="25"/>
+      <c r="L125" s="25"/>
+      <c r="M125" s="25"/>
+      <c r="N125" s="25"/>
+      <c r="O125" s="25"/>
+      <c r="P125" s="25"/>
+      <c r="Q125" s="258">
         <v>15</v>
       </c>
-      <c r="R125" s="219"/>
-[...3 lines deleted...]
-      <c r="AC125" s="223"/>
+      <c r="R125" s="258"/>
+      <c r="AB125" s="257">
+        <v>2040</v>
+      </c>
+      <c r="AC125" s="257"/>
     </row>
     <row r="126" spans="3:29" ht="18">
-      <c r="G126" s="35" t="s">
+      <c r="G126" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="H126" s="35"/>
-[...8 lines deleted...]
-      <c r="Q126" s="219">
+      <c r="H126" s="25"/>
+      <c r="I126" s="25"/>
+      <c r="J126" s="25"/>
+      <c r="K126" s="25"/>
+      <c r="L126" s="25"/>
+      <c r="M126" s="25"/>
+      <c r="N126" s="25"/>
+      <c r="O126" s="25"/>
+      <c r="P126" s="25"/>
+      <c r="Q126" s="258">
         <v>16</v>
       </c>
-      <c r="R126" s="219"/>
+      <c r="R126" s="258"/>
     </row>
     <row r="127" spans="3:29" ht="18">
-      <c r="G127" s="35" t="s">
+      <c r="G127" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="H127" s="35"/>
-[...8 lines deleted...]
-      <c r="Q127" s="219">
+      <c r="H127" s="25"/>
+      <c r="I127" s="25"/>
+      <c r="J127" s="25"/>
+      <c r="K127" s="25"/>
+      <c r="L127" s="25"/>
+      <c r="M127" s="25"/>
+      <c r="N127" s="25"/>
+      <c r="O127" s="25"/>
+      <c r="P127" s="25"/>
+      <c r="Q127" s="258">
         <v>17</v>
       </c>
-      <c r="R127" s="219"/>
+      <c r="R127" s="258"/>
     </row>
     <row r="128" spans="3:29" ht="18">
-      <c r="G128" s="35" t="s">
+      <c r="G128" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="H128" s="35"/>
-[...8 lines deleted...]
-      <c r="Q128" s="219">
+      <c r="H128" s="25"/>
+      <c r="I128" s="25"/>
+      <c r="J128" s="25"/>
+      <c r="K128" s="25"/>
+      <c r="L128" s="25"/>
+      <c r="M128" s="25"/>
+      <c r="N128" s="25"/>
+      <c r="O128" s="25"/>
+      <c r="P128" s="25"/>
+      <c r="Q128" s="258">
         <v>18</v>
       </c>
-      <c r="R128" s="219"/>
+      <c r="R128" s="258"/>
     </row>
     <row r="129" spans="7:18" ht="18">
-      <c r="G129" s="35" t="s">
+      <c r="G129" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="H129" s="35"/>
-[...8 lines deleted...]
-      <c r="Q129" s="219">
+      <c r="H129" s="25"/>
+      <c r="I129" s="25"/>
+      <c r="J129" s="25"/>
+      <c r="K129" s="25"/>
+      <c r="L129" s="25"/>
+      <c r="M129" s="25"/>
+      <c r="N129" s="25"/>
+      <c r="O129" s="25"/>
+      <c r="P129" s="25"/>
+      <c r="Q129" s="258">
         <v>19</v>
       </c>
-      <c r="R129" s="219"/>
+      <c r="R129" s="258"/>
     </row>
     <row r="130" spans="7:18" ht="18">
-      <c r="G130" s="35" t="s">
+      <c r="G130" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="H130" s="35"/>
-[...8 lines deleted...]
-      <c r="Q130" s="219">
+      <c r="H130" s="25"/>
+      <c r="I130" s="25"/>
+      <c r="J130" s="25"/>
+      <c r="K130" s="25"/>
+      <c r="L130" s="25"/>
+      <c r="M130" s="25"/>
+      <c r="N130" s="25"/>
+      <c r="O130" s="25"/>
+      <c r="P130" s="25"/>
+      <c r="Q130" s="258">
         <v>20</v>
       </c>
-      <c r="R130" s="219"/>
+      <c r="R130" s="258"/>
     </row>
     <row r="131" spans="7:18" ht="18">
-      <c r="H131" s="35"/>
-[...8 lines deleted...]
-      <c r="Q131" s="219">
+      <c r="H131" s="25"/>
+      <c r="I131" s="25"/>
+      <c r="J131" s="25"/>
+      <c r="K131" s="25"/>
+      <c r="L131" s="25"/>
+      <c r="M131" s="25"/>
+      <c r="N131" s="25"/>
+      <c r="O131" s="25"/>
+      <c r="P131" s="25"/>
+      <c r="Q131" s="258">
         <v>21</v>
       </c>
-      <c r="R131" s="219"/>
+      <c r="R131" s="258"/>
     </row>
     <row r="132" spans="7:18" ht="18">
-      <c r="H132" s="35"/>
-[...8 lines deleted...]
-      <c r="Q132" s="219">
+      <c r="H132" s="25"/>
+      <c r="I132" s="25"/>
+      <c r="J132" s="25"/>
+      <c r="K132" s="25"/>
+      <c r="L132" s="25"/>
+      <c r="M132" s="25"/>
+      <c r="N132" s="25"/>
+      <c r="O132" s="25"/>
+      <c r="P132" s="25"/>
+      <c r="Q132" s="258">
         <v>22</v>
       </c>
-      <c r="R132" s="219"/>
+      <c r="R132" s="258"/>
     </row>
     <row r="133" spans="7:18" ht="18">
-      <c r="H133" s="35"/>
-[...8 lines deleted...]
-      <c r="Q133" s="219">
+      <c r="H133" s="25"/>
+      <c r="I133" s="25"/>
+      <c r="J133" s="25"/>
+      <c r="K133" s="25"/>
+      <c r="L133" s="25"/>
+      <c r="M133" s="25"/>
+      <c r="N133" s="25"/>
+      <c r="O133" s="25"/>
+      <c r="P133" s="25"/>
+      <c r="Q133" s="258">
         <v>23</v>
       </c>
-      <c r="R133" s="219"/>
+      <c r="R133" s="258"/>
     </row>
     <row r="134" spans="7:18" ht="18">
-      <c r="H134" s="35"/>
-[...8 lines deleted...]
-      <c r="Q134" s="219">
+      <c r="H134" s="25"/>
+      <c r="I134" s="25"/>
+      <c r="J134" s="25"/>
+      <c r="K134" s="25"/>
+      <c r="L134" s="25"/>
+      <c r="M134" s="25"/>
+      <c r="N134" s="25"/>
+      <c r="O134" s="25"/>
+      <c r="P134" s="25"/>
+      <c r="Q134" s="258">
         <v>24</v>
       </c>
-      <c r="R134" s="219"/>
+      <c r="R134" s="258"/>
     </row>
     <row r="135" spans="7:18" ht="18">
-      <c r="H135" s="35"/>
-[...8 lines deleted...]
-      <c r="Q135" s="219">
+      <c r="H135" s="25"/>
+      <c r="I135" s="25"/>
+      <c r="J135" s="25"/>
+      <c r="K135" s="25"/>
+      <c r="L135" s="25"/>
+      <c r="M135" s="25"/>
+      <c r="N135" s="25"/>
+      <c r="O135" s="25"/>
+      <c r="P135" s="25"/>
+      <c r="Q135" s="258">
         <v>25</v>
       </c>
-      <c r="R135" s="219"/>
+      <c r="R135" s="258"/>
     </row>
     <row r="136" spans="7:18" ht="18">
-      <c r="H136" s="35"/>
-[...8 lines deleted...]
-      <c r="Q136" s="219">
+      <c r="H136" s="25"/>
+      <c r="I136" s="25"/>
+      <c r="J136" s="25"/>
+      <c r="K136" s="25"/>
+      <c r="L136" s="25"/>
+      <c r="M136" s="25"/>
+      <c r="N136" s="25"/>
+      <c r="O136" s="25"/>
+      <c r="P136" s="25"/>
+      <c r="Q136" s="258">
         <v>26</v>
       </c>
-      <c r="R136" s="219"/>
+      <c r="R136" s="258"/>
     </row>
     <row r="137" spans="7:18" ht="18">
-      <c r="H137" s="35"/>
-[...8 lines deleted...]
-      <c r="Q137" s="219">
+      <c r="H137" s="25"/>
+      <c r="I137" s="25"/>
+      <c r="J137" s="25"/>
+      <c r="K137" s="25"/>
+      <c r="L137" s="25"/>
+      <c r="M137" s="25"/>
+      <c r="N137" s="25"/>
+      <c r="O137" s="25"/>
+      <c r="P137" s="25"/>
+      <c r="Q137" s="258">
         <v>27</v>
       </c>
-      <c r="R137" s="219"/>
+      <c r="R137" s="258"/>
     </row>
     <row r="138" spans="7:18" ht="18">
-      <c r="H138" s="35"/>
-[...8 lines deleted...]
-      <c r="Q138" s="219">
+      <c r="H138" s="25"/>
+      <c r="I138" s="25"/>
+      <c r="J138" s="25"/>
+      <c r="K138" s="25"/>
+      <c r="L138" s="25"/>
+      <c r="M138" s="25"/>
+      <c r="N138" s="25"/>
+      <c r="O138" s="25"/>
+      <c r="P138" s="25"/>
+      <c r="Q138" s="258">
         <v>28</v>
       </c>
-      <c r="R138" s="219"/>
+      <c r="R138" s="258"/>
     </row>
     <row r="139" spans="7:18" ht="18">
-      <c r="H139" s="35"/>
-[...8 lines deleted...]
-      <c r="Q139" s="219">
+      <c r="H139" s="25"/>
+      <c r="I139" s="25"/>
+      <c r="J139" s="25"/>
+      <c r="K139" s="25"/>
+      <c r="L139" s="25"/>
+      <c r="M139" s="25"/>
+      <c r="N139" s="25"/>
+      <c r="O139" s="25"/>
+      <c r="P139" s="25"/>
+      <c r="Q139" s="258">
         <v>29</v>
       </c>
-      <c r="R139" s="219"/>
+      <c r="R139" s="258"/>
     </row>
     <row r="140" spans="7:18" ht="18">
-      <c r="Q140" s="219">
+      <c r="Q140" s="258">
         <v>30</v>
       </c>
-      <c r="R140" s="219"/>
+      <c r="R140" s="258"/>
     </row>
     <row r="141" spans="7:18" ht="18">
-      <c r="Q141" s="219">
+      <c r="Q141" s="258">
         <v>31</v>
       </c>
-      <c r="R141" s="219"/>
+      <c r="R141" s="258"/>
     </row>
   </sheetData>
-  <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="169">
-    <mergeCell ref="Z9:AC9"/>
-[...7 lines deleted...]
-    <mergeCell ref="AE5:AP5"/>
+    <mergeCell ref="AB111:AC111"/>
+    <mergeCell ref="AB115:AC115"/>
+    <mergeCell ref="AB117:AC117"/>
+    <mergeCell ref="AB113:AC113"/>
+    <mergeCell ref="AB120:AC120"/>
+    <mergeCell ref="Q130:R130"/>
+    <mergeCell ref="Q141:R141"/>
+    <mergeCell ref="Q132:R132"/>
+    <mergeCell ref="Q137:R137"/>
+    <mergeCell ref="Q138:R138"/>
+    <mergeCell ref="Q135:R135"/>
+    <mergeCell ref="Q136:R136"/>
+    <mergeCell ref="Q139:R139"/>
+    <mergeCell ref="Q140:R140"/>
+    <mergeCell ref="Q133:R133"/>
+    <mergeCell ref="Q134:R134"/>
+    <mergeCell ref="C67:AP67"/>
+    <mergeCell ref="D62:AO62"/>
+    <mergeCell ref="Q115:R115"/>
+    <mergeCell ref="C69:AP69"/>
+    <mergeCell ref="C70:AP70"/>
+    <mergeCell ref="D59:AO59"/>
+    <mergeCell ref="Q131:R131"/>
+    <mergeCell ref="C71:AP71"/>
+    <mergeCell ref="C66:AP66"/>
+    <mergeCell ref="Q128:R128"/>
+    <mergeCell ref="Q129:R129"/>
+    <mergeCell ref="Q119:R119"/>
+    <mergeCell ref="Q127:R127"/>
+    <mergeCell ref="Q125:R125"/>
+    <mergeCell ref="Q122:R122"/>
+    <mergeCell ref="AB124:AC124"/>
+    <mergeCell ref="AB121:AC121"/>
+    <mergeCell ref="C68:AP68"/>
+    <mergeCell ref="Q126:R126"/>
+    <mergeCell ref="AB110:AC110"/>
+    <mergeCell ref="AB112:AC112"/>
+    <mergeCell ref="Q114:R114"/>
+    <mergeCell ref="Q111:R111"/>
+    <mergeCell ref="AB116:AC116"/>
+    <mergeCell ref="AB123:AC123"/>
+    <mergeCell ref="Q124:R124"/>
+    <mergeCell ref="AB122:AC122"/>
+    <mergeCell ref="Q121:R121"/>
+    <mergeCell ref="Q123:R123"/>
+    <mergeCell ref="C65:AP65"/>
+    <mergeCell ref="AB125:AC125"/>
+    <mergeCell ref="AL46:AO46"/>
+    <mergeCell ref="Z48:AC48"/>
+    <mergeCell ref="D57:AO57"/>
+    <mergeCell ref="AF48:AI48"/>
+    <mergeCell ref="AF46:AI46"/>
+    <mergeCell ref="Z46:AC46"/>
+    <mergeCell ref="Z50:AC50"/>
+    <mergeCell ref="AF50:AI50"/>
+    <mergeCell ref="Q118:R118"/>
+    <mergeCell ref="Q120:R120"/>
+    <mergeCell ref="D61:AO61"/>
+    <mergeCell ref="D54:AO54"/>
+    <mergeCell ref="D60:AO60"/>
+    <mergeCell ref="D55:AO55"/>
+    <mergeCell ref="D63:AO63"/>
+    <mergeCell ref="D64:AO64"/>
+    <mergeCell ref="D58:AO58"/>
+    <mergeCell ref="D53:AO53"/>
+    <mergeCell ref="C52:F52"/>
+    <mergeCell ref="AL48:AO48"/>
+    <mergeCell ref="AL50:AO50"/>
+    <mergeCell ref="D50:X50"/>
+    <mergeCell ref="AB119:AC119"/>
+    <mergeCell ref="AF44:AI44"/>
+    <mergeCell ref="D40:X40"/>
+    <mergeCell ref="D48:X48"/>
+    <mergeCell ref="Z40:AC40"/>
+    <mergeCell ref="Z42:AC42"/>
+    <mergeCell ref="D44:X44"/>
+    <mergeCell ref="AF40:AI40"/>
+    <mergeCell ref="Z44:AC44"/>
+    <mergeCell ref="D46:X46"/>
+    <mergeCell ref="AF42:AI42"/>
+    <mergeCell ref="AB118:AC118"/>
+    <mergeCell ref="Q110:R110"/>
+    <mergeCell ref="Q116:R116"/>
+    <mergeCell ref="Q113:R113"/>
+    <mergeCell ref="AB114:AC114"/>
+    <mergeCell ref="Q112:R112"/>
+    <mergeCell ref="Q117:R117"/>
+    <mergeCell ref="D56:AO56"/>
+    <mergeCell ref="C14:AP16"/>
+    <mergeCell ref="AK22:AP22"/>
+    <mergeCell ref="AN26:AP26"/>
+    <mergeCell ref="AL44:AO44"/>
+    <mergeCell ref="AL36:AO36"/>
+    <mergeCell ref="AL34:AO34"/>
+    <mergeCell ref="AL40:AO40"/>
+    <mergeCell ref="AL42:AO42"/>
+    <mergeCell ref="H12:L12"/>
+    <mergeCell ref="S12:T12"/>
+    <mergeCell ref="AF34:AI34"/>
+    <mergeCell ref="AF36:AI36"/>
+    <mergeCell ref="D38:X38"/>
+    <mergeCell ref="Z36:AC36"/>
+    <mergeCell ref="D30:X30"/>
+    <mergeCell ref="D32:X32"/>
+    <mergeCell ref="Z30:AC30"/>
+    <mergeCell ref="D42:X42"/>
+    <mergeCell ref="Z38:AC38"/>
+    <mergeCell ref="D36:X36"/>
+    <mergeCell ref="D34:X34"/>
+    <mergeCell ref="Z34:AC34"/>
+    <mergeCell ref="M12:O12"/>
+    <mergeCell ref="P12:R12"/>
+    <mergeCell ref="Z12:AB12"/>
+    <mergeCell ref="Z28:AC28"/>
+    <mergeCell ref="Y23:AD23"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="AF28:AI28"/>
+    <mergeCell ref="AL38:AO38"/>
+    <mergeCell ref="AF38:AI38"/>
+    <mergeCell ref="AL30:AO30"/>
+    <mergeCell ref="AL32:AO32"/>
+    <mergeCell ref="AL28:AO28"/>
+    <mergeCell ref="U12:Y12"/>
+    <mergeCell ref="C25:F25"/>
+    <mergeCell ref="AE23:AJ23"/>
+    <mergeCell ref="C23:X23"/>
+    <mergeCell ref="D17:AN21"/>
+    <mergeCell ref="AF32:AI32"/>
+    <mergeCell ref="D26:X26"/>
+    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="AE22:AJ22"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="AC12:AF12"/>
+    <mergeCell ref="AG12:AP12"/>
+    <mergeCell ref="D28:X28"/>
     <mergeCell ref="AK23:AP23"/>
     <mergeCell ref="Y22:AD22"/>
     <mergeCell ref="Z32:AC32"/>
     <mergeCell ref="C11:AB11"/>
     <mergeCell ref="AC11:AP11"/>
     <mergeCell ref="C10:G10"/>
     <mergeCell ref="L6:O6"/>
     <mergeCell ref="P6:Z6"/>
     <mergeCell ref="G6:K6"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="AE6:AP6"/>
     <mergeCell ref="AA7:AD7"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="AA6:AD6"/>
     <mergeCell ref="L9:Y9"/>
     <mergeCell ref="AE7:AP7"/>
     <mergeCell ref="H10:Y10"/>
     <mergeCell ref="Z10:AB10"/>
     <mergeCell ref="AC10:AP10"/>
     <mergeCell ref="G7:Z7"/>
     <mergeCell ref="C8:K8"/>
     <mergeCell ref="C9:K9"/>
     <mergeCell ref="L8:AP8"/>
     <mergeCell ref="AD9:AP9"/>
-    <mergeCell ref="Z12:AB12"/>
-[...134 lines deleted...]
-    <mergeCell ref="Q134:R134"/>
+    <mergeCell ref="Z9:AC9"/>
+    <mergeCell ref="C3:AP3"/>
+    <mergeCell ref="C4:AP4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:K5"/>
+    <mergeCell ref="L5:O5"/>
+    <mergeCell ref="P5:Z5"/>
+    <mergeCell ref="AA5:AD5"/>
+    <mergeCell ref="AE5:AP5"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G97:G102 G111:G114"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S12:T12 F12:G12">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G97:G102 G111:G114" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S12:T12 F12:G12" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>$Q$110:$Q$142</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H12:L12 U12:Y12">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H12:L12 U12:Y12" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>$U$110:$U$122</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M12:O12 Z12:AB12">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M12:O12 Z12:AB12" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>$AB$110:$AB$125</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="1.0236220472440944" right="0.27559055118110237" top="0.59055118110236227" bottom="0.47244094488188981" header="0.51181102362204722" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;RBlankett VE-185 (Excel)</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor indexed="11"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BN138"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A43" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="L12" sqref="L12:Z12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3.140625" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" customWidth="1"/>
     <col min="3" max="3" width="2.85546875" customWidth="1"/>
     <col min="4" max="4" width="3.7109375" customWidth="1"/>
     <col min="5" max="5" width="4.7109375" customWidth="1"/>
     <col min="6" max="25" width="3.7109375" customWidth="1"/>
     <col min="26" max="26" width="4.28515625" customWidth="1"/>
     <col min="27" max="42" width="3.7109375" customWidth="1"/>
     <col min="43" max="43" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:66" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B2" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="186"/>
+      <c r="B2" s="138"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="138"/>
+      <c r="O2" s="138"/>
+      <c r="P2" s="138"/>
+      <c r="Q2" s="138"/>
+      <c r="R2" s="138"/>
+      <c r="S2" s="138"/>
+      <c r="T2" s="138"/>
+      <c r="U2" s="138"/>
+      <c r="V2" s="138"/>
+      <c r="W2" s="138"/>
+      <c r="X2" s="138"/>
+      <c r="Y2" s="138"/>
+      <c r="Z2" s="138"/>
+      <c r="AA2" s="138"/>
+      <c r="AB2" s="138"/>
+      <c r="AC2" s="138"/>
+      <c r="AD2" s="138"/>
+      <c r="AE2" s="138"/>
+      <c r="AF2" s="138"/>
+      <c r="AG2" s="138"/>
+      <c r="AH2" s="138"/>
+      <c r="AI2" s="138"/>
+      <c r="AJ2" s="138"/>
+      <c r="AK2" s="138"/>
+      <c r="AL2" s="138"/>
+      <c r="AM2" s="138"/>
+      <c r="AN2" s="138"/>
+      <c r="AO2" s="138"/>
+      <c r="AP2" s="138"/>
+      <c r="AQ2" s="138"/>
     </row>
     <row r="3" spans="2:66" ht="91.5" customHeight="1">
-      <c r="B3" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="186"/>
+      <c r="B3" s="138"/>
+      <c r="C3" s="296"/>
+      <c r="D3" s="297"/>
+      <c r="E3" s="297"/>
+      <c r="F3" s="297"/>
+      <c r="G3" s="297"/>
+      <c r="H3" s="297"/>
+      <c r="I3" s="297"/>
+      <c r="J3" s="297"/>
+      <c r="K3" s="297"/>
+      <c r="L3" s="297"/>
+      <c r="M3" s="297"/>
+      <c r="N3" s="297"/>
+      <c r="O3" s="297"/>
+      <c r="P3" s="297"/>
+      <c r="Q3" s="297"/>
+      <c r="R3" s="297"/>
+      <c r="S3" s="297"/>
+      <c r="T3" s="297"/>
+      <c r="U3" s="297"/>
+      <c r="V3" s="297"/>
+      <c r="W3" s="297"/>
+      <c r="X3" s="297"/>
+      <c r="Y3" s="297"/>
+      <c r="Z3" s="297"/>
+      <c r="AA3" s="297"/>
+      <c r="AB3" s="297"/>
+      <c r="AC3" s="297"/>
+      <c r="AD3" s="297"/>
+      <c r="AE3" s="297"/>
+      <c r="AF3" s="297"/>
+      <c r="AG3" s="297"/>
+      <c r="AH3" s="297"/>
+      <c r="AI3" s="297"/>
+      <c r="AJ3" s="297"/>
+      <c r="AK3" s="297"/>
+      <c r="AL3" s="297"/>
+      <c r="AM3" s="297"/>
+      <c r="AN3" s="297"/>
+      <c r="AO3" s="297"/>
+      <c r="AP3" s="298"/>
+      <c r="AQ3" s="138"/>
     </row>
     <row r="4" spans="2:66" ht="32.25" customHeight="1">
-      <c r="B4" s="186"/>
-      <c r="C4" s="332" t="s">
+      <c r="B4" s="138"/>
+      <c r="C4" s="299" t="s">
         <v>93</v>
       </c>
-      <c r="D4" s="333"/>
-[...42 lines deleted...]
-      <c r="C5" s="338" t="s">
+      <c r="D4" s="300"/>
+      <c r="E4" s="300"/>
+      <c r="F4" s="300"/>
+      <c r="G4" s="300"/>
+      <c r="H4" s="300"/>
+      <c r="I4" s="300"/>
+      <c r="J4" s="300"/>
+      <c r="K4" s="300"/>
+      <c r="L4" s="300"/>
+      <c r="M4" s="300"/>
+      <c r="N4" s="300"/>
+      <c r="O4" s="300"/>
+      <c r="P4" s="300"/>
+      <c r="Q4" s="300"/>
+      <c r="R4" s="300"/>
+      <c r="S4" s="300"/>
+      <c r="T4" s="300"/>
+      <c r="U4" s="300"/>
+      <c r="V4" s="300"/>
+      <c r="W4" s="300"/>
+      <c r="X4" s="300"/>
+      <c r="Y4" s="300"/>
+      <c r="Z4" s="300"/>
+      <c r="AA4" s="300"/>
+      <c r="AB4" s="300"/>
+      <c r="AC4" s="300"/>
+      <c r="AD4" s="300"/>
+      <c r="AE4" s="300"/>
+      <c r="AF4" s="300"/>
+      <c r="AG4" s="300"/>
+      <c r="AH4" s="300"/>
+      <c r="AI4" s="300"/>
+      <c r="AJ4" s="300"/>
+      <c r="AK4" s="300"/>
+      <c r="AL4" s="300"/>
+      <c r="AM4" s="300"/>
+      <c r="AN4" s="300"/>
+      <c r="AO4" s="300"/>
+      <c r="AP4" s="301"/>
+      <c r="AQ4" s="138"/>
+    </row>
+    <row r="5" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B5" s="137"/>
+      <c r="C5" s="272" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="337"/>
-[...2 lines deleted...]
-      <c r="G5" s="335">
+      <c r="D5" s="273"/>
+      <c r="E5" s="273"/>
+      <c r="F5" s="273"/>
+      <c r="G5" s="269">
         <f>Risikovurdering!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="335"/>
-[...3 lines deleted...]
-      <c r="L5" s="337" t="s">
+      <c r="H5" s="269"/>
+      <c r="I5" s="269"/>
+      <c r="J5" s="269"/>
+      <c r="K5" s="269"/>
+      <c r="L5" s="273" t="s">
         <v>136</v>
       </c>
-      <c r="M5" s="337"/>
-[...2 lines deleted...]
-      <c r="P5" s="335">
+      <c r="M5" s="273"/>
+      <c r="N5" s="273"/>
+      <c r="O5" s="273"/>
+      <c r="P5" s="269">
         <f>Risikovurdering!P5</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="335"/>
-[...9 lines deleted...]
-      <c r="AA5" s="337" t="s">
+      <c r="Q5" s="269"/>
+      <c r="R5" s="269"/>
+      <c r="S5" s="269"/>
+      <c r="T5" s="269"/>
+      <c r="U5" s="269"/>
+      <c r="V5" s="269"/>
+      <c r="W5" s="269"/>
+      <c r="X5" s="269"/>
+      <c r="Y5" s="269"/>
+      <c r="Z5" s="269"/>
+      <c r="AA5" s="273" t="s">
         <v>43</v>
       </c>
-      <c r="AB5" s="337"/>
-[...2 lines deleted...]
-      <c r="AE5" s="335">
+      <c r="AB5" s="273"/>
+      <c r="AC5" s="273"/>
+      <c r="AD5" s="273"/>
+      <c r="AE5" s="269">
         <f>Risikovurdering!AE5</f>
         <v>0</v>
       </c>
-      <c r="AF5" s="335"/>
-[...19 lines deleted...]
-      <c r="C6" s="338" t="s">
+      <c r="AF5" s="269"/>
+      <c r="AG5" s="269"/>
+      <c r="AH5" s="269"/>
+      <c r="AI5" s="269"/>
+      <c r="AJ5" s="269"/>
+      <c r="AK5" s="269"/>
+      <c r="AL5" s="269"/>
+      <c r="AM5" s="269"/>
+      <c r="AN5" s="269"/>
+      <c r="AO5" s="269"/>
+      <c r="AP5" s="280"/>
+      <c r="AQ5" s="137"/>
+      <c r="BJ5" s="47"/>
+      <c r="BK5" s="47"/>
+      <c r="BL5" s="48"/>
+      <c r="BM5" s="48"/>
+      <c r="BN5" s="49"/>
+    </row>
+    <row r="6" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B6" s="137"/>
+      <c r="C6" s="272" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="337"/>
-[...2 lines deleted...]
-      <c r="G6" s="335">
+      <c r="D6" s="273"/>
+      <c r="E6" s="273"/>
+      <c r="F6" s="273"/>
+      <c r="G6" s="269">
         <f>Risikovurdering!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="335"/>
-[...3 lines deleted...]
-      <c r="L6" s="337" t="s">
+      <c r="H6" s="269"/>
+      <c r="I6" s="269"/>
+      <c r="J6" s="269"/>
+      <c r="K6" s="269"/>
+      <c r="L6" s="273" t="s">
         <v>118</v>
       </c>
-      <c r="M6" s="337"/>
-[...2 lines deleted...]
-      <c r="P6" s="335">
+      <c r="M6" s="273"/>
+      <c r="N6" s="273"/>
+      <c r="O6" s="273"/>
+      <c r="P6" s="269">
         <f>Risikovurdering!P6</f>
         <v>0</v>
       </c>
-      <c r="Q6" s="335"/>
-[...9 lines deleted...]
-      <c r="AA6" s="337" t="s">
+      <c r="Q6" s="269"/>
+      <c r="R6" s="269"/>
+      <c r="S6" s="269"/>
+      <c r="T6" s="269"/>
+      <c r="U6" s="269"/>
+      <c r="V6" s="269"/>
+      <c r="W6" s="269"/>
+      <c r="X6" s="269"/>
+      <c r="Y6" s="269"/>
+      <c r="Z6" s="269"/>
+      <c r="AA6" s="273" t="s">
         <v>119</v>
       </c>
-      <c r="AB6" s="337"/>
-[...2 lines deleted...]
-      <c r="AE6" s="335">
+      <c r="AB6" s="273"/>
+      <c r="AC6" s="273"/>
+      <c r="AD6" s="273"/>
+      <c r="AE6" s="269">
         <f>Risikovurdering!AE6</f>
         <v>0</v>
       </c>
-      <c r="AF6" s="335"/>
-[...19 lines deleted...]
-      <c r="C7" s="338" t="s">
+      <c r="AF6" s="269"/>
+      <c r="AG6" s="269"/>
+      <c r="AH6" s="269"/>
+      <c r="AI6" s="269"/>
+      <c r="AJ6" s="269"/>
+      <c r="AK6" s="269"/>
+      <c r="AL6" s="269"/>
+      <c r="AM6" s="269"/>
+      <c r="AN6" s="269"/>
+      <c r="AO6" s="269"/>
+      <c r="AP6" s="280"/>
+      <c r="AQ6" s="137"/>
+      <c r="BJ6" s="22"/>
+      <c r="BK6" s="22"/>
+      <c r="BL6" s="24"/>
+      <c r="BM6" s="24"/>
+      <c r="BN6" s="24"/>
+    </row>
+    <row r="7" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B7" s="137"/>
+      <c r="C7" s="272" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="337"/>
-[...2 lines deleted...]
-      <c r="G7" s="335">
+      <c r="D7" s="273"/>
+      <c r="E7" s="273"/>
+      <c r="F7" s="273"/>
+      <c r="G7" s="269">
         <f>Risikovurdering!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="335"/>
-[...18 lines deleted...]
-      <c r="AA7" s="337" t="s">
+      <c r="H7" s="269"/>
+      <c r="I7" s="269"/>
+      <c r="J7" s="269"/>
+      <c r="K7" s="269"/>
+      <c r="L7" s="269"/>
+      <c r="M7" s="269"/>
+      <c r="N7" s="269"/>
+      <c r="O7" s="269"/>
+      <c r="P7" s="269"/>
+      <c r="Q7" s="269"/>
+      <c r="R7" s="269"/>
+      <c r="S7" s="269"/>
+      <c r="T7" s="269"/>
+      <c r="U7" s="269"/>
+      <c r="V7" s="269"/>
+      <c r="W7" s="269"/>
+      <c r="X7" s="269"/>
+      <c r="Y7" s="269"/>
+      <c r="Z7" s="269"/>
+      <c r="AA7" s="273" t="s">
         <v>49</v>
       </c>
-      <c r="AB7" s="337"/>
-[...2 lines deleted...]
-      <c r="AE7" s="335">
+      <c r="AB7" s="273"/>
+      <c r="AC7" s="273"/>
+      <c r="AD7" s="273"/>
+      <c r="AE7" s="269">
         <f>Risikovurdering!AE7</f>
         <v>0</v>
       </c>
-      <c r="AF7" s="335"/>
-[...19 lines deleted...]
-      <c r="C8" s="338" t="s">
+      <c r="AF7" s="269"/>
+      <c r="AG7" s="269"/>
+      <c r="AH7" s="269"/>
+      <c r="AI7" s="269"/>
+      <c r="AJ7" s="269"/>
+      <c r="AK7" s="269"/>
+      <c r="AL7" s="269"/>
+      <c r="AM7" s="269"/>
+      <c r="AN7" s="269"/>
+      <c r="AO7" s="269"/>
+      <c r="AP7" s="280"/>
+      <c r="AQ7" s="137"/>
+      <c r="BJ7" s="22"/>
+      <c r="BK7" s="22"/>
+      <c r="BL7" s="24"/>
+      <c r="BM7" s="24"/>
+      <c r="BN7" s="24"/>
+    </row>
+    <row r="8" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B8" s="137"/>
+      <c r="C8" s="272" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="337"/>
-[...7 lines deleted...]
-      <c r="L8" s="335">
+      <c r="D8" s="273"/>
+      <c r="E8" s="273"/>
+      <c r="F8" s="273"/>
+      <c r="G8" s="273"/>
+      <c r="H8" s="273"/>
+      <c r="I8" s="273"/>
+      <c r="J8" s="273"/>
+      <c r="K8" s="273"/>
+      <c r="L8" s="269">
         <f>Risikovurdering!L8</f>
         <v>0</v>
       </c>
-      <c r="M8" s="342"/>
-[...38 lines deleted...]
-      <c r="C9" s="339" t="s">
+      <c r="M8" s="302"/>
+      <c r="N8" s="302"/>
+      <c r="O8" s="302"/>
+      <c r="P8" s="302"/>
+      <c r="Q8" s="302"/>
+      <c r="R8" s="302"/>
+      <c r="S8" s="302"/>
+      <c r="T8" s="302"/>
+      <c r="U8" s="302"/>
+      <c r="V8" s="302"/>
+      <c r="W8" s="302"/>
+      <c r="X8" s="302"/>
+      <c r="Y8" s="302"/>
+      <c r="Z8" s="302"/>
+      <c r="AA8" s="302"/>
+      <c r="AB8" s="302"/>
+      <c r="AC8" s="302"/>
+      <c r="AD8" s="302"/>
+      <c r="AE8" s="302"/>
+      <c r="AF8" s="302"/>
+      <c r="AG8" s="302"/>
+      <c r="AH8" s="302"/>
+      <c r="AI8" s="302"/>
+      <c r="AJ8" s="302"/>
+      <c r="AK8" s="302"/>
+      <c r="AL8" s="302"/>
+      <c r="AM8" s="302"/>
+      <c r="AN8" s="302"/>
+      <c r="AO8" s="302"/>
+      <c r="AP8" s="303"/>
+      <c r="AQ8" s="137"/>
+      <c r="BJ8" s="22"/>
+      <c r="BK8" s="22"/>
+      <c r="BL8" s="24"/>
+      <c r="BM8" s="24"/>
+      <c r="BN8" s="24"/>
+    </row>
+    <row r="9" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B9" s="137"/>
+      <c r="C9" s="281" t="s">
         <v>276</v>
       </c>
-      <c r="D9" s="340"/>
-[...7 lines deleted...]
-      <c r="L9" s="335">
+      <c r="D9" s="282"/>
+      <c r="E9" s="282"/>
+      <c r="F9" s="282"/>
+      <c r="G9" s="282"/>
+      <c r="H9" s="282"/>
+      <c r="I9" s="282"/>
+      <c r="J9" s="282"/>
+      <c r="K9" s="282"/>
+      <c r="L9" s="269">
         <f>Risikovurdering!H10</f>
         <v>0</v>
       </c>
-      <c r="M9" s="335"/>
-[...12 lines deleted...]
-      <c r="Z9" s="341" t="s">
+      <c r="M9" s="269"/>
+      <c r="N9" s="269"/>
+      <c r="O9" s="269"/>
+      <c r="P9" s="269"/>
+      <c r="Q9" s="269"/>
+      <c r="R9" s="269"/>
+      <c r="S9" s="269"/>
+      <c r="T9" s="269"/>
+      <c r="U9" s="269"/>
+      <c r="V9" s="269"/>
+      <c r="W9" s="269"/>
+      <c r="X9" s="269"/>
+      <c r="Y9" s="269"/>
+      <c r="Z9" s="283" t="s">
         <v>0</v>
       </c>
-      <c r="AA9" s="341"/>
-[...1 lines deleted...]
-      <c r="AC9" s="335" t="s">
+      <c r="AA9" s="283"/>
+      <c r="AB9" s="283"/>
+      <c r="AC9" s="269" t="s">
         <v>0</v>
       </c>
-      <c r="AD9" s="335"/>
-[...21 lines deleted...]
-      <c r="C10" s="339" t="s">
+      <c r="AD9" s="269"/>
+      <c r="AE9" s="269"/>
+      <c r="AF9" s="269"/>
+      <c r="AG9" s="269"/>
+      <c r="AH9" s="269"/>
+      <c r="AI9" s="269"/>
+      <c r="AJ9" s="269"/>
+      <c r="AK9" s="269"/>
+      <c r="AL9" s="269"/>
+      <c r="AM9" s="269"/>
+      <c r="AN9" s="269"/>
+      <c r="AO9" s="269"/>
+      <c r="AP9" s="280"/>
+      <c r="AQ9" s="137"/>
+      <c r="BJ9" s="22"/>
+      <c r="BK9" s="22"/>
+      <c r="BL9" s="24"/>
+      <c r="BM9" s="24"/>
+      <c r="BN9" s="24"/>
+    </row>
+    <row r="10" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B10" s="137"/>
+      <c r="C10" s="281" t="s">
         <v>3</v>
       </c>
-      <c r="D10" s="340"/>
-[...7 lines deleted...]
-      <c r="L10" s="335">
+      <c r="D10" s="282"/>
+      <c r="E10" s="282"/>
+      <c r="F10" s="282"/>
+      <c r="G10" s="282"/>
+      <c r="H10" s="282"/>
+      <c r="I10" s="282"/>
+      <c r="J10" s="282"/>
+      <c r="K10" s="282"/>
+      <c r="L10" s="269">
         <f>Risikovurdering!AC10</f>
         <v>0</v>
       </c>
-      <c r="M10" s="335"/>
-[...10 lines deleted...]
-      <c r="X10" s="335">
+      <c r="M10" s="269"/>
+      <c r="N10" s="269"/>
+      <c r="O10" s="269"/>
+      <c r="P10" s="269"/>
+      <c r="Q10" s="269"/>
+      <c r="R10" s="269"/>
+      <c r="S10" s="269"/>
+      <c r="T10" s="269"/>
+      <c r="U10" s="269"/>
+      <c r="V10" s="269"/>
+      <c r="W10" s="269"/>
+      <c r="X10" s="269">
         <f>Risikovurdering!AC11</f>
         <v>0</v>
       </c>
-      <c r="Y10" s="335"/>
-[...8 lines deleted...]
-      <c r="AH10" s="335">
+      <c r="Y10" s="269"/>
+      <c r="Z10" s="269"/>
+      <c r="AA10" s="269"/>
+      <c r="AB10" s="269"/>
+      <c r="AC10" s="269"/>
+      <c r="AD10" s="269"/>
+      <c r="AE10" s="269"/>
+      <c r="AF10" s="269"/>
+      <c r="AG10" s="269"/>
+      <c r="AH10" s="269">
         <f>Risikovurdering!AG12</f>
         <v>0</v>
       </c>
-      <c r="AI10" s="335"/>
-[...16 lines deleted...]
-      <c r="C11" s="339" t="s">
+      <c r="AI10" s="269"/>
+      <c r="AJ10" s="269"/>
+      <c r="AK10" s="269"/>
+      <c r="AL10" s="269"/>
+      <c r="AM10" s="269"/>
+      <c r="AN10" s="269"/>
+      <c r="AO10" s="269"/>
+      <c r="AP10" s="280"/>
+      <c r="AQ10" s="137"/>
+      <c r="BJ10" s="22"/>
+      <c r="BK10" s="22"/>
+      <c r="BL10" s="24"/>
+      <c r="BM10" s="24"/>
+      <c r="BN10" s="24"/>
+    </row>
+    <row r="11" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B11" s="137"/>
+      <c r="C11" s="281" t="s">
         <v>104</v>
       </c>
-      <c r="D11" s="340"/>
-[...7 lines deleted...]
-      <c r="L11" s="335">
+      <c r="D11" s="282"/>
+      <c r="E11" s="282"/>
+      <c r="F11" s="282"/>
+      <c r="G11" s="282"/>
+      <c r="H11" s="282"/>
+      <c r="I11" s="282"/>
+      <c r="J11" s="282"/>
+      <c r="K11" s="282"/>
+      <c r="L11" s="269">
         <f>Risikovurdering!L9</f>
         <v>0</v>
       </c>
-      <c r="M11" s="335"/>
-[...13 lines deleted...]
-      <c r="AA11" s="341" t="s">
+      <c r="M11" s="269"/>
+      <c r="N11" s="269"/>
+      <c r="O11" s="269"/>
+      <c r="P11" s="269"/>
+      <c r="Q11" s="269"/>
+      <c r="R11" s="269"/>
+      <c r="S11" s="269"/>
+      <c r="T11" s="269"/>
+      <c r="U11" s="269"/>
+      <c r="V11" s="269"/>
+      <c r="W11" s="269"/>
+      <c r="X11" s="269"/>
+      <c r="Y11" s="269"/>
+      <c r="Z11" s="269"/>
+      <c r="AA11" s="283" t="s">
         <v>292</v>
       </c>
-      <c r="AB11" s="341"/>
-[...2 lines deleted...]
-      <c r="AE11" s="335">
+      <c r="AB11" s="283"/>
+      <c r="AC11" s="283"/>
+      <c r="AD11" s="283"/>
+      <c r="AE11" s="269">
         <f>Risikovurdering!AD9</f>
         <v>0</v>
       </c>
-      <c r="AF11" s="335"/>
-[...19 lines deleted...]
-      <c r="C12" s="338" t="s">
+      <c r="AF11" s="269"/>
+      <c r="AG11" s="269"/>
+      <c r="AH11" s="269"/>
+      <c r="AI11" s="269"/>
+      <c r="AJ11" s="269"/>
+      <c r="AK11" s="269"/>
+      <c r="AL11" s="269"/>
+      <c r="AM11" s="269"/>
+      <c r="AN11" s="269"/>
+      <c r="AO11" s="269"/>
+      <c r="AP11" s="280"/>
+      <c r="AQ11" s="137"/>
+      <c r="BJ11" s="47"/>
+      <c r="BK11" s="47"/>
+      <c r="BL11" s="49"/>
+      <c r="BM11" s="49"/>
+      <c r="BN11" s="49"/>
+    </row>
+    <row r="12" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B12" s="137"/>
+      <c r="C12" s="272" t="s">
         <v>286</v>
       </c>
-      <c r="D12" s="337"/>
-[...22 lines deleted...]
-      <c r="AA12" s="341" t="s">
+      <c r="D12" s="273"/>
+      <c r="E12" s="273"/>
+      <c r="F12" s="273"/>
+      <c r="G12" s="273"/>
+      <c r="H12" s="273"/>
+      <c r="I12" s="273"/>
+      <c r="J12" s="273"/>
+      <c r="K12" s="273"/>
+      <c r="L12" s="194"/>
+      <c r="M12" s="194"/>
+      <c r="N12" s="194"/>
+      <c r="O12" s="194"/>
+      <c r="P12" s="194"/>
+      <c r="Q12" s="194"/>
+      <c r="R12" s="194"/>
+      <c r="S12" s="194"/>
+      <c r="T12" s="194"/>
+      <c r="U12" s="194"/>
+      <c r="V12" s="194"/>
+      <c r="W12" s="194"/>
+      <c r="X12" s="194"/>
+      <c r="Y12" s="194"/>
+      <c r="Z12" s="194"/>
+      <c r="AA12" s="283" t="s">
         <v>292</v>
       </c>
-      <c r="AB12" s="341"/>
-[...19 lines deleted...]
-      <c r="BN12" s="55"/>
+      <c r="AB12" s="283"/>
+      <c r="AC12" s="283"/>
+      <c r="AD12" s="283"/>
+      <c r="AE12" s="194"/>
+      <c r="AF12" s="194"/>
+      <c r="AG12" s="194"/>
+      <c r="AH12" s="194"/>
+      <c r="AI12" s="194"/>
+      <c r="AJ12" s="194"/>
+      <c r="AK12" s="194"/>
+      <c r="AL12" s="194"/>
+      <c r="AM12" s="194"/>
+      <c r="AN12" s="194"/>
+      <c r="AO12" s="194"/>
+      <c r="AP12" s="195"/>
+      <c r="AQ12" s="137"/>
+      <c r="BJ12" s="47"/>
+      <c r="BK12" s="47"/>
+      <c r="BL12" s="49"/>
+      <c r="BM12" s="49"/>
+      <c r="BN12" s="49"/>
     </row>
     <row r="13" spans="2:66" ht="25.5" customHeight="1" thickBot="1">
-      <c r="B13" s="186"/>
-      <c r="C13" s="350" t="s">
+      <c r="B13" s="138"/>
+      <c r="C13" s="270" t="s">
         <v>294</v>
       </c>
-      <c r="D13" s="351"/>
-[...7 lines deleted...]
-      <c r="L13" s="351" t="s">
+      <c r="D13" s="271"/>
+      <c r="E13" s="271"/>
+      <c r="F13" s="271"/>
+      <c r="G13" s="271"/>
+      <c r="H13" s="271"/>
+      <c r="I13" s="271"/>
+      <c r="J13" s="271"/>
+      <c r="K13" s="271"/>
+      <c r="L13" s="271" t="s">
         <v>293</v>
       </c>
-      <c r="M13" s="351"/>
-[...2 lines deleted...]
-      <c r="P13" s="346">
+      <c r="M13" s="271"/>
+      <c r="N13" s="271"/>
+      <c r="O13" s="271"/>
+      <c r="P13" s="284">
         <f>Risikovurdering!F12</f>
         <v>0</v>
       </c>
-      <c r="Q13" s="346"/>
-      <c r="R13" s="347">
+      <c r="Q13" s="284"/>
+      <c r="R13" s="274">
         <f>Risikovurdering!H12</f>
         <v>0</v>
       </c>
-      <c r="S13" s="347"/>
-[...3 lines deleted...]
-      <c r="W13" s="347">
+      <c r="S13" s="274"/>
+      <c r="T13" s="274"/>
+      <c r="U13" s="274"/>
+      <c r="V13" s="274"/>
+      <c r="W13" s="274">
         <f>Risikovurdering!M12</f>
         <v>0</v>
       </c>
-      <c r="X13" s="347"/>
-[...2 lines deleted...]
-      <c r="AA13" s="346" t="s">
+      <c r="X13" s="274"/>
+      <c r="Y13" s="274"/>
+      <c r="Z13" s="134"/>
+      <c r="AA13" s="284" t="s">
         <v>140</v>
       </c>
-      <c r="AB13" s="346"/>
-[...1 lines deleted...]
-      <c r="AD13" s="346">
+      <c r="AB13" s="284"/>
+      <c r="AC13" s="284"/>
+      <c r="AD13" s="284">
         <f>Risikovurdering!S12</f>
         <v>0</v>
       </c>
-      <c r="AE13" s="346"/>
-      <c r="AF13" s="347">
+      <c r="AE13" s="284"/>
+      <c r="AF13" s="274">
         <f>Risikovurdering!U12</f>
         <v>0</v>
       </c>
-      <c r="AG13" s="347"/>
-[...3 lines deleted...]
-      <c r="AK13" s="347">
+      <c r="AG13" s="274"/>
+      <c r="AH13" s="274"/>
+      <c r="AI13" s="274"/>
+      <c r="AJ13" s="274"/>
+      <c r="AK13" s="274">
         <f>Risikovurdering!Z12</f>
         <v>0</v>
       </c>
-      <c r="AL13" s="347"/>
-[...4 lines deleted...]
-      <c r="AQ13" s="186"/>
+      <c r="AL13" s="274"/>
+      <c r="AM13" s="274"/>
+      <c r="AN13" s="135"/>
+      <c r="AO13" s="135"/>
+      <c r="AP13" s="136"/>
+      <c r="AQ13" s="138"/>
     </row>
     <row r="14" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B14" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ14" s="186"/>
+      <c r="B14" s="138"/>
+      <c r="C14" s="181"/>
+      <c r="D14" s="181"/>
+      <c r="E14" s="181"/>
+      <c r="F14" s="181"/>
+      <c r="G14" s="181"/>
+      <c r="H14" s="181"/>
+      <c r="I14" s="181"/>
+      <c r="J14" s="181"/>
+      <c r="K14" s="181"/>
+      <c r="L14" s="181"/>
+      <c r="M14" s="181"/>
+      <c r="N14" s="181"/>
+      <c r="O14" s="181"/>
+      <c r="P14" s="181"/>
+      <c r="Q14" s="181"/>
+      <c r="R14" s="182"/>
+      <c r="S14" s="182"/>
+      <c r="T14" s="182"/>
+      <c r="U14" s="182"/>
+      <c r="V14" s="182"/>
+      <c r="W14" s="182"/>
+      <c r="X14" s="182"/>
+      <c r="Y14" s="182"/>
+      <c r="Z14" s="139"/>
+      <c r="AA14" s="181"/>
+      <c r="AB14" s="181"/>
+      <c r="AC14" s="181"/>
+      <c r="AD14" s="181"/>
+      <c r="AE14" s="181"/>
+      <c r="AF14" s="182"/>
+      <c r="AG14" s="182"/>
+      <c r="AH14" s="182"/>
+      <c r="AI14" s="182"/>
+      <c r="AJ14" s="182"/>
+      <c r="AK14" s="182"/>
+      <c r="AL14" s="182"/>
+      <c r="AM14" s="182"/>
+      <c r="AN14" s="139"/>
+      <c r="AO14" s="139"/>
+      <c r="AP14" s="139"/>
+      <c r="AQ14" s="138"/>
     </row>
     <row r="15" spans="2:66" ht="18" customHeight="1">
-      <c r="B15" s="186"/>
-      <c r="C15" s="352" t="s">
+      <c r="B15" s="138"/>
+      <c r="C15" s="279" t="s">
         <v>306</v>
       </c>
-      <c r="D15" s="352"/>
-[...38 lines deleted...]
-      <c r="AQ15" s="186"/>
+      <c r="D15" s="279"/>
+      <c r="E15" s="279"/>
+      <c r="F15" s="279"/>
+      <c r="G15" s="279"/>
+      <c r="H15" s="279"/>
+      <c r="I15" s="279"/>
+      <c r="J15" s="279"/>
+      <c r="K15" s="279"/>
+      <c r="L15" s="279"/>
+      <c r="M15" s="279"/>
+      <c r="N15" s="279"/>
+      <c r="O15" s="279"/>
+      <c r="P15" s="279"/>
+      <c r="Q15" s="279"/>
+      <c r="R15" s="279"/>
+      <c r="S15" s="279"/>
+      <c r="T15" s="279"/>
+      <c r="U15" s="279"/>
+      <c r="V15" s="279"/>
+      <c r="W15" s="279"/>
+      <c r="X15" s="279"/>
+      <c r="Y15" s="279"/>
+      <c r="Z15" s="279"/>
+      <c r="AA15" s="279"/>
+      <c r="AB15" s="279"/>
+      <c r="AC15" s="279"/>
+      <c r="AD15" s="279"/>
+      <c r="AE15" s="279"/>
+      <c r="AF15" s="279"/>
+      <c r="AG15" s="279"/>
+      <c r="AH15" s="279"/>
+      <c r="AI15" s="279"/>
+      <c r="AJ15" s="279"/>
+      <c r="AK15" s="279"/>
+      <c r="AL15" s="279"/>
+      <c r="AM15" s="279"/>
+      <c r="AN15" s="279"/>
+      <c r="AO15" s="279"/>
+      <c r="AP15" s="279"/>
+      <c r="AQ15" s="138"/>
     </row>
     <row r="16" spans="2:66" ht="6" customHeight="1" thickBot="1">
-      <c r="B16" s="187"/>
-[...40 lines deleted...]
-      <c r="AQ16" s="187"/>
+      <c r="B16" s="137"/>
+      <c r="C16" s="139"/>
+      <c r="D16" s="139"/>
+      <c r="E16" s="139"/>
+      <c r="F16" s="140"/>
+      <c r="G16" s="140"/>
+      <c r="H16" s="140"/>
+      <c r="I16" s="140"/>
+      <c r="J16" s="140"/>
+      <c r="K16" s="140"/>
+      <c r="L16" s="140"/>
+      <c r="M16" s="141"/>
+      <c r="N16" s="139"/>
+      <c r="O16" s="139"/>
+      <c r="P16" s="139"/>
+      <c r="Q16" s="139"/>
+      <c r="R16" s="139"/>
+      <c r="S16" s="139"/>
+      <c r="T16" s="139"/>
+      <c r="U16" s="139"/>
+      <c r="V16" s="139"/>
+      <c r="W16" s="139"/>
+      <c r="X16" s="139"/>
+      <c r="Y16" s="139"/>
+      <c r="Z16" s="139"/>
+      <c r="AA16" s="139"/>
+      <c r="AB16" s="139"/>
+      <c r="AC16" s="139"/>
+      <c r="AD16" s="139"/>
+      <c r="AE16" s="139"/>
+      <c r="AF16" s="139"/>
+      <c r="AG16" s="139"/>
+      <c r="AH16" s="139"/>
+      <c r="AI16" s="139"/>
+      <c r="AJ16" s="139"/>
+      <c r="AK16" s="139"/>
+      <c r="AL16" s="139"/>
+      <c r="AM16" s="139"/>
+      <c r="AN16" s="139"/>
+      <c r="AO16" s="139"/>
+      <c r="AP16" s="135"/>
+      <c r="AQ16" s="137"/>
     </row>
     <row r="17" spans="2:43" ht="18">
-      <c r="B17" s="187"/>
-      <c r="C17" s="317" t="s">
+      <c r="B17" s="137"/>
+      <c r="C17" s="276" t="s">
         <v>94</v>
       </c>
-      <c r="D17" s="318"/>
-[...10 lines deleted...]
-      <c r="O17" s="317" t="s">
+      <c r="D17" s="277"/>
+      <c r="E17" s="277"/>
+      <c r="F17" s="277"/>
+      <c r="G17" s="277"/>
+      <c r="H17" s="277"/>
+      <c r="I17" s="277"/>
+      <c r="J17" s="277"/>
+      <c r="K17" s="277"/>
+      <c r="L17" s="277"/>
+      <c r="M17" s="278"/>
+      <c r="N17" s="139"/>
+      <c r="O17" s="276" t="s">
         <v>97</v>
       </c>
-      <c r="P17" s="318"/>
-[...26 lines deleted...]
-      <c r="AQ17" s="153"/>
+      <c r="P17" s="277"/>
+      <c r="Q17" s="277"/>
+      <c r="R17" s="277"/>
+      <c r="S17" s="277"/>
+      <c r="T17" s="277"/>
+      <c r="U17" s="277"/>
+      <c r="V17" s="277"/>
+      <c r="W17" s="277"/>
+      <c r="X17" s="277"/>
+      <c r="Y17" s="277"/>
+      <c r="Z17" s="277"/>
+      <c r="AA17" s="277"/>
+      <c r="AB17" s="277"/>
+      <c r="AC17" s="277"/>
+      <c r="AD17" s="277"/>
+      <c r="AE17" s="277"/>
+      <c r="AF17" s="277"/>
+      <c r="AG17" s="277"/>
+      <c r="AH17" s="277"/>
+      <c r="AI17" s="277"/>
+      <c r="AJ17" s="277"/>
+      <c r="AK17" s="277"/>
+      <c r="AL17" s="277"/>
+      <c r="AM17" s="277"/>
+      <c r="AN17" s="277"/>
+      <c r="AO17" s="277"/>
+      <c r="AP17" s="278"/>
+      <c r="AQ17" s="137"/>
     </row>
     <row r="18" spans="2:43" ht="15.75">
-      <c r="B18" s="187"/>
-[...40 lines deleted...]
-      <c r="AQ18" s="153"/>
+      <c r="B18" s="137"/>
+      <c r="C18" s="34"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="35"/>
+      <c r="F18" s="35"/>
+      <c r="G18" s="35"/>
+      <c r="H18" s="35"/>
+      <c r="I18" s="35"/>
+      <c r="J18" s="35"/>
+      <c r="K18" s="35"/>
+      <c r="L18" s="35"/>
+      <c r="M18" s="36"/>
+      <c r="N18" s="139"/>
+      <c r="O18" s="288"/>
+      <c r="P18" s="286"/>
+      <c r="Q18" s="286"/>
+      <c r="R18" s="286"/>
+      <c r="S18" s="286"/>
+      <c r="T18" s="286"/>
+      <c r="U18" s="286"/>
+      <c r="V18" s="286"/>
+      <c r="W18" s="286"/>
+      <c r="X18" s="286"/>
+      <c r="Y18" s="286"/>
+      <c r="Z18" s="286"/>
+      <c r="AA18" s="286"/>
+      <c r="AB18" s="286"/>
+      <c r="AC18" s="286"/>
+      <c r="AD18" s="286"/>
+      <c r="AE18" s="286"/>
+      <c r="AF18" s="286"/>
+      <c r="AG18" s="286"/>
+      <c r="AH18" s="286"/>
+      <c r="AI18" s="286"/>
+      <c r="AJ18" s="286"/>
+      <c r="AK18" s="286"/>
+      <c r="AL18" s="286"/>
+      <c r="AM18" s="286"/>
+      <c r="AN18" s="286"/>
+      <c r="AO18" s="286"/>
+      <c r="AP18" s="287"/>
+      <c r="AQ18" s="137"/>
     </row>
     <row r="19" spans="2:43" ht="18">
-      <c r="B19" s="187"/>
-[...3 lines deleted...]
-      <c r="F19" s="41" t="s">
+      <c r="B19" s="137"/>
+      <c r="C19" s="34"/>
+      <c r="D19" s="35"/>
+      <c r="E19" s="35"/>
+      <c r="F19" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="G19" s="348" t="s">
+      <c r="G19" s="275" t="s">
         <v>95</v>
       </c>
-      <c r="H19" s="348"/>
-[...2 lines deleted...]
-      <c r="K19" s="348" t="s">
+      <c r="H19" s="275"/>
+      <c r="I19" s="275"/>
+      <c r="J19" s="275"/>
+      <c r="K19" s="275" t="s">
         <v>96</v>
       </c>
-      <c r="L19" s="348"/>
-[...30 lines deleted...]
-      <c r="AQ19" s="153"/>
+      <c r="L19" s="275"/>
+      <c r="M19" s="292"/>
+      <c r="N19" s="139"/>
+      <c r="O19" s="288"/>
+      <c r="P19" s="286"/>
+      <c r="Q19" s="286"/>
+      <c r="R19" s="286"/>
+      <c r="S19" s="286"/>
+      <c r="T19" s="286"/>
+      <c r="U19" s="286"/>
+      <c r="V19" s="286"/>
+      <c r="W19" s="286"/>
+      <c r="X19" s="286"/>
+      <c r="Y19" s="286"/>
+      <c r="Z19" s="286"/>
+      <c r="AA19" s="286"/>
+      <c r="AB19" s="286"/>
+      <c r="AC19" s="286"/>
+      <c r="AD19" s="286"/>
+      <c r="AE19" s="286"/>
+      <c r="AF19" s="286"/>
+      <c r="AG19" s="286"/>
+      <c r="AH19" s="286"/>
+      <c r="AI19" s="286"/>
+      <c r="AJ19" s="286"/>
+      <c r="AK19" s="286"/>
+      <c r="AL19" s="286"/>
+      <c r="AM19" s="286"/>
+      <c r="AN19" s="286"/>
+      <c r="AO19" s="286"/>
+      <c r="AP19" s="287"/>
+      <c r="AQ19" s="137"/>
     </row>
     <row r="20" spans="2:43" ht="15.75">
-      <c r="B20" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ20" s="154"/>
+      <c r="B20" s="138"/>
+      <c r="C20" s="34"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="35"/>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="35"/>
+      <c r="M20" s="36"/>
+      <c r="N20" s="139"/>
+      <c r="O20" s="288"/>
+      <c r="P20" s="286"/>
+      <c r="Q20" s="286"/>
+      <c r="R20" s="286"/>
+      <c r="S20" s="286"/>
+      <c r="T20" s="286"/>
+      <c r="U20" s="286"/>
+      <c r="V20" s="286"/>
+      <c r="W20" s="286"/>
+      <c r="X20" s="286"/>
+      <c r="Y20" s="286"/>
+      <c r="Z20" s="286"/>
+      <c r="AA20" s="286"/>
+      <c r="AB20" s="286"/>
+      <c r="AC20" s="286"/>
+      <c r="AD20" s="286"/>
+      <c r="AE20" s="286"/>
+      <c r="AF20" s="286"/>
+      <c r="AG20" s="286"/>
+      <c r="AH20" s="286"/>
+      <c r="AI20" s="286"/>
+      <c r="AJ20" s="286"/>
+      <c r="AK20" s="286"/>
+      <c r="AL20" s="286"/>
+      <c r="AM20" s="286"/>
+      <c r="AN20" s="286"/>
+      <c r="AO20" s="286"/>
+      <c r="AP20" s="287"/>
+      <c r="AQ20" s="138"/>
     </row>
     <row r="21" spans="2:43" ht="18">
-      <c r="B21" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ21" s="154"/>
+      <c r="B21" s="138"/>
+      <c r="C21" s="288"/>
+      <c r="D21" s="286"/>
+      <c r="E21" s="286"/>
+      <c r="F21" s="286"/>
+      <c r="G21" s="285"/>
+      <c r="H21" s="285"/>
+      <c r="I21" s="285"/>
+      <c r="J21" s="285"/>
+      <c r="K21" s="286"/>
+      <c r="L21" s="286"/>
+      <c r="M21" s="287"/>
+      <c r="N21" s="139"/>
+      <c r="O21" s="288"/>
+      <c r="P21" s="286"/>
+      <c r="Q21" s="286"/>
+      <c r="R21" s="286"/>
+      <c r="S21" s="286"/>
+      <c r="T21" s="286"/>
+      <c r="U21" s="286"/>
+      <c r="V21" s="286"/>
+      <c r="W21" s="286"/>
+      <c r="X21" s="286"/>
+      <c r="Y21" s="286"/>
+      <c r="Z21" s="286"/>
+      <c r="AA21" s="286"/>
+      <c r="AB21" s="286"/>
+      <c r="AC21" s="286"/>
+      <c r="AD21" s="286"/>
+      <c r="AE21" s="286"/>
+      <c r="AF21" s="286"/>
+      <c r="AG21" s="286"/>
+      <c r="AH21" s="286"/>
+      <c r="AI21" s="286"/>
+      <c r="AJ21" s="286"/>
+      <c r="AK21" s="286"/>
+      <c r="AL21" s="286"/>
+      <c r="AM21" s="286"/>
+      <c r="AN21" s="286"/>
+      <c r="AO21" s="286"/>
+      <c r="AP21" s="287"/>
+      <c r="AQ21" s="138"/>
     </row>
     <row r="22" spans="2:43" ht="18">
-      <c r="B22" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ22" s="154"/>
+      <c r="B22" s="138"/>
+      <c r="C22" s="288"/>
+      <c r="D22" s="286"/>
+      <c r="E22" s="286"/>
+      <c r="F22" s="286"/>
+      <c r="G22" s="285"/>
+      <c r="H22" s="285"/>
+      <c r="I22" s="285"/>
+      <c r="J22" s="285"/>
+      <c r="K22" s="286"/>
+      <c r="L22" s="286"/>
+      <c r="M22" s="287"/>
+      <c r="N22" s="139"/>
+      <c r="O22" s="288"/>
+      <c r="P22" s="286"/>
+      <c r="Q22" s="286"/>
+      <c r="R22" s="286"/>
+      <c r="S22" s="286"/>
+      <c r="T22" s="286"/>
+      <c r="U22" s="286"/>
+      <c r="V22" s="286"/>
+      <c r="W22" s="286"/>
+      <c r="X22" s="286"/>
+      <c r="Y22" s="286"/>
+      <c r="Z22" s="286"/>
+      <c r="AA22" s="286"/>
+      <c r="AB22" s="286"/>
+      <c r="AC22" s="286"/>
+      <c r="AD22" s="286"/>
+      <c r="AE22" s="286"/>
+      <c r="AF22" s="286"/>
+      <c r="AG22" s="286"/>
+      <c r="AH22" s="286"/>
+      <c r="AI22" s="286"/>
+      <c r="AJ22" s="286"/>
+      <c r="AK22" s="286"/>
+      <c r="AL22" s="286"/>
+      <c r="AM22" s="286"/>
+      <c r="AN22" s="286"/>
+      <c r="AO22" s="286"/>
+      <c r="AP22" s="287"/>
+      <c r="AQ22" s="138"/>
     </row>
     <row r="23" spans="2:43" ht="18">
-      <c r="B23" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ23" s="154"/>
+      <c r="B23" s="138"/>
+      <c r="C23" s="288"/>
+      <c r="D23" s="286"/>
+      <c r="E23" s="286"/>
+      <c r="F23" s="286"/>
+      <c r="G23" s="285"/>
+      <c r="H23" s="285"/>
+      <c r="I23" s="285"/>
+      <c r="J23" s="285"/>
+      <c r="K23" s="286"/>
+      <c r="L23" s="286"/>
+      <c r="M23" s="287"/>
+      <c r="N23" s="139"/>
+      <c r="O23" s="288"/>
+      <c r="P23" s="286"/>
+      <c r="Q23" s="286"/>
+      <c r="R23" s="286"/>
+      <c r="S23" s="286"/>
+      <c r="T23" s="286"/>
+      <c r="U23" s="286"/>
+      <c r="V23" s="286"/>
+      <c r="W23" s="286"/>
+      <c r="X23" s="286"/>
+      <c r="Y23" s="286"/>
+      <c r="Z23" s="286"/>
+      <c r="AA23" s="286"/>
+      <c r="AB23" s="286"/>
+      <c r="AC23" s="286"/>
+      <c r="AD23" s="286"/>
+      <c r="AE23" s="286"/>
+      <c r="AF23" s="286"/>
+      <c r="AG23" s="286"/>
+      <c r="AH23" s="286"/>
+      <c r="AI23" s="286"/>
+      <c r="AJ23" s="286"/>
+      <c r="AK23" s="286"/>
+      <c r="AL23" s="286"/>
+      <c r="AM23" s="286"/>
+      <c r="AN23" s="286"/>
+      <c r="AO23" s="286"/>
+      <c r="AP23" s="287"/>
+      <c r="AQ23" s="138"/>
     </row>
     <row r="24" spans="2:43" ht="18">
-      <c r="B24" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ24" s="154"/>
+      <c r="B24" s="138"/>
+      <c r="C24" s="288"/>
+      <c r="D24" s="286"/>
+      <c r="E24" s="286"/>
+      <c r="F24" s="286"/>
+      <c r="G24" s="285"/>
+      <c r="H24" s="285"/>
+      <c r="I24" s="285"/>
+      <c r="J24" s="285"/>
+      <c r="K24" s="286"/>
+      <c r="L24" s="286"/>
+      <c r="M24" s="287"/>
+      <c r="N24" s="139"/>
+      <c r="O24" s="288"/>
+      <c r="P24" s="286"/>
+      <c r="Q24" s="286"/>
+      <c r="R24" s="286"/>
+      <c r="S24" s="286"/>
+      <c r="T24" s="286"/>
+      <c r="U24" s="286"/>
+      <c r="V24" s="286"/>
+      <c r="W24" s="286"/>
+      <c r="X24" s="286"/>
+      <c r="Y24" s="286"/>
+      <c r="Z24" s="286"/>
+      <c r="AA24" s="286"/>
+      <c r="AB24" s="286"/>
+      <c r="AC24" s="286"/>
+      <c r="AD24" s="286"/>
+      <c r="AE24" s="286"/>
+      <c r="AF24" s="286"/>
+      <c r="AG24" s="286"/>
+      <c r="AH24" s="286"/>
+      <c r="AI24" s="286"/>
+      <c r="AJ24" s="286"/>
+      <c r="AK24" s="286"/>
+      <c r="AL24" s="286"/>
+      <c r="AM24" s="286"/>
+      <c r="AN24" s="286"/>
+      <c r="AO24" s="286"/>
+      <c r="AP24" s="287"/>
+      <c r="AQ24" s="138"/>
     </row>
     <row r="25" spans="2:43" ht="18">
-      <c r="B25" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ25" s="154"/>
+      <c r="B25" s="138"/>
+      <c r="C25" s="183"/>
+      <c r="D25" s="183"/>
+      <c r="E25" s="183"/>
+      <c r="F25" s="183"/>
+      <c r="G25" s="285"/>
+      <c r="H25" s="285"/>
+      <c r="I25" s="285"/>
+      <c r="J25" s="285"/>
+      <c r="K25" s="183"/>
+      <c r="L25" s="183"/>
+      <c r="M25" s="183"/>
+      <c r="N25" s="139"/>
+      <c r="O25" s="288"/>
+      <c r="P25" s="286"/>
+      <c r="Q25" s="286"/>
+      <c r="R25" s="286"/>
+      <c r="S25" s="286"/>
+      <c r="T25" s="286"/>
+      <c r="U25" s="286"/>
+      <c r="V25" s="286"/>
+      <c r="W25" s="286"/>
+      <c r="X25" s="286"/>
+      <c r="Y25" s="286"/>
+      <c r="Z25" s="286"/>
+      <c r="AA25" s="286"/>
+      <c r="AB25" s="286"/>
+      <c r="AC25" s="286"/>
+      <c r="AD25" s="286"/>
+      <c r="AE25" s="286"/>
+      <c r="AF25" s="286"/>
+      <c r="AG25" s="286"/>
+      <c r="AH25" s="286"/>
+      <c r="AI25" s="286"/>
+      <c r="AJ25" s="286"/>
+      <c r="AK25" s="286"/>
+      <c r="AL25" s="286"/>
+      <c r="AM25" s="286"/>
+      <c r="AN25" s="286"/>
+      <c r="AO25" s="286"/>
+      <c r="AP25" s="287"/>
+      <c r="AQ25" s="138"/>
     </row>
     <row r="26" spans="2:43" ht="15.75">
-      <c r="B26" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ26" s="154"/>
+      <c r="B26" s="138"/>
+      <c r="C26" s="288"/>
+      <c r="D26" s="286"/>
+      <c r="E26" s="286"/>
+      <c r="F26" s="286"/>
+      <c r="G26" s="183"/>
+      <c r="H26" s="183"/>
+      <c r="I26" s="183"/>
+      <c r="J26" s="183"/>
+      <c r="K26" s="183"/>
+      <c r="L26" s="183"/>
+      <c r="M26" s="183"/>
+      <c r="N26" s="139"/>
+      <c r="O26" s="288"/>
+      <c r="P26" s="286"/>
+      <c r="Q26" s="286"/>
+      <c r="R26" s="286"/>
+      <c r="S26" s="286"/>
+      <c r="T26" s="286"/>
+      <c r="U26" s="286"/>
+      <c r="V26" s="286"/>
+      <c r="W26" s="286"/>
+      <c r="X26" s="286"/>
+      <c r="Y26" s="286"/>
+      <c r="Z26" s="286"/>
+      <c r="AA26" s="286"/>
+      <c r="AB26" s="286"/>
+      <c r="AC26" s="286"/>
+      <c r="AD26" s="286"/>
+      <c r="AE26" s="286"/>
+      <c r="AF26" s="286"/>
+      <c r="AG26" s="286"/>
+      <c r="AH26" s="286"/>
+      <c r="AI26" s="286"/>
+      <c r="AJ26" s="286"/>
+      <c r="AK26" s="286"/>
+      <c r="AL26" s="286"/>
+      <c r="AM26" s="286"/>
+      <c r="AN26" s="286"/>
+      <c r="AO26" s="286"/>
+      <c r="AP26" s="287"/>
+      <c r="AQ26" s="138"/>
     </row>
     <row r="27" spans="2:43" ht="18">
-      <c r="B27" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ27" s="154"/>
+      <c r="B27" s="138"/>
+      <c r="C27" s="288"/>
+      <c r="D27" s="286"/>
+      <c r="E27" s="286"/>
+      <c r="F27" s="286"/>
+      <c r="G27" s="285"/>
+      <c r="H27" s="285"/>
+      <c r="I27" s="285"/>
+      <c r="J27" s="285"/>
+      <c r="K27" s="286"/>
+      <c r="L27" s="286"/>
+      <c r="M27" s="287"/>
+      <c r="N27" s="139"/>
+      <c r="O27" s="288"/>
+      <c r="P27" s="286"/>
+      <c r="Q27" s="286"/>
+      <c r="R27" s="286"/>
+      <c r="S27" s="286"/>
+      <c r="T27" s="286"/>
+      <c r="U27" s="286"/>
+      <c r="V27" s="286"/>
+      <c r="W27" s="286"/>
+      <c r="X27" s="286"/>
+      <c r="Y27" s="286"/>
+      <c r="Z27" s="286"/>
+      <c r="AA27" s="286"/>
+      <c r="AB27" s="286"/>
+      <c r="AC27" s="286"/>
+      <c r="AD27" s="286"/>
+      <c r="AE27" s="286"/>
+      <c r="AF27" s="286"/>
+      <c r="AG27" s="286"/>
+      <c r="AH27" s="286"/>
+      <c r="AI27" s="286"/>
+      <c r="AJ27" s="286"/>
+      <c r="AK27" s="286"/>
+      <c r="AL27" s="286"/>
+      <c r="AM27" s="286"/>
+      <c r="AN27" s="286"/>
+      <c r="AO27" s="286"/>
+      <c r="AP27" s="287"/>
+      <c r="AQ27" s="138"/>
     </row>
     <row r="28" spans="2:43" ht="18">
-      <c r="B28" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ28" s="154"/>
+      <c r="B28" s="138"/>
+      <c r="C28" s="288"/>
+      <c r="D28" s="286"/>
+      <c r="E28" s="286"/>
+      <c r="F28" s="286"/>
+      <c r="G28" s="285"/>
+      <c r="H28" s="285"/>
+      <c r="I28" s="285"/>
+      <c r="J28" s="285"/>
+      <c r="K28" s="286"/>
+      <c r="L28" s="286"/>
+      <c r="M28" s="287"/>
+      <c r="N28" s="139"/>
+      <c r="O28" s="288"/>
+      <c r="P28" s="286"/>
+      <c r="Q28" s="286"/>
+      <c r="R28" s="286"/>
+      <c r="S28" s="286"/>
+      <c r="T28" s="286"/>
+      <c r="U28" s="286"/>
+      <c r="V28" s="286"/>
+      <c r="W28" s="286"/>
+      <c r="X28" s="286"/>
+      <c r="Y28" s="286"/>
+      <c r="Z28" s="286"/>
+      <c r="AA28" s="286"/>
+      <c r="AB28" s="286"/>
+      <c r="AC28" s="286"/>
+      <c r="AD28" s="286"/>
+      <c r="AE28" s="286"/>
+      <c r="AF28" s="286"/>
+      <c r="AG28" s="286"/>
+      <c r="AH28" s="286"/>
+      <c r="AI28" s="286"/>
+      <c r="AJ28" s="286"/>
+      <c r="AK28" s="286"/>
+      <c r="AL28" s="286"/>
+      <c r="AM28" s="286"/>
+      <c r="AN28" s="286"/>
+      <c r="AO28" s="286"/>
+      <c r="AP28" s="287"/>
+      <c r="AQ28" s="138"/>
     </row>
     <row r="29" spans="2:43" ht="18">
-      <c r="B29" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ29" s="154"/>
+      <c r="B29" s="138"/>
+      <c r="C29" s="288"/>
+      <c r="D29" s="286"/>
+      <c r="E29" s="286"/>
+      <c r="F29" s="286"/>
+      <c r="G29" s="285"/>
+      <c r="H29" s="285"/>
+      <c r="I29" s="285"/>
+      <c r="J29" s="285"/>
+      <c r="K29" s="286"/>
+      <c r="L29" s="286"/>
+      <c r="M29" s="287"/>
+      <c r="N29" s="139"/>
+      <c r="O29" s="288"/>
+      <c r="P29" s="286"/>
+      <c r="Q29" s="286"/>
+      <c r="R29" s="286"/>
+      <c r="S29" s="286"/>
+      <c r="T29" s="286"/>
+      <c r="U29" s="286"/>
+      <c r="V29" s="286"/>
+      <c r="W29" s="286"/>
+      <c r="X29" s="286"/>
+      <c r="Y29" s="286"/>
+      <c r="Z29" s="286"/>
+      <c r="AA29" s="286"/>
+      <c r="AB29" s="286"/>
+      <c r="AC29" s="286"/>
+      <c r="AD29" s="286"/>
+      <c r="AE29" s="286"/>
+      <c r="AF29" s="286"/>
+      <c r="AG29" s="286"/>
+      <c r="AH29" s="286"/>
+      <c r="AI29" s="286"/>
+      <c r="AJ29" s="286"/>
+      <c r="AK29" s="286"/>
+      <c r="AL29" s="286"/>
+      <c r="AM29" s="286"/>
+      <c r="AN29" s="286"/>
+      <c r="AO29" s="286"/>
+      <c r="AP29" s="287"/>
+      <c r="AQ29" s="138"/>
     </row>
     <row r="30" spans="2:43" ht="18">
-      <c r="B30" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ30" s="154"/>
+      <c r="B30" s="138"/>
+      <c r="C30" s="288"/>
+      <c r="D30" s="286"/>
+      <c r="E30" s="286"/>
+      <c r="F30" s="286"/>
+      <c r="G30" s="285"/>
+      <c r="H30" s="285"/>
+      <c r="I30" s="285"/>
+      <c r="J30" s="285"/>
+      <c r="K30" s="286"/>
+      <c r="L30" s="286"/>
+      <c r="M30" s="287"/>
+      <c r="N30" s="139"/>
+      <c r="O30" s="288"/>
+      <c r="P30" s="286"/>
+      <c r="Q30" s="286"/>
+      <c r="R30" s="286"/>
+      <c r="S30" s="286"/>
+      <c r="T30" s="286"/>
+      <c r="U30" s="286"/>
+      <c r="V30" s="286"/>
+      <c r="W30" s="286"/>
+      <c r="X30" s="286"/>
+      <c r="Y30" s="286"/>
+      <c r="Z30" s="286"/>
+      <c r="AA30" s="286"/>
+      <c r="AB30" s="286"/>
+      <c r="AC30" s="286"/>
+      <c r="AD30" s="286"/>
+      <c r="AE30" s="286"/>
+      <c r="AF30" s="286"/>
+      <c r="AG30" s="286"/>
+      <c r="AH30" s="286"/>
+      <c r="AI30" s="286"/>
+      <c r="AJ30" s="286"/>
+      <c r="AK30" s="286"/>
+      <c r="AL30" s="286"/>
+      <c r="AM30" s="286"/>
+      <c r="AN30" s="286"/>
+      <c r="AO30" s="286"/>
+      <c r="AP30" s="287"/>
+      <c r="AQ30" s="138"/>
     </row>
     <row r="31" spans="2:43" ht="18">
-      <c r="B31" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ31" s="154"/>
+      <c r="B31" s="138"/>
+      <c r="C31" s="288"/>
+      <c r="D31" s="286"/>
+      <c r="E31" s="286"/>
+      <c r="F31" s="286"/>
+      <c r="G31" s="285"/>
+      <c r="H31" s="285"/>
+      <c r="I31" s="285"/>
+      <c r="J31" s="285"/>
+      <c r="K31" s="286"/>
+      <c r="L31" s="286"/>
+      <c r="M31" s="287"/>
+      <c r="N31" s="139"/>
+      <c r="O31" s="288"/>
+      <c r="P31" s="286"/>
+      <c r="Q31" s="286"/>
+      <c r="R31" s="286"/>
+      <c r="S31" s="286"/>
+      <c r="T31" s="286"/>
+      <c r="U31" s="286"/>
+      <c r="V31" s="286"/>
+      <c r="W31" s="286"/>
+      <c r="X31" s="286"/>
+      <c r="Y31" s="286"/>
+      <c r="Z31" s="286"/>
+      <c r="AA31" s="286"/>
+      <c r="AB31" s="286"/>
+      <c r="AC31" s="286"/>
+      <c r="AD31" s="286"/>
+      <c r="AE31" s="286"/>
+      <c r="AF31" s="286"/>
+      <c r="AG31" s="286"/>
+      <c r="AH31" s="286"/>
+      <c r="AI31" s="286"/>
+      <c r="AJ31" s="286"/>
+      <c r="AK31" s="286"/>
+      <c r="AL31" s="286"/>
+      <c r="AM31" s="286"/>
+      <c r="AN31" s="286"/>
+      <c r="AO31" s="286"/>
+      <c r="AP31" s="287"/>
+      <c r="AQ31" s="138"/>
     </row>
     <row r="32" spans="2:43" ht="18">
-      <c r="B32" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ32" s="154"/>
+      <c r="B32" s="138"/>
+      <c r="C32" s="288"/>
+      <c r="D32" s="286"/>
+      <c r="E32" s="286"/>
+      <c r="F32" s="286"/>
+      <c r="G32" s="285"/>
+      <c r="H32" s="285"/>
+      <c r="I32" s="285"/>
+      <c r="J32" s="285"/>
+      <c r="K32" s="286"/>
+      <c r="L32" s="286"/>
+      <c r="M32" s="287"/>
+      <c r="N32" s="139"/>
+      <c r="O32" s="288"/>
+      <c r="P32" s="286"/>
+      <c r="Q32" s="286"/>
+      <c r="R32" s="286"/>
+      <c r="S32" s="286"/>
+      <c r="T32" s="286"/>
+      <c r="U32" s="286"/>
+      <c r="V32" s="286"/>
+      <c r="W32" s="286"/>
+      <c r="X32" s="286"/>
+      <c r="Y32" s="286"/>
+      <c r="Z32" s="286"/>
+      <c r="AA32" s="286"/>
+      <c r="AB32" s="286"/>
+      <c r="AC32" s="286"/>
+      <c r="AD32" s="286"/>
+      <c r="AE32" s="286"/>
+      <c r="AF32" s="286"/>
+      <c r="AG32" s="286"/>
+      <c r="AH32" s="286"/>
+      <c r="AI32" s="286"/>
+      <c r="AJ32" s="286"/>
+      <c r="AK32" s="286"/>
+      <c r="AL32" s="286"/>
+      <c r="AM32" s="286"/>
+      <c r="AN32" s="286"/>
+      <c r="AO32" s="286"/>
+      <c r="AP32" s="287"/>
+      <c r="AQ32" s="138"/>
     </row>
     <row r="33" spans="2:43" ht="18">
-      <c r="B33" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ33" s="154"/>
+      <c r="B33" s="138"/>
+      <c r="C33" s="288"/>
+      <c r="D33" s="286"/>
+      <c r="E33" s="286"/>
+      <c r="F33" s="286"/>
+      <c r="G33" s="285"/>
+      <c r="H33" s="285"/>
+      <c r="I33" s="285"/>
+      <c r="J33" s="285"/>
+      <c r="K33" s="286"/>
+      <c r="L33" s="286"/>
+      <c r="M33" s="287"/>
+      <c r="N33" s="139"/>
+      <c r="O33" s="288"/>
+      <c r="P33" s="286"/>
+      <c r="Q33" s="286"/>
+      <c r="R33" s="286"/>
+      <c r="S33" s="286"/>
+      <c r="T33" s="286"/>
+      <c r="U33" s="286"/>
+      <c r="V33" s="286"/>
+      <c r="W33" s="286"/>
+      <c r="X33" s="286"/>
+      <c r="Y33" s="286"/>
+      <c r="Z33" s="286"/>
+      <c r="AA33" s="286"/>
+      <c r="AB33" s="286"/>
+      <c r="AC33" s="286"/>
+      <c r="AD33" s="286"/>
+      <c r="AE33" s="286"/>
+      <c r="AF33" s="286"/>
+      <c r="AG33" s="286"/>
+      <c r="AH33" s="286"/>
+      <c r="AI33" s="286"/>
+      <c r="AJ33" s="286"/>
+      <c r="AK33" s="286"/>
+      <c r="AL33" s="286"/>
+      <c r="AM33" s="286"/>
+      <c r="AN33" s="286"/>
+      <c r="AO33" s="286"/>
+      <c r="AP33" s="287"/>
+      <c r="AQ33" s="138"/>
     </row>
     <row r="34" spans="2:43" ht="18">
-      <c r="B34" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ34" s="154"/>
+      <c r="B34" s="138"/>
+      <c r="C34" s="288"/>
+      <c r="D34" s="286"/>
+      <c r="E34" s="286"/>
+      <c r="F34" s="286"/>
+      <c r="G34" s="285"/>
+      <c r="H34" s="285"/>
+      <c r="I34" s="285"/>
+      <c r="J34" s="285"/>
+      <c r="K34" s="286"/>
+      <c r="L34" s="286"/>
+      <c r="M34" s="287"/>
+      <c r="N34" s="139"/>
+      <c r="O34" s="288"/>
+      <c r="P34" s="286"/>
+      <c r="Q34" s="286"/>
+      <c r="R34" s="286"/>
+      <c r="S34" s="286"/>
+      <c r="T34" s="286"/>
+      <c r="U34" s="286"/>
+      <c r="V34" s="286"/>
+      <c r="W34" s="286"/>
+      <c r="X34" s="286"/>
+      <c r="Y34" s="286"/>
+      <c r="Z34" s="286"/>
+      <c r="AA34" s="286"/>
+      <c r="AB34" s="286"/>
+      <c r="AC34" s="286"/>
+      <c r="AD34" s="286"/>
+      <c r="AE34" s="286"/>
+      <c r="AF34" s="286"/>
+      <c r="AG34" s="286"/>
+      <c r="AH34" s="286"/>
+      <c r="AI34" s="286"/>
+      <c r="AJ34" s="286"/>
+      <c r="AK34" s="286"/>
+      <c r="AL34" s="286"/>
+      <c r="AM34" s="286"/>
+      <c r="AN34" s="286"/>
+      <c r="AO34" s="286"/>
+      <c r="AP34" s="287"/>
+      <c r="AQ34" s="138"/>
     </row>
     <row r="35" spans="2:43" ht="18">
-      <c r="B35" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ35" s="154"/>
+      <c r="B35" s="138"/>
+      <c r="C35" s="288"/>
+      <c r="D35" s="286"/>
+      <c r="E35" s="286"/>
+      <c r="F35" s="286"/>
+      <c r="G35" s="184"/>
+      <c r="H35" s="184"/>
+      <c r="I35" s="184"/>
+      <c r="J35" s="184"/>
+      <c r="K35" s="286"/>
+      <c r="L35" s="286"/>
+      <c r="M35" s="287"/>
+      <c r="N35" s="139"/>
+      <c r="O35" s="288"/>
+      <c r="P35" s="286"/>
+      <c r="Q35" s="286"/>
+      <c r="R35" s="286"/>
+      <c r="S35" s="286"/>
+      <c r="T35" s="286"/>
+      <c r="U35" s="286"/>
+      <c r="V35" s="286"/>
+      <c r="W35" s="286"/>
+      <c r="X35" s="286"/>
+      <c r="Y35" s="286"/>
+      <c r="Z35" s="286"/>
+      <c r="AA35" s="286"/>
+      <c r="AB35" s="286"/>
+      <c r="AC35" s="286"/>
+      <c r="AD35" s="286"/>
+      <c r="AE35" s="286"/>
+      <c r="AF35" s="286"/>
+      <c r="AG35" s="286"/>
+      <c r="AH35" s="286"/>
+      <c r="AI35" s="286"/>
+      <c r="AJ35" s="286"/>
+      <c r="AK35" s="286"/>
+      <c r="AL35" s="286"/>
+      <c r="AM35" s="286"/>
+      <c r="AN35" s="286"/>
+      <c r="AO35" s="286"/>
+      <c r="AP35" s="287"/>
+      <c r="AQ35" s="138"/>
     </row>
     <row r="36" spans="2:43" ht="18">
-      <c r="B36" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ36" s="154"/>
+      <c r="B36" s="138"/>
+      <c r="C36" s="288"/>
+      <c r="D36" s="286"/>
+      <c r="E36" s="286"/>
+      <c r="F36" s="286"/>
+      <c r="G36" s="285"/>
+      <c r="H36" s="285"/>
+      <c r="I36" s="285"/>
+      <c r="J36" s="285"/>
+      <c r="K36" s="286"/>
+      <c r="L36" s="286"/>
+      <c r="M36" s="287"/>
+      <c r="N36" s="139"/>
+      <c r="O36" s="288"/>
+      <c r="P36" s="286"/>
+      <c r="Q36" s="286"/>
+      <c r="R36" s="286"/>
+      <c r="S36" s="286"/>
+      <c r="T36" s="286"/>
+      <c r="U36" s="286"/>
+      <c r="V36" s="286"/>
+      <c r="W36" s="286"/>
+      <c r="X36" s="286"/>
+      <c r="Y36" s="286"/>
+      <c r="Z36" s="286"/>
+      <c r="AA36" s="286"/>
+      <c r="AB36" s="286"/>
+      <c r="AC36" s="286"/>
+      <c r="AD36" s="286"/>
+      <c r="AE36" s="286"/>
+      <c r="AF36" s="286"/>
+      <c r="AG36" s="286"/>
+      <c r="AH36" s="286"/>
+      <c r="AI36" s="286"/>
+      <c r="AJ36" s="286"/>
+      <c r="AK36" s="286"/>
+      <c r="AL36" s="286"/>
+      <c r="AM36" s="286"/>
+      <c r="AN36" s="286"/>
+      <c r="AO36" s="286"/>
+      <c r="AP36" s="287"/>
+      <c r="AQ36" s="138"/>
     </row>
     <row r="37" spans="2:43" ht="18">
-      <c r="B37" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ37" s="154"/>
+      <c r="B37" s="138"/>
+      <c r="C37" s="288"/>
+      <c r="D37" s="286"/>
+      <c r="E37" s="286"/>
+      <c r="F37" s="286"/>
+      <c r="G37" s="285"/>
+      <c r="H37" s="285"/>
+      <c r="I37" s="285"/>
+      <c r="J37" s="285"/>
+      <c r="K37" s="183"/>
+      <c r="L37" s="183"/>
+      <c r="M37" s="183"/>
+      <c r="N37" s="139"/>
+      <c r="O37" s="288"/>
+      <c r="P37" s="286"/>
+      <c r="Q37" s="286"/>
+      <c r="R37" s="286"/>
+      <c r="S37" s="286"/>
+      <c r="T37" s="286"/>
+      <c r="U37" s="286"/>
+      <c r="V37" s="286"/>
+      <c r="W37" s="286"/>
+      <c r="X37" s="286"/>
+      <c r="Y37" s="286"/>
+      <c r="Z37" s="286"/>
+      <c r="AA37" s="286"/>
+      <c r="AB37" s="286"/>
+      <c r="AC37" s="286"/>
+      <c r="AD37" s="286"/>
+      <c r="AE37" s="286"/>
+      <c r="AF37" s="286"/>
+      <c r="AG37" s="286"/>
+      <c r="AH37" s="286"/>
+      <c r="AI37" s="286"/>
+      <c r="AJ37" s="286"/>
+      <c r="AK37" s="286"/>
+      <c r="AL37" s="286"/>
+      <c r="AM37" s="286"/>
+      <c r="AN37" s="286"/>
+      <c r="AO37" s="286"/>
+      <c r="AP37" s="287"/>
+      <c r="AQ37" s="138"/>
     </row>
     <row r="38" spans="2:43" ht="18">
-      <c r="B38" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ38" s="154"/>
+      <c r="B38" s="138"/>
+      <c r="C38" s="288"/>
+      <c r="D38" s="286"/>
+      <c r="E38" s="286"/>
+      <c r="F38" s="286"/>
+      <c r="G38" s="285"/>
+      <c r="H38" s="285"/>
+      <c r="I38" s="285"/>
+      <c r="J38" s="285"/>
+      <c r="K38" s="286"/>
+      <c r="L38" s="286"/>
+      <c r="M38" s="287"/>
+      <c r="N38" s="139"/>
+      <c r="O38" s="288"/>
+      <c r="P38" s="286"/>
+      <c r="Q38" s="286"/>
+      <c r="R38" s="286"/>
+      <c r="S38" s="286"/>
+      <c r="T38" s="286"/>
+      <c r="U38" s="286"/>
+      <c r="V38" s="286"/>
+      <c r="W38" s="286"/>
+      <c r="X38" s="286"/>
+      <c r="Y38" s="286"/>
+      <c r="Z38" s="286"/>
+      <c r="AA38" s="286"/>
+      <c r="AB38" s="286"/>
+      <c r="AC38" s="286"/>
+      <c r="AD38" s="286"/>
+      <c r="AE38" s="286"/>
+      <c r="AF38" s="286"/>
+      <c r="AG38" s="286"/>
+      <c r="AH38" s="286"/>
+      <c r="AI38" s="286"/>
+      <c r="AJ38" s="286"/>
+      <c r="AK38" s="286"/>
+      <c r="AL38" s="286"/>
+      <c r="AM38" s="286"/>
+      <c r="AN38" s="286"/>
+      <c r="AO38" s="286"/>
+      <c r="AP38" s="287"/>
+      <c r="AQ38" s="138"/>
     </row>
     <row r="39" spans="2:43" ht="18">
-      <c r="B39" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ39" s="154"/>
+      <c r="B39" s="138"/>
+      <c r="C39" s="288"/>
+      <c r="D39" s="286"/>
+      <c r="E39" s="286"/>
+      <c r="F39" s="286"/>
+      <c r="G39" s="285"/>
+      <c r="H39" s="285"/>
+      <c r="I39" s="285"/>
+      <c r="J39" s="285"/>
+      <c r="K39" s="286"/>
+      <c r="L39" s="286"/>
+      <c r="M39" s="287"/>
+      <c r="N39" s="139"/>
+      <c r="O39" s="288"/>
+      <c r="P39" s="286"/>
+      <c r="Q39" s="286"/>
+      <c r="R39" s="286"/>
+      <c r="S39" s="286"/>
+      <c r="T39" s="286"/>
+      <c r="U39" s="286"/>
+      <c r="V39" s="286"/>
+      <c r="W39" s="286"/>
+      <c r="X39" s="286"/>
+      <c r="Y39" s="286"/>
+      <c r="Z39" s="286"/>
+      <c r="AA39" s="286"/>
+      <c r="AB39" s="286"/>
+      <c r="AC39" s="286"/>
+      <c r="AD39" s="286"/>
+      <c r="AE39" s="286"/>
+      <c r="AF39" s="286"/>
+      <c r="AG39" s="286"/>
+      <c r="AH39" s="286"/>
+      <c r="AI39" s="286"/>
+      <c r="AJ39" s="286"/>
+      <c r="AK39" s="286"/>
+      <c r="AL39" s="286"/>
+      <c r="AM39" s="286"/>
+      <c r="AN39" s="286"/>
+      <c r="AO39" s="286"/>
+      <c r="AP39" s="287"/>
+      <c r="AQ39" s="138"/>
     </row>
     <row r="40" spans="2:43" ht="18">
-      <c r="B40" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ40" s="154"/>
+      <c r="B40" s="138"/>
+      <c r="C40" s="288"/>
+      <c r="D40" s="286"/>
+      <c r="E40" s="286"/>
+      <c r="F40" s="286"/>
+      <c r="G40" s="285"/>
+      <c r="H40" s="285"/>
+      <c r="I40" s="285"/>
+      <c r="J40" s="285"/>
+      <c r="K40" s="286"/>
+      <c r="L40" s="286"/>
+      <c r="M40" s="287"/>
+      <c r="N40" s="139"/>
+      <c r="O40" s="288"/>
+      <c r="P40" s="286"/>
+      <c r="Q40" s="286"/>
+      <c r="R40" s="286"/>
+      <c r="S40" s="286"/>
+      <c r="T40" s="286"/>
+      <c r="U40" s="286"/>
+      <c r="V40" s="286"/>
+      <c r="W40" s="286"/>
+      <c r="X40" s="286"/>
+      <c r="Y40" s="286"/>
+      <c r="Z40" s="286"/>
+      <c r="AA40" s="286"/>
+      <c r="AB40" s="286"/>
+      <c r="AC40" s="286"/>
+      <c r="AD40" s="286"/>
+      <c r="AE40" s="286"/>
+      <c r="AF40" s="286"/>
+      <c r="AG40" s="286"/>
+      <c r="AH40" s="286"/>
+      <c r="AI40" s="286"/>
+      <c r="AJ40" s="286"/>
+      <c r="AK40" s="286"/>
+      <c r="AL40" s="286"/>
+      <c r="AM40" s="286"/>
+      <c r="AN40" s="286"/>
+      <c r="AO40" s="286"/>
+      <c r="AP40" s="287"/>
+      <c r="AQ40" s="138"/>
     </row>
     <row r="41" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B41" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ41" s="154"/>
+      <c r="B41" s="138"/>
+      <c r="C41" s="289"/>
+      <c r="D41" s="290"/>
+      <c r="E41" s="290"/>
+      <c r="F41" s="290"/>
+      <c r="G41" s="295"/>
+      <c r="H41" s="295"/>
+      <c r="I41" s="295"/>
+      <c r="J41" s="295"/>
+      <c r="K41" s="290"/>
+      <c r="L41" s="290"/>
+      <c r="M41" s="291"/>
+      <c r="N41" s="139"/>
+      <c r="O41" s="288"/>
+      <c r="P41" s="286"/>
+      <c r="Q41" s="286"/>
+      <c r="R41" s="286"/>
+      <c r="S41" s="286"/>
+      <c r="T41" s="286"/>
+      <c r="U41" s="286"/>
+      <c r="V41" s="286"/>
+      <c r="W41" s="286"/>
+      <c r="X41" s="286"/>
+      <c r="Y41" s="286"/>
+      <c r="Z41" s="286"/>
+      <c r="AA41" s="286"/>
+      <c r="AB41" s="286"/>
+      <c r="AC41" s="286"/>
+      <c r="AD41" s="286"/>
+      <c r="AE41" s="286"/>
+      <c r="AF41" s="286"/>
+      <c r="AG41" s="286"/>
+      <c r="AH41" s="286"/>
+      <c r="AI41" s="286"/>
+      <c r="AJ41" s="286"/>
+      <c r="AK41" s="286"/>
+      <c r="AL41" s="286"/>
+      <c r="AM41" s="286"/>
+      <c r="AN41" s="286"/>
+      <c r="AO41" s="286"/>
+      <c r="AP41" s="287"/>
+      <c r="AQ41" s="138"/>
     </row>
     <row r="42" spans="2:43" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B42" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ42" s="154"/>
+      <c r="B42" s="138"/>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="6"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="6"/>
+      <c r="M42" s="6"/>
+      <c r="N42" s="139"/>
+      <c r="O42" s="288"/>
+      <c r="P42" s="286"/>
+      <c r="Q42" s="286"/>
+      <c r="R42" s="286"/>
+      <c r="S42" s="286"/>
+      <c r="T42" s="286"/>
+      <c r="U42" s="286"/>
+      <c r="V42" s="286"/>
+      <c r="W42" s="286"/>
+      <c r="X42" s="286"/>
+      <c r="Y42" s="286"/>
+      <c r="Z42" s="286"/>
+      <c r="AA42" s="286"/>
+      <c r="AB42" s="286"/>
+      <c r="AC42" s="286"/>
+      <c r="AD42" s="286"/>
+      <c r="AE42" s="286"/>
+      <c r="AF42" s="286"/>
+      <c r="AG42" s="286"/>
+      <c r="AH42" s="286"/>
+      <c r="AI42" s="286"/>
+      <c r="AJ42" s="286"/>
+      <c r="AK42" s="286"/>
+      <c r="AL42" s="286"/>
+      <c r="AM42" s="286"/>
+      <c r="AN42" s="286"/>
+      <c r="AO42" s="286"/>
+      <c r="AP42" s="287"/>
+      <c r="AQ42" s="138"/>
     </row>
     <row r="43" spans="2:43" ht="18">
-      <c r="B43" s="186"/>
-      <c r="C43" s="317" t="s">
+      <c r="B43" s="138"/>
+      <c r="C43" s="276" t="s">
         <v>98</v>
       </c>
-      <c r="D43" s="318"/>
-[...38 lines deleted...]
-      <c r="AQ43" s="154"/>
+      <c r="D43" s="277"/>
+      <c r="E43" s="277"/>
+      <c r="F43" s="277"/>
+      <c r="G43" s="277"/>
+      <c r="H43" s="277"/>
+      <c r="I43" s="277"/>
+      <c r="J43" s="277"/>
+      <c r="K43" s="277"/>
+      <c r="L43" s="277"/>
+      <c r="M43" s="278"/>
+      <c r="N43" s="139"/>
+      <c r="O43" s="288"/>
+      <c r="P43" s="286"/>
+      <c r="Q43" s="286"/>
+      <c r="R43" s="286"/>
+      <c r="S43" s="286"/>
+      <c r="T43" s="286"/>
+      <c r="U43" s="286"/>
+      <c r="V43" s="286"/>
+      <c r="W43" s="286"/>
+      <c r="X43" s="286"/>
+      <c r="Y43" s="286"/>
+      <c r="Z43" s="286"/>
+      <c r="AA43" s="286"/>
+      <c r="AB43" s="286"/>
+      <c r="AC43" s="286"/>
+      <c r="AD43" s="286"/>
+      <c r="AE43" s="286"/>
+      <c r="AF43" s="286"/>
+      <c r="AG43" s="286"/>
+      <c r="AH43" s="286"/>
+      <c r="AI43" s="286"/>
+      <c r="AJ43" s="286"/>
+      <c r="AK43" s="286"/>
+      <c r="AL43" s="286"/>
+      <c r="AM43" s="286"/>
+      <c r="AN43" s="286"/>
+      <c r="AO43" s="286"/>
+      <c r="AP43" s="287"/>
+      <c r="AQ43" s="138"/>
     </row>
     <row r="44" spans="2:43" ht="15.75">
-      <c r="B44" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ44" s="154"/>
+      <c r="B44" s="138"/>
+      <c r="C44" s="41"/>
+      <c r="D44" s="293"/>
+      <c r="E44" s="293"/>
+      <c r="F44" s="293"/>
+      <c r="G44" s="293"/>
+      <c r="H44" s="293"/>
+      <c r="I44" s="293"/>
+      <c r="J44" s="293"/>
+      <c r="K44" s="293"/>
+      <c r="L44" s="293"/>
+      <c r="M44" s="294"/>
+      <c r="N44" s="139"/>
+      <c r="O44" s="288"/>
+      <c r="P44" s="286"/>
+      <c r="Q44" s="286"/>
+      <c r="R44" s="286"/>
+      <c r="S44" s="286"/>
+      <c r="T44" s="286"/>
+      <c r="U44" s="286"/>
+      <c r="V44" s="286"/>
+      <c r="W44" s="286"/>
+      <c r="X44" s="286"/>
+      <c r="Y44" s="286"/>
+      <c r="Z44" s="286"/>
+      <c r="AA44" s="286"/>
+      <c r="AB44" s="286"/>
+      <c r="AC44" s="286"/>
+      <c r="AD44" s="286"/>
+      <c r="AE44" s="286"/>
+      <c r="AF44" s="286"/>
+      <c r="AG44" s="286"/>
+      <c r="AH44" s="286"/>
+      <c r="AI44" s="286"/>
+      <c r="AJ44" s="286"/>
+      <c r="AK44" s="286"/>
+      <c r="AL44" s="286"/>
+      <c r="AM44" s="286"/>
+      <c r="AN44" s="286"/>
+      <c r="AO44" s="286"/>
+      <c r="AP44" s="287"/>
+      <c r="AQ44" s="138"/>
     </row>
     <row r="45" spans="2:43" ht="15.75">
-      <c r="B45" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ45" s="154"/>
+      <c r="B45" s="138"/>
+      <c r="C45" s="41"/>
+      <c r="D45" s="293"/>
+      <c r="E45" s="293"/>
+      <c r="F45" s="293"/>
+      <c r="G45" s="293"/>
+      <c r="H45" s="293"/>
+      <c r="I45" s="293"/>
+      <c r="J45" s="293"/>
+      <c r="K45" s="293"/>
+      <c r="L45" s="293"/>
+      <c r="M45" s="294"/>
+      <c r="N45" s="139"/>
+      <c r="O45" s="288"/>
+      <c r="P45" s="286"/>
+      <c r="Q45" s="286"/>
+      <c r="R45" s="286"/>
+      <c r="S45" s="286"/>
+      <c r="T45" s="286"/>
+      <c r="U45" s="286"/>
+      <c r="V45" s="286"/>
+      <c r="W45" s="286"/>
+      <c r="X45" s="286"/>
+      <c r="Y45" s="286"/>
+      <c r="Z45" s="286"/>
+      <c r="AA45" s="286"/>
+      <c r="AB45" s="286"/>
+      <c r="AC45" s="286"/>
+      <c r="AD45" s="286"/>
+      <c r="AE45" s="286"/>
+      <c r="AF45" s="286"/>
+      <c r="AG45" s="286"/>
+      <c r="AH45" s="286"/>
+      <c r="AI45" s="286"/>
+      <c r="AJ45" s="286"/>
+      <c r="AK45" s="286"/>
+      <c r="AL45" s="286"/>
+      <c r="AM45" s="286"/>
+      <c r="AN45" s="286"/>
+      <c r="AO45" s="286"/>
+      <c r="AP45" s="287"/>
+      <c r="AQ45" s="138"/>
     </row>
     <row r="46" spans="2:43" ht="15.75">
-      <c r="B46" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ46" s="154"/>
+      <c r="B46" s="138"/>
+      <c r="C46" s="41"/>
+      <c r="D46" s="293"/>
+      <c r="E46" s="293"/>
+      <c r="F46" s="293"/>
+      <c r="G46" s="293"/>
+      <c r="H46" s="293"/>
+      <c r="I46" s="293"/>
+      <c r="J46" s="293"/>
+      <c r="K46" s="293"/>
+      <c r="L46" s="293"/>
+      <c r="M46" s="294"/>
+      <c r="N46" s="139"/>
+      <c r="O46" s="288"/>
+      <c r="P46" s="286"/>
+      <c r="Q46" s="286"/>
+      <c r="R46" s="286"/>
+      <c r="S46" s="286"/>
+      <c r="T46" s="286"/>
+      <c r="U46" s="286"/>
+      <c r="V46" s="286"/>
+      <c r="W46" s="286"/>
+      <c r="X46" s="286"/>
+      <c r="Y46" s="286"/>
+      <c r="Z46" s="286"/>
+      <c r="AA46" s="286"/>
+      <c r="AB46" s="286"/>
+      <c r="AC46" s="286"/>
+      <c r="AD46" s="286"/>
+      <c r="AE46" s="286"/>
+      <c r="AF46" s="286"/>
+      <c r="AG46" s="286"/>
+      <c r="AH46" s="286"/>
+      <c r="AI46" s="286"/>
+      <c r="AJ46" s="286"/>
+      <c r="AK46" s="286"/>
+      <c r="AL46" s="286"/>
+      <c r="AM46" s="286"/>
+      <c r="AN46" s="286"/>
+      <c r="AO46" s="286"/>
+      <c r="AP46" s="287"/>
+      <c r="AQ46" s="138"/>
     </row>
     <row r="47" spans="2:43" ht="15.75">
-      <c r="B47" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ47" s="154"/>
+      <c r="B47" s="138"/>
+      <c r="C47" s="41"/>
+      <c r="D47" s="293"/>
+      <c r="E47" s="293"/>
+      <c r="F47" s="293"/>
+      <c r="G47" s="293"/>
+      <c r="H47" s="293"/>
+      <c r="I47" s="293"/>
+      <c r="J47" s="293"/>
+      <c r="K47" s="293"/>
+      <c r="L47" s="293"/>
+      <c r="M47" s="294"/>
+      <c r="N47" s="139"/>
+      <c r="O47" s="288"/>
+      <c r="P47" s="286"/>
+      <c r="Q47" s="286"/>
+      <c r="R47" s="286"/>
+      <c r="S47" s="286"/>
+      <c r="T47" s="286"/>
+      <c r="U47" s="286"/>
+      <c r="V47" s="286"/>
+      <c r="W47" s="286"/>
+      <c r="X47" s="286"/>
+      <c r="Y47" s="286"/>
+      <c r="Z47" s="286"/>
+      <c r="AA47" s="286"/>
+      <c r="AB47" s="286"/>
+      <c r="AC47" s="286"/>
+      <c r="AD47" s="286"/>
+      <c r="AE47" s="286"/>
+      <c r="AF47" s="286"/>
+      <c r="AG47" s="286"/>
+      <c r="AH47" s="286"/>
+      <c r="AI47" s="286"/>
+      <c r="AJ47" s="286"/>
+      <c r="AK47" s="286"/>
+      <c r="AL47" s="286"/>
+      <c r="AM47" s="286"/>
+      <c r="AN47" s="286"/>
+      <c r="AO47" s="286"/>
+      <c r="AP47" s="287"/>
+      <c r="AQ47" s="138"/>
     </row>
     <row r="48" spans="2:43" ht="15.75">
-      <c r="B48" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ48" s="154"/>
+      <c r="B48" s="138"/>
+      <c r="C48" s="41"/>
+      <c r="D48" s="293"/>
+      <c r="E48" s="293"/>
+      <c r="F48" s="293"/>
+      <c r="G48" s="293"/>
+      <c r="H48" s="293"/>
+      <c r="I48" s="293"/>
+      <c r="J48" s="293"/>
+      <c r="K48" s="293"/>
+      <c r="L48" s="293"/>
+      <c r="M48" s="294"/>
+      <c r="N48" s="139"/>
+      <c r="O48" s="288"/>
+      <c r="P48" s="286"/>
+      <c r="Q48" s="286"/>
+      <c r="R48" s="286"/>
+      <c r="S48" s="286"/>
+      <c r="T48" s="286"/>
+      <c r="U48" s="286"/>
+      <c r="V48" s="286"/>
+      <c r="W48" s="286"/>
+      <c r="X48" s="286"/>
+      <c r="Y48" s="286"/>
+      <c r="Z48" s="286"/>
+      <c r="AA48" s="286"/>
+      <c r="AB48" s="286"/>
+      <c r="AC48" s="286"/>
+      <c r="AD48" s="286"/>
+      <c r="AE48" s="286"/>
+      <c r="AF48" s="286"/>
+      <c r="AG48" s="286"/>
+      <c r="AH48" s="286"/>
+      <c r="AI48" s="286"/>
+      <c r="AJ48" s="286"/>
+      <c r="AK48" s="286"/>
+      <c r="AL48" s="286"/>
+      <c r="AM48" s="286"/>
+      <c r="AN48" s="286"/>
+      <c r="AO48" s="286"/>
+      <c r="AP48" s="287"/>
+      <c r="AQ48" s="138"/>
     </row>
     <row r="49" spans="2:43" ht="15.75">
-      <c r="B49" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ49" s="154"/>
+      <c r="B49" s="138"/>
+      <c r="C49" s="41"/>
+      <c r="D49" s="293"/>
+      <c r="E49" s="293"/>
+      <c r="F49" s="293"/>
+      <c r="G49" s="293"/>
+      <c r="H49" s="293"/>
+      <c r="I49" s="293"/>
+      <c r="J49" s="293"/>
+      <c r="K49" s="293"/>
+      <c r="L49" s="293"/>
+      <c r="M49" s="294"/>
+      <c r="N49" s="139"/>
+      <c r="O49" s="288"/>
+      <c r="P49" s="286"/>
+      <c r="Q49" s="286"/>
+      <c r="R49" s="286"/>
+      <c r="S49" s="286"/>
+      <c r="T49" s="286"/>
+      <c r="U49" s="286"/>
+      <c r="V49" s="286"/>
+      <c r="W49" s="286"/>
+      <c r="X49" s="286"/>
+      <c r="Y49" s="286"/>
+      <c r="Z49" s="286"/>
+      <c r="AA49" s="286"/>
+      <c r="AB49" s="286"/>
+      <c r="AC49" s="286"/>
+      <c r="AD49" s="286"/>
+      <c r="AE49" s="286"/>
+      <c r="AF49" s="286"/>
+      <c r="AG49" s="286"/>
+      <c r="AH49" s="286"/>
+      <c r="AI49" s="286"/>
+      <c r="AJ49" s="286"/>
+      <c r="AK49" s="286"/>
+      <c r="AL49" s="286"/>
+      <c r="AM49" s="286"/>
+      <c r="AN49" s="286"/>
+      <c r="AO49" s="286"/>
+      <c r="AP49" s="287"/>
+      <c r="AQ49" s="138"/>
     </row>
     <row r="50" spans="2:43" ht="15.75">
-      <c r="B50" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ50" s="154"/>
+      <c r="B50" s="138"/>
+      <c r="C50" s="41"/>
+      <c r="D50" s="293"/>
+      <c r="E50" s="293"/>
+      <c r="F50" s="293"/>
+      <c r="G50" s="293"/>
+      <c r="H50" s="293"/>
+      <c r="I50" s="293"/>
+      <c r="J50" s="293"/>
+      <c r="K50" s="293"/>
+      <c r="L50" s="293"/>
+      <c r="M50" s="294"/>
+      <c r="N50" s="139"/>
+      <c r="O50" s="288"/>
+      <c r="P50" s="286"/>
+      <c r="Q50" s="286"/>
+      <c r="R50" s="286"/>
+      <c r="S50" s="286"/>
+      <c r="T50" s="286"/>
+      <c r="U50" s="286"/>
+      <c r="V50" s="286"/>
+      <c r="W50" s="286"/>
+      <c r="X50" s="286"/>
+      <c r="Y50" s="286"/>
+      <c r="Z50" s="286"/>
+      <c r="AA50" s="286"/>
+      <c r="AB50" s="286"/>
+      <c r="AC50" s="286"/>
+      <c r="AD50" s="286"/>
+      <c r="AE50" s="286"/>
+      <c r="AF50" s="286"/>
+      <c r="AG50" s="286"/>
+      <c r="AH50" s="286"/>
+      <c r="AI50" s="286"/>
+      <c r="AJ50" s="286"/>
+      <c r="AK50" s="286"/>
+      <c r="AL50" s="286"/>
+      <c r="AM50" s="286"/>
+      <c r="AN50" s="286"/>
+      <c r="AO50" s="286"/>
+      <c r="AP50" s="287"/>
+      <c r="AQ50" s="138"/>
     </row>
     <row r="51" spans="2:43" ht="15.75">
-      <c r="B51" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ51" s="154"/>
+      <c r="B51" s="138"/>
+      <c r="C51" s="41"/>
+      <c r="D51" s="293"/>
+      <c r="E51" s="293"/>
+      <c r="F51" s="293"/>
+      <c r="G51" s="293"/>
+      <c r="H51" s="293"/>
+      <c r="I51" s="293"/>
+      <c r="J51" s="293"/>
+      <c r="K51" s="293"/>
+      <c r="L51" s="293"/>
+      <c r="M51" s="294"/>
+      <c r="N51" s="139"/>
+      <c r="O51" s="288"/>
+      <c r="P51" s="286"/>
+      <c r="Q51" s="286"/>
+      <c r="R51" s="286"/>
+      <c r="S51" s="286"/>
+      <c r="T51" s="286"/>
+      <c r="U51" s="286"/>
+      <c r="V51" s="286"/>
+      <c r="W51" s="286"/>
+      <c r="X51" s="286"/>
+      <c r="Y51" s="286"/>
+      <c r="Z51" s="286"/>
+      <c r="AA51" s="286"/>
+      <c r="AB51" s="286"/>
+      <c r="AC51" s="286"/>
+      <c r="AD51" s="286"/>
+      <c r="AE51" s="286"/>
+      <c r="AF51" s="286"/>
+      <c r="AG51" s="286"/>
+      <c r="AH51" s="286"/>
+      <c r="AI51" s="286"/>
+      <c r="AJ51" s="286"/>
+      <c r="AK51" s="286"/>
+      <c r="AL51" s="286"/>
+      <c r="AM51" s="286"/>
+      <c r="AN51" s="286"/>
+      <c r="AO51" s="286"/>
+      <c r="AP51" s="287"/>
+      <c r="AQ51" s="138"/>
     </row>
     <row r="52" spans="2:43" ht="15.75">
-      <c r="B52" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ52" s="154"/>
+      <c r="B52" s="138"/>
+      <c r="C52" s="41"/>
+      <c r="D52" s="293"/>
+      <c r="E52" s="293"/>
+      <c r="F52" s="293"/>
+      <c r="G52" s="293"/>
+      <c r="H52" s="293"/>
+      <c r="I52" s="293"/>
+      <c r="J52" s="293"/>
+      <c r="K52" s="293"/>
+      <c r="L52" s="293"/>
+      <c r="M52" s="294"/>
+      <c r="N52" s="139"/>
+      <c r="O52" s="288"/>
+      <c r="P52" s="286"/>
+      <c r="Q52" s="286"/>
+      <c r="R52" s="286"/>
+      <c r="S52" s="286"/>
+      <c r="T52" s="286"/>
+      <c r="U52" s="286"/>
+      <c r="V52" s="286"/>
+      <c r="W52" s="286"/>
+      <c r="X52" s="286"/>
+      <c r="Y52" s="286"/>
+      <c r="Z52" s="286"/>
+      <c r="AA52" s="286"/>
+      <c r="AB52" s="286"/>
+      <c r="AC52" s="286"/>
+      <c r="AD52" s="286"/>
+      <c r="AE52" s="286"/>
+      <c r="AF52" s="286"/>
+      <c r="AG52" s="286"/>
+      <c r="AH52" s="286"/>
+      <c r="AI52" s="286"/>
+      <c r="AJ52" s="286"/>
+      <c r="AK52" s="286"/>
+      <c r="AL52" s="286"/>
+      <c r="AM52" s="286"/>
+      <c r="AN52" s="286"/>
+      <c r="AO52" s="286"/>
+      <c r="AP52" s="287"/>
+      <c r="AQ52" s="138"/>
     </row>
     <row r="53" spans="2:43" ht="15.75">
-      <c r="B53" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ53" s="154"/>
+      <c r="B53" s="138"/>
+      <c r="C53" s="41"/>
+      <c r="D53" s="293"/>
+      <c r="E53" s="293"/>
+      <c r="F53" s="293"/>
+      <c r="G53" s="293"/>
+      <c r="H53" s="293"/>
+      <c r="I53" s="293"/>
+      <c r="J53" s="293"/>
+      <c r="K53" s="293"/>
+      <c r="L53" s="293"/>
+      <c r="M53" s="294"/>
+      <c r="N53" s="139"/>
+      <c r="O53" s="288"/>
+      <c r="P53" s="286"/>
+      <c r="Q53" s="286"/>
+      <c r="R53" s="286"/>
+      <c r="S53" s="286"/>
+      <c r="T53" s="286"/>
+      <c r="U53" s="286"/>
+      <c r="V53" s="286"/>
+      <c r="W53" s="286"/>
+      <c r="X53" s="286"/>
+      <c r="Y53" s="286"/>
+      <c r="Z53" s="286"/>
+      <c r="AA53" s="286"/>
+      <c r="AB53" s="286"/>
+      <c r="AC53" s="286"/>
+      <c r="AD53" s="286"/>
+      <c r="AE53" s="286"/>
+      <c r="AF53" s="286"/>
+      <c r="AG53" s="286"/>
+      <c r="AH53" s="286"/>
+      <c r="AI53" s="286"/>
+      <c r="AJ53" s="286"/>
+      <c r="AK53" s="286"/>
+      <c r="AL53" s="286"/>
+      <c r="AM53" s="286"/>
+      <c r="AN53" s="286"/>
+      <c r="AO53" s="286"/>
+      <c r="AP53" s="287"/>
+      <c r="AQ53" s="138"/>
     </row>
     <row r="54" spans="2:43" ht="15.75">
-      <c r="B54" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ54" s="154"/>
+      <c r="B54" s="138"/>
+      <c r="C54" s="41"/>
+      <c r="D54" s="293"/>
+      <c r="E54" s="293"/>
+      <c r="F54" s="293"/>
+      <c r="G54" s="293"/>
+      <c r="H54" s="293"/>
+      <c r="I54" s="293"/>
+      <c r="J54" s="293"/>
+      <c r="K54" s="293"/>
+      <c r="L54" s="293"/>
+      <c r="M54" s="294"/>
+      <c r="N54" s="139"/>
+      <c r="O54" s="288"/>
+      <c r="P54" s="286"/>
+      <c r="Q54" s="286"/>
+      <c r="R54" s="286"/>
+      <c r="S54" s="286"/>
+      <c r="T54" s="286"/>
+      <c r="U54" s="286"/>
+      <c r="V54" s="286"/>
+      <c r="W54" s="286"/>
+      <c r="X54" s="286"/>
+      <c r="Y54" s="286"/>
+      <c r="Z54" s="286"/>
+      <c r="AA54" s="286"/>
+      <c r="AB54" s="286"/>
+      <c r="AC54" s="286"/>
+      <c r="AD54" s="286"/>
+      <c r="AE54" s="286"/>
+      <c r="AF54" s="286"/>
+      <c r="AG54" s="286"/>
+      <c r="AH54" s="286"/>
+      <c r="AI54" s="286"/>
+      <c r="AJ54" s="286"/>
+      <c r="AK54" s="286"/>
+      <c r="AL54" s="286"/>
+      <c r="AM54" s="286"/>
+      <c r="AN54" s="286"/>
+      <c r="AO54" s="286"/>
+      <c r="AP54" s="287"/>
+      <c r="AQ54" s="138"/>
     </row>
     <row r="55" spans="2:43" ht="15.75">
-      <c r="B55" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ55" s="154"/>
+      <c r="B55" s="138"/>
+      <c r="C55" s="41"/>
+      <c r="D55" s="293"/>
+      <c r="E55" s="293"/>
+      <c r="F55" s="293"/>
+      <c r="G55" s="293"/>
+      <c r="H55" s="293"/>
+      <c r="I55" s="293"/>
+      <c r="J55" s="293"/>
+      <c r="K55" s="293"/>
+      <c r="L55" s="293"/>
+      <c r="M55" s="294"/>
+      <c r="N55" s="139"/>
+      <c r="O55" s="288"/>
+      <c r="P55" s="286"/>
+      <c r="Q55" s="286"/>
+      <c r="R55" s="286"/>
+      <c r="S55" s="286"/>
+      <c r="T55" s="286"/>
+      <c r="U55" s="286"/>
+      <c r="V55" s="286"/>
+      <c r="W55" s="286"/>
+      <c r="X55" s="286"/>
+      <c r="Y55" s="286"/>
+      <c r="Z55" s="286"/>
+      <c r="AA55" s="286"/>
+      <c r="AB55" s="286"/>
+      <c r="AC55" s="286"/>
+      <c r="AD55" s="286"/>
+      <c r="AE55" s="286"/>
+      <c r="AF55" s="286"/>
+      <c r="AG55" s="286"/>
+      <c r="AH55" s="286"/>
+      <c r="AI55" s="286"/>
+      <c r="AJ55" s="286"/>
+      <c r="AK55" s="286"/>
+      <c r="AL55" s="286"/>
+      <c r="AM55" s="286"/>
+      <c r="AN55" s="286"/>
+      <c r="AO55" s="286"/>
+      <c r="AP55" s="287"/>
+      <c r="AQ55" s="138"/>
     </row>
     <row r="56" spans="2:43" ht="15.75">
-      <c r="B56" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ56" s="154"/>
+      <c r="B56" s="138"/>
+      <c r="C56" s="41"/>
+      <c r="D56" s="293"/>
+      <c r="E56" s="293"/>
+      <c r="F56" s="293"/>
+      <c r="G56" s="293"/>
+      <c r="H56" s="293"/>
+      <c r="I56" s="293"/>
+      <c r="J56" s="293"/>
+      <c r="K56" s="293"/>
+      <c r="L56" s="293"/>
+      <c r="M56" s="294"/>
+      <c r="N56" s="139"/>
+      <c r="O56" s="288"/>
+      <c r="P56" s="286"/>
+      <c r="Q56" s="286"/>
+      <c r="R56" s="286"/>
+      <c r="S56" s="286"/>
+      <c r="T56" s="286"/>
+      <c r="U56" s="286"/>
+      <c r="V56" s="286"/>
+      <c r="W56" s="286"/>
+      <c r="X56" s="286"/>
+      <c r="Y56" s="286"/>
+      <c r="Z56" s="286"/>
+      <c r="AA56" s="286"/>
+      <c r="AB56" s="286"/>
+      <c r="AC56" s="286"/>
+      <c r="AD56" s="286"/>
+      <c r="AE56" s="286"/>
+      <c r="AF56" s="286"/>
+      <c r="AG56" s="286"/>
+      <c r="AH56" s="286"/>
+      <c r="AI56" s="286"/>
+      <c r="AJ56" s="286"/>
+      <c r="AK56" s="286"/>
+      <c r="AL56" s="286"/>
+      <c r="AM56" s="286"/>
+      <c r="AN56" s="286"/>
+      <c r="AO56" s="286"/>
+      <c r="AP56" s="287"/>
+      <c r="AQ56" s="138"/>
     </row>
     <row r="57" spans="2:43" ht="15.75">
-      <c r="B57" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ57" s="154"/>
+      <c r="B57" s="138"/>
+      <c r="C57" s="41"/>
+      <c r="D57" s="293"/>
+      <c r="E57" s="293"/>
+      <c r="F57" s="293"/>
+      <c r="G57" s="293"/>
+      <c r="H57" s="293"/>
+      <c r="I57" s="293"/>
+      <c r="J57" s="293"/>
+      <c r="K57" s="293"/>
+      <c r="L57" s="293"/>
+      <c r="M57" s="294"/>
+      <c r="N57" s="139"/>
+      <c r="O57" s="288"/>
+      <c r="P57" s="286"/>
+      <c r="Q57" s="286"/>
+      <c r="R57" s="286"/>
+      <c r="S57" s="286"/>
+      <c r="T57" s="286"/>
+      <c r="U57" s="286"/>
+      <c r="V57" s="286"/>
+      <c r="W57" s="286"/>
+      <c r="X57" s="286"/>
+      <c r="Y57" s="286"/>
+      <c r="Z57" s="286"/>
+      <c r="AA57" s="286"/>
+      <c r="AB57" s="286"/>
+      <c r="AC57" s="286"/>
+      <c r="AD57" s="286"/>
+      <c r="AE57" s="286"/>
+      <c r="AF57" s="286"/>
+      <c r="AG57" s="286"/>
+      <c r="AH57" s="286"/>
+      <c r="AI57" s="286"/>
+      <c r="AJ57" s="286"/>
+      <c r="AK57" s="286"/>
+      <c r="AL57" s="286"/>
+      <c r="AM57" s="286"/>
+      <c r="AN57" s="286"/>
+      <c r="AO57" s="286"/>
+      <c r="AP57" s="287"/>
+      <c r="AQ57" s="138"/>
     </row>
     <row r="58" spans="2:43" ht="15.75">
-      <c r="B58" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ58" s="154"/>
+      <c r="B58" s="138"/>
+      <c r="C58" s="41"/>
+      <c r="D58" s="293"/>
+      <c r="E58" s="293"/>
+      <c r="F58" s="293"/>
+      <c r="G58" s="293"/>
+      <c r="H58" s="293"/>
+      <c r="I58" s="293"/>
+      <c r="J58" s="293"/>
+      <c r="K58" s="293"/>
+      <c r="L58" s="293"/>
+      <c r="M58" s="294"/>
+      <c r="N58" s="139"/>
+      <c r="O58" s="288"/>
+      <c r="P58" s="286"/>
+      <c r="Q58" s="286"/>
+      <c r="R58" s="286"/>
+      <c r="S58" s="286"/>
+      <c r="T58" s="286"/>
+      <c r="U58" s="286"/>
+      <c r="V58" s="286"/>
+      <c r="W58" s="286"/>
+      <c r="X58" s="286"/>
+      <c r="Y58" s="286"/>
+      <c r="Z58" s="286"/>
+      <c r="AA58" s="286"/>
+      <c r="AB58" s="286"/>
+      <c r="AC58" s="286"/>
+      <c r="AD58" s="286"/>
+      <c r="AE58" s="286"/>
+      <c r="AF58" s="286"/>
+      <c r="AG58" s="286"/>
+      <c r="AH58" s="286"/>
+      <c r="AI58" s="286"/>
+      <c r="AJ58" s="286"/>
+      <c r="AK58" s="286"/>
+      <c r="AL58" s="286"/>
+      <c r="AM58" s="286"/>
+      <c r="AN58" s="286"/>
+      <c r="AO58" s="286"/>
+      <c r="AP58" s="287"/>
+      <c r="AQ58" s="138"/>
     </row>
     <row r="59" spans="2:43" ht="16.5" thickBot="1">
-      <c r="B59" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ59" s="154"/>
+      <c r="B59" s="138"/>
+      <c r="C59" s="42"/>
+      <c r="D59" s="316"/>
+      <c r="E59" s="316"/>
+      <c r="F59" s="316"/>
+      <c r="G59" s="316"/>
+      <c r="H59" s="316"/>
+      <c r="I59" s="316"/>
+      <c r="J59" s="316"/>
+      <c r="K59" s="316"/>
+      <c r="L59" s="316"/>
+      <c r="M59" s="317"/>
+      <c r="N59" s="139"/>
+      <c r="O59" s="288"/>
+      <c r="P59" s="286"/>
+      <c r="Q59" s="286"/>
+      <c r="R59" s="286"/>
+      <c r="S59" s="286"/>
+      <c r="T59" s="286"/>
+      <c r="U59" s="286"/>
+      <c r="V59" s="286"/>
+      <c r="W59" s="286"/>
+      <c r="X59" s="286"/>
+      <c r="Y59" s="286"/>
+      <c r="Z59" s="286"/>
+      <c r="AA59" s="286"/>
+      <c r="AB59" s="286"/>
+      <c r="AC59" s="286"/>
+      <c r="AD59" s="286"/>
+      <c r="AE59" s="286"/>
+      <c r="AF59" s="286"/>
+      <c r="AG59" s="286"/>
+      <c r="AH59" s="286"/>
+      <c r="AI59" s="286"/>
+      <c r="AJ59" s="286"/>
+      <c r="AK59" s="286"/>
+      <c r="AL59" s="286"/>
+      <c r="AM59" s="286"/>
+      <c r="AN59" s="286"/>
+      <c r="AO59" s="286"/>
+      <c r="AP59" s="287"/>
+      <c r="AQ59" s="138"/>
     </row>
     <row r="60" spans="2:43" ht="7.5" customHeight="1">
-      <c r="B60" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ60" s="154"/>
+      <c r="B60" s="138"/>
+      <c r="C60" s="138"/>
+      <c r="D60" s="138"/>
+      <c r="E60" s="138"/>
+      <c r="F60" s="138"/>
+      <c r="G60" s="138"/>
+      <c r="H60" s="138"/>
+      <c r="I60" s="138"/>
+      <c r="J60" s="138"/>
+      <c r="K60" s="138"/>
+      <c r="L60" s="138"/>
+      <c r="M60" s="138"/>
+      <c r="N60" s="139"/>
+      <c r="O60" s="288"/>
+      <c r="P60" s="286"/>
+      <c r="Q60" s="286"/>
+      <c r="R60" s="286"/>
+      <c r="S60" s="286"/>
+      <c r="T60" s="286"/>
+      <c r="U60" s="286"/>
+      <c r="V60" s="286"/>
+      <c r="W60" s="286"/>
+      <c r="X60" s="286"/>
+      <c r="Y60" s="286"/>
+      <c r="Z60" s="286"/>
+      <c r="AA60" s="286"/>
+      <c r="AB60" s="286"/>
+      <c r="AC60" s="286"/>
+      <c r="AD60" s="286"/>
+      <c r="AE60" s="286"/>
+      <c r="AF60" s="286"/>
+      <c r="AG60" s="286"/>
+      <c r="AH60" s="286"/>
+      <c r="AI60" s="286"/>
+      <c r="AJ60" s="286"/>
+      <c r="AK60" s="286"/>
+      <c r="AL60" s="286"/>
+      <c r="AM60" s="286"/>
+      <c r="AN60" s="286"/>
+      <c r="AO60" s="286"/>
+      <c r="AP60" s="287"/>
+      <c r="AQ60" s="138"/>
     </row>
     <row r="61" spans="2:43" ht="18">
-      <c r="B61" s="186"/>
-      <c r="C61" s="326" t="s">
+      <c r="B61" s="138"/>
+      <c r="C61" s="311" t="s">
         <v>99</v>
       </c>
-      <c r="D61" s="326"/>
-[...38 lines deleted...]
-      <c r="AQ61" s="154"/>
+      <c r="D61" s="311"/>
+      <c r="E61" s="311"/>
+      <c r="F61" s="311"/>
+      <c r="G61" s="311"/>
+      <c r="H61" s="311"/>
+      <c r="I61" s="311"/>
+      <c r="J61" s="311"/>
+      <c r="K61" s="311"/>
+      <c r="L61" s="311"/>
+      <c r="M61" s="311"/>
+      <c r="N61" s="139"/>
+      <c r="O61" s="288"/>
+      <c r="P61" s="286"/>
+      <c r="Q61" s="286"/>
+      <c r="R61" s="286"/>
+      <c r="S61" s="286"/>
+      <c r="T61" s="286"/>
+      <c r="U61" s="286"/>
+      <c r="V61" s="286"/>
+      <c r="W61" s="286"/>
+      <c r="X61" s="286"/>
+      <c r="Y61" s="286"/>
+      <c r="Z61" s="286"/>
+      <c r="AA61" s="286"/>
+      <c r="AB61" s="286"/>
+      <c r="AC61" s="286"/>
+      <c r="AD61" s="286"/>
+      <c r="AE61" s="286"/>
+      <c r="AF61" s="286"/>
+      <c r="AG61" s="286"/>
+      <c r="AH61" s="286"/>
+      <c r="AI61" s="286"/>
+      <c r="AJ61" s="286"/>
+      <c r="AK61" s="286"/>
+      <c r="AL61" s="286"/>
+      <c r="AM61" s="286"/>
+      <c r="AN61" s="286"/>
+      <c r="AO61" s="286"/>
+      <c r="AP61" s="287"/>
+      <c r="AQ61" s="138"/>
     </row>
     <row r="62" spans="2:43" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B62" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ62" s="154"/>
+      <c r="B62" s="138"/>
+      <c r="C62" s="139"/>
+      <c r="D62" s="139"/>
+      <c r="E62" s="139"/>
+      <c r="F62" s="140"/>
+      <c r="G62" s="140"/>
+      <c r="H62" s="140"/>
+      <c r="I62" s="140"/>
+      <c r="J62" s="140"/>
+      <c r="K62" s="140"/>
+      <c r="L62" s="140"/>
+      <c r="M62" s="141"/>
+      <c r="N62" s="139"/>
+      <c r="O62" s="288"/>
+      <c r="P62" s="286"/>
+      <c r="Q62" s="286"/>
+      <c r="R62" s="286"/>
+      <c r="S62" s="286"/>
+      <c r="T62" s="286"/>
+      <c r="U62" s="286"/>
+      <c r="V62" s="286"/>
+      <c r="W62" s="286"/>
+      <c r="X62" s="286"/>
+      <c r="Y62" s="286"/>
+      <c r="Z62" s="286"/>
+      <c r="AA62" s="286"/>
+      <c r="AB62" s="286"/>
+      <c r="AC62" s="286"/>
+      <c r="AD62" s="286"/>
+      <c r="AE62" s="286"/>
+      <c r="AF62" s="286"/>
+      <c r="AG62" s="286"/>
+      <c r="AH62" s="286"/>
+      <c r="AI62" s="286"/>
+      <c r="AJ62" s="286"/>
+      <c r="AK62" s="286"/>
+      <c r="AL62" s="286"/>
+      <c r="AM62" s="286"/>
+      <c r="AN62" s="286"/>
+      <c r="AO62" s="286"/>
+      <c r="AP62" s="287"/>
+      <c r="AQ62" s="138"/>
     </row>
     <row r="63" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B63" s="186"/>
-[...3 lines deleted...]
-      <c r="F63" s="157" t="s">
+      <c r="B63" s="138"/>
+      <c r="C63" s="142"/>
+      <c r="D63" s="31"/>
+      <c r="E63" s="142"/>
+      <c r="F63" s="140" t="s">
         <v>171</v>
       </c>
-      <c r="G63" s="159"/>
-[...35 lines deleted...]
-      <c r="AQ63" s="154"/>
+      <c r="G63" s="142"/>
+      <c r="H63" s="142"/>
+      <c r="I63" s="142"/>
+      <c r="J63" s="142"/>
+      <c r="K63" s="142"/>
+      <c r="L63" s="142"/>
+      <c r="M63" s="142"/>
+      <c r="N63" s="139"/>
+      <c r="O63" s="288"/>
+      <c r="P63" s="286"/>
+      <c r="Q63" s="286"/>
+      <c r="R63" s="286"/>
+      <c r="S63" s="286"/>
+      <c r="T63" s="286"/>
+      <c r="U63" s="286"/>
+      <c r="V63" s="286"/>
+      <c r="W63" s="286"/>
+      <c r="X63" s="286"/>
+      <c r="Y63" s="286"/>
+      <c r="Z63" s="286"/>
+      <c r="AA63" s="286"/>
+      <c r="AB63" s="286"/>
+      <c r="AC63" s="286"/>
+      <c r="AD63" s="286"/>
+      <c r="AE63" s="286"/>
+      <c r="AF63" s="286"/>
+      <c r="AG63" s="286"/>
+      <c r="AH63" s="286"/>
+      <c r="AI63" s="286"/>
+      <c r="AJ63" s="286"/>
+      <c r="AK63" s="286"/>
+      <c r="AL63" s="286"/>
+      <c r="AM63" s="286"/>
+      <c r="AN63" s="286"/>
+      <c r="AO63" s="286"/>
+      <c r="AP63" s="287"/>
+      <c r="AQ63" s="138"/>
     </row>
     <row r="64" spans="2:43" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B64" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ64" s="154"/>
+      <c r="B64" s="138"/>
+      <c r="C64" s="139"/>
+      <c r="D64" s="139"/>
+      <c r="E64" s="139"/>
+      <c r="F64" s="140"/>
+      <c r="G64" s="140"/>
+      <c r="H64" s="140"/>
+      <c r="I64" s="140"/>
+      <c r="J64" s="140"/>
+      <c r="K64" s="140"/>
+      <c r="L64" s="140"/>
+      <c r="M64" s="141"/>
+      <c r="N64" s="139"/>
+      <c r="O64" s="288"/>
+      <c r="P64" s="286"/>
+      <c r="Q64" s="286"/>
+      <c r="R64" s="286"/>
+      <c r="S64" s="286"/>
+      <c r="T64" s="286"/>
+      <c r="U64" s="286"/>
+      <c r="V64" s="286"/>
+      <c r="W64" s="286"/>
+      <c r="X64" s="286"/>
+      <c r="Y64" s="286"/>
+      <c r="Z64" s="286"/>
+      <c r="AA64" s="286"/>
+      <c r="AB64" s="286"/>
+      <c r="AC64" s="286"/>
+      <c r="AD64" s="286"/>
+      <c r="AE64" s="286"/>
+      <c r="AF64" s="286"/>
+      <c r="AG64" s="286"/>
+      <c r="AH64" s="286"/>
+      <c r="AI64" s="286"/>
+      <c r="AJ64" s="286"/>
+      <c r="AK64" s="286"/>
+      <c r="AL64" s="286"/>
+      <c r="AM64" s="286"/>
+      <c r="AN64" s="286"/>
+      <c r="AO64" s="286"/>
+      <c r="AP64" s="287"/>
+      <c r="AQ64" s="138"/>
     </row>
     <row r="65" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B65" s="186"/>
-[...3 lines deleted...]
-      <c r="F65" s="160" t="s">
+      <c r="B65" s="138"/>
+      <c r="C65" s="138"/>
+      <c r="D65" s="31"/>
+      <c r="E65" s="138"/>
+      <c r="F65" s="143" t="s">
         <v>100</v>
       </c>
-      <c r="G65" s="160"/>
-[...35 lines deleted...]
-      <c r="AQ65" s="154"/>
+      <c r="G65" s="143"/>
+      <c r="H65" s="143"/>
+      <c r="I65" s="143"/>
+      <c r="J65" s="143"/>
+      <c r="K65" s="143"/>
+      <c r="L65" s="143"/>
+      <c r="M65" s="143"/>
+      <c r="N65" s="139"/>
+      <c r="O65" s="288"/>
+      <c r="P65" s="286"/>
+      <c r="Q65" s="286"/>
+      <c r="R65" s="286"/>
+      <c r="S65" s="286"/>
+      <c r="T65" s="286"/>
+      <c r="U65" s="286"/>
+      <c r="V65" s="286"/>
+      <c r="W65" s="286"/>
+      <c r="X65" s="286"/>
+      <c r="Y65" s="286"/>
+      <c r="Z65" s="286"/>
+      <c r="AA65" s="286"/>
+      <c r="AB65" s="286"/>
+      <c r="AC65" s="286"/>
+      <c r="AD65" s="286"/>
+      <c r="AE65" s="286"/>
+      <c r="AF65" s="286"/>
+      <c r="AG65" s="286"/>
+      <c r="AH65" s="286"/>
+      <c r="AI65" s="286"/>
+      <c r="AJ65" s="286"/>
+      <c r="AK65" s="286"/>
+      <c r="AL65" s="286"/>
+      <c r="AM65" s="286"/>
+      <c r="AN65" s="286"/>
+      <c r="AO65" s="286"/>
+      <c r="AP65" s="287"/>
+      <c r="AQ65" s="138"/>
     </row>
     <row r="66" spans="2:43" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B66" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ66" s="154"/>
+      <c r="B66" s="138"/>
+      <c r="C66" s="139"/>
+      <c r="D66" s="139"/>
+      <c r="E66" s="139"/>
+      <c r="F66" s="140"/>
+      <c r="G66" s="140"/>
+      <c r="H66" s="140"/>
+      <c r="I66" s="140"/>
+      <c r="J66" s="140"/>
+      <c r="K66" s="140"/>
+      <c r="L66" s="140"/>
+      <c r="M66" s="141"/>
+      <c r="N66" s="139"/>
+      <c r="O66" s="288"/>
+      <c r="P66" s="286"/>
+      <c r="Q66" s="286"/>
+      <c r="R66" s="286"/>
+      <c r="S66" s="286"/>
+      <c r="T66" s="286"/>
+      <c r="U66" s="286"/>
+      <c r="V66" s="286"/>
+      <c r="W66" s="286"/>
+      <c r="X66" s="286"/>
+      <c r="Y66" s="286"/>
+      <c r="Z66" s="286"/>
+      <c r="AA66" s="286"/>
+      <c r="AB66" s="286"/>
+      <c r="AC66" s="286"/>
+      <c r="AD66" s="286"/>
+      <c r="AE66" s="286"/>
+      <c r="AF66" s="286"/>
+      <c r="AG66" s="286"/>
+      <c r="AH66" s="286"/>
+      <c r="AI66" s="286"/>
+      <c r="AJ66" s="286"/>
+      <c r="AK66" s="286"/>
+      <c r="AL66" s="286"/>
+      <c r="AM66" s="286"/>
+      <c r="AN66" s="286"/>
+      <c r="AO66" s="286"/>
+      <c r="AP66" s="287"/>
+      <c r="AQ66" s="138"/>
     </row>
     <row r="67" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B67" s="186"/>
-[...3 lines deleted...]
-      <c r="F67" s="157" t="s">
+      <c r="B67" s="138"/>
+      <c r="C67" s="139"/>
+      <c r="D67" s="31"/>
+      <c r="E67" s="139"/>
+      <c r="F67" s="140" t="s">
         <v>101</v>
       </c>
-      <c r="G67" s="157"/>
-[...35 lines deleted...]
-      <c r="AQ67" s="154"/>
+      <c r="G67" s="140"/>
+      <c r="H67" s="140"/>
+      <c r="I67" s="140"/>
+      <c r="J67" s="140"/>
+      <c r="K67" s="140"/>
+      <c r="L67" s="140"/>
+      <c r="M67" s="141"/>
+      <c r="N67" s="139"/>
+      <c r="O67" s="288"/>
+      <c r="P67" s="286"/>
+      <c r="Q67" s="286"/>
+      <c r="R67" s="286"/>
+      <c r="S67" s="286"/>
+      <c r="T67" s="286"/>
+      <c r="U67" s="286"/>
+      <c r="V67" s="286"/>
+      <c r="W67" s="286"/>
+      <c r="X67" s="286"/>
+      <c r="Y67" s="286"/>
+      <c r="Z67" s="286"/>
+      <c r="AA67" s="286"/>
+      <c r="AB67" s="286"/>
+      <c r="AC67" s="286"/>
+      <c r="AD67" s="286"/>
+      <c r="AE67" s="286"/>
+      <c r="AF67" s="286"/>
+      <c r="AG67" s="286"/>
+      <c r="AH67" s="286"/>
+      <c r="AI67" s="286"/>
+      <c r="AJ67" s="286"/>
+      <c r="AK67" s="286"/>
+      <c r="AL67" s="286"/>
+      <c r="AM67" s="286"/>
+      <c r="AN67" s="286"/>
+      <c r="AO67" s="286"/>
+      <c r="AP67" s="287"/>
+      <c r="AQ67" s="138"/>
     </row>
     <row r="68" spans="2:43" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B68" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ68" s="153"/>
+      <c r="B68" s="138"/>
+      <c r="C68" s="139"/>
+      <c r="D68" s="139"/>
+      <c r="E68" s="139"/>
+      <c r="F68" s="140"/>
+      <c r="G68" s="140"/>
+      <c r="H68" s="140"/>
+      <c r="I68" s="140"/>
+      <c r="J68" s="140"/>
+      <c r="K68" s="140"/>
+      <c r="L68" s="140"/>
+      <c r="M68" s="141"/>
+      <c r="N68" s="139"/>
+      <c r="O68" s="288"/>
+      <c r="P68" s="286"/>
+      <c r="Q68" s="286"/>
+      <c r="R68" s="286"/>
+      <c r="S68" s="286"/>
+      <c r="T68" s="286"/>
+      <c r="U68" s="286"/>
+      <c r="V68" s="286"/>
+      <c r="W68" s="286"/>
+      <c r="X68" s="286"/>
+      <c r="Y68" s="286"/>
+      <c r="Z68" s="286"/>
+      <c r="AA68" s="286"/>
+      <c r="AB68" s="286"/>
+      <c r="AC68" s="286"/>
+      <c r="AD68" s="286"/>
+      <c r="AE68" s="286"/>
+      <c r="AF68" s="286"/>
+      <c r="AG68" s="286"/>
+      <c r="AH68" s="286"/>
+      <c r="AI68" s="286"/>
+      <c r="AJ68" s="286"/>
+      <c r="AK68" s="286"/>
+      <c r="AL68" s="286"/>
+      <c r="AM68" s="286"/>
+      <c r="AN68" s="286"/>
+      <c r="AO68" s="286"/>
+      <c r="AP68" s="287"/>
+      <c r="AQ68" s="137"/>
     </row>
     <row r="69" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B69" s="186"/>
-[...3 lines deleted...]
-      <c r="F69" s="157" t="s">
+      <c r="B69" s="138"/>
+      <c r="C69" s="139"/>
+      <c r="D69" s="31"/>
+      <c r="E69" s="139"/>
+      <c r="F69" s="140" t="s">
         <v>102</v>
       </c>
-      <c r="G69" s="157"/>
-[...35 lines deleted...]
-      <c r="AQ69" s="153"/>
+      <c r="G69" s="140"/>
+      <c r="H69" s="140"/>
+      <c r="I69" s="140"/>
+      <c r="J69" s="140"/>
+      <c r="K69" s="140"/>
+      <c r="L69" s="140"/>
+      <c r="M69" s="141"/>
+      <c r="N69" s="139"/>
+      <c r="O69" s="288"/>
+      <c r="P69" s="286"/>
+      <c r="Q69" s="286"/>
+      <c r="R69" s="286"/>
+      <c r="S69" s="286"/>
+      <c r="T69" s="286"/>
+      <c r="U69" s="286"/>
+      <c r="V69" s="286"/>
+      <c r="W69" s="286"/>
+      <c r="X69" s="286"/>
+      <c r="Y69" s="286"/>
+      <c r="Z69" s="286"/>
+      <c r="AA69" s="286"/>
+      <c r="AB69" s="286"/>
+      <c r="AC69" s="286"/>
+      <c r="AD69" s="286"/>
+      <c r="AE69" s="286"/>
+      <c r="AF69" s="286"/>
+      <c r="AG69" s="286"/>
+      <c r="AH69" s="286"/>
+      <c r="AI69" s="286"/>
+      <c r="AJ69" s="286"/>
+      <c r="AK69" s="286"/>
+      <c r="AL69" s="286"/>
+      <c r="AM69" s="286"/>
+      <c r="AN69" s="286"/>
+      <c r="AO69" s="286"/>
+      <c r="AP69" s="287"/>
+      <c r="AQ69" s="137"/>
     </row>
     <row r="70" spans="2:43" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B70" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ70" s="153"/>
+      <c r="B70" s="138"/>
+      <c r="C70" s="139"/>
+      <c r="D70" s="139"/>
+      <c r="E70" s="139"/>
+      <c r="F70" s="140"/>
+      <c r="G70" s="140"/>
+      <c r="H70" s="140"/>
+      <c r="I70" s="140"/>
+      <c r="J70" s="140"/>
+      <c r="K70" s="140"/>
+      <c r="L70" s="140"/>
+      <c r="M70" s="141"/>
+      <c r="N70" s="139"/>
+      <c r="O70" s="288"/>
+      <c r="P70" s="286"/>
+      <c r="Q70" s="286"/>
+      <c r="R70" s="286"/>
+      <c r="S70" s="286"/>
+      <c r="T70" s="286"/>
+      <c r="U70" s="286"/>
+      <c r="V70" s="286"/>
+      <c r="W70" s="286"/>
+      <c r="X70" s="286"/>
+      <c r="Y70" s="286"/>
+      <c r="Z70" s="286"/>
+      <c r="AA70" s="286"/>
+      <c r="AB70" s="286"/>
+      <c r="AC70" s="286"/>
+      <c r="AD70" s="286"/>
+      <c r="AE70" s="286"/>
+      <c r="AF70" s="286"/>
+      <c r="AG70" s="286"/>
+      <c r="AH70" s="286"/>
+      <c r="AI70" s="286"/>
+      <c r="AJ70" s="286"/>
+      <c r="AK70" s="286"/>
+      <c r="AL70" s="286"/>
+      <c r="AM70" s="286"/>
+      <c r="AN70" s="286"/>
+      <c r="AO70" s="286"/>
+      <c r="AP70" s="287"/>
+      <c r="AQ70" s="137"/>
     </row>
     <row r="71" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B71" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ71" s="154"/>
+      <c r="B71" s="138"/>
+      <c r="C71" s="139"/>
+      <c r="D71" s="31"/>
+      <c r="E71" s="139"/>
+      <c r="F71" s="312"/>
+      <c r="G71" s="312"/>
+      <c r="H71" s="312"/>
+      <c r="I71" s="312"/>
+      <c r="J71" s="312"/>
+      <c r="K71" s="312"/>
+      <c r="L71" s="312"/>
+      <c r="M71" s="312"/>
+      <c r="N71" s="139"/>
+      <c r="O71" s="289"/>
+      <c r="P71" s="290"/>
+      <c r="Q71" s="290"/>
+      <c r="R71" s="290"/>
+      <c r="S71" s="290"/>
+      <c r="T71" s="290"/>
+      <c r="U71" s="290"/>
+      <c r="V71" s="290"/>
+      <c r="W71" s="290"/>
+      <c r="X71" s="290"/>
+      <c r="Y71" s="290"/>
+      <c r="Z71" s="290"/>
+      <c r="AA71" s="290"/>
+      <c r="AB71" s="290"/>
+      <c r="AC71" s="290"/>
+      <c r="AD71" s="290"/>
+      <c r="AE71" s="290"/>
+      <c r="AF71" s="290"/>
+      <c r="AG71" s="290"/>
+      <c r="AH71" s="290"/>
+      <c r="AI71" s="290"/>
+      <c r="AJ71" s="290"/>
+      <c r="AK71" s="290"/>
+      <c r="AL71" s="290"/>
+      <c r="AM71" s="290"/>
+      <c r="AN71" s="290"/>
+      <c r="AO71" s="290"/>
+      <c r="AP71" s="291"/>
+      <c r="AQ71" s="138"/>
     </row>
     <row r="72" spans="2:43" ht="16.5" thickBot="1">
-      <c r="B72" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ72" s="154"/>
+      <c r="B72" s="138"/>
+      <c r="C72" s="139"/>
+      <c r="D72" s="139"/>
+      <c r="E72" s="139"/>
+      <c r="F72" s="139"/>
+      <c r="G72" s="139"/>
+      <c r="H72" s="139"/>
+      <c r="I72" s="139"/>
+      <c r="J72" s="139"/>
+      <c r="K72" s="139"/>
+      <c r="L72" s="139"/>
+      <c r="M72" s="139"/>
+      <c r="N72" s="139"/>
+      <c r="O72" s="139"/>
+      <c r="P72" s="139"/>
+      <c r="Q72" s="139"/>
+      <c r="R72" s="139"/>
+      <c r="S72" s="139"/>
+      <c r="T72" s="139"/>
+      <c r="U72" s="139"/>
+      <c r="V72" s="139"/>
+      <c r="W72" s="139"/>
+      <c r="X72" s="139"/>
+      <c r="Y72" s="139"/>
+      <c r="Z72" s="139"/>
+      <c r="AA72" s="139"/>
+      <c r="AB72" s="139"/>
+      <c r="AC72" s="139"/>
+      <c r="AD72" s="139"/>
+      <c r="AE72" s="139"/>
+      <c r="AF72" s="139"/>
+      <c r="AG72" s="139"/>
+      <c r="AH72" s="139"/>
+      <c r="AI72" s="139"/>
+      <c r="AJ72" s="139"/>
+      <c r="AK72" s="139"/>
+      <c r="AL72" s="139"/>
+      <c r="AM72" s="139"/>
+      <c r="AN72" s="139"/>
+      <c r="AO72" s="139"/>
+      <c r="AP72" s="139"/>
+      <c r="AQ72" s="138"/>
     </row>
     <row r="73" spans="2:43" ht="21.75" customHeight="1">
-      <c r="B73" s="186"/>
-[...1 lines deleted...]
-      <c r="D73" s="162" t="s">
+      <c r="B73" s="138"/>
+      <c r="C73" s="144"/>
+      <c r="D73" s="145" t="s">
         <v>275</v>
       </c>
-      <c r="E73" s="162"/>
-[...37 lines deleted...]
-      <c r="AQ73" s="154"/>
+      <c r="E73" s="145"/>
+      <c r="F73" s="145"/>
+      <c r="G73" s="145"/>
+      <c r="H73" s="145"/>
+      <c r="I73" s="145"/>
+      <c r="J73" s="145"/>
+      <c r="K73" s="145"/>
+      <c r="L73" s="145"/>
+      <c r="M73" s="145"/>
+      <c r="N73" s="145"/>
+      <c r="O73" s="145"/>
+      <c r="P73" s="145"/>
+      <c r="Q73" s="145"/>
+      <c r="R73" s="145"/>
+      <c r="S73" s="145"/>
+      <c r="T73" s="145"/>
+      <c r="U73" s="145"/>
+      <c r="V73" s="145"/>
+      <c r="W73" s="145"/>
+      <c r="X73" s="145"/>
+      <c r="Y73" s="145"/>
+      <c r="Z73" s="145"/>
+      <c r="AA73" s="145"/>
+      <c r="AB73" s="145"/>
+      <c r="AC73" s="145"/>
+      <c r="AD73" s="145"/>
+      <c r="AE73" s="145"/>
+      <c r="AF73" s="145"/>
+      <c r="AG73" s="145"/>
+      <c r="AH73" s="145"/>
+      <c r="AI73" s="145"/>
+      <c r="AJ73" s="145"/>
+      <c r="AK73" s="145"/>
+      <c r="AL73" s="145"/>
+      <c r="AM73" s="145"/>
+      <c r="AN73" s="145"/>
+      <c r="AO73" s="145"/>
+      <c r="AP73" s="146"/>
+      <c r="AQ73" s="138"/>
     </row>
     <row r="74" spans="2:43" ht="20.25" customHeight="1">
-      <c r="B74" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ74" s="154"/>
+      <c r="B74" s="138"/>
+      <c r="C74" s="147"/>
+      <c r="D74" s="314"/>
+      <c r="E74" s="314"/>
+      <c r="F74" s="314"/>
+      <c r="G74" s="314"/>
+      <c r="H74" s="314"/>
+      <c r="I74" s="314"/>
+      <c r="J74" s="314"/>
+      <c r="K74" s="314"/>
+      <c r="L74" s="314"/>
+      <c r="M74" s="309"/>
+      <c r="N74" s="309"/>
+      <c r="O74" s="309"/>
+      <c r="P74" s="309"/>
+      <c r="Q74" s="309"/>
+      <c r="R74" s="309"/>
+      <c r="S74" s="309"/>
+      <c r="T74" s="309"/>
+      <c r="U74" s="309"/>
+      <c r="V74" s="309"/>
+      <c r="W74" s="309"/>
+      <c r="X74" s="149"/>
+      <c r="Y74" s="149"/>
+      <c r="Z74" s="149"/>
+      <c r="AA74" s="149"/>
+      <c r="AB74" s="307"/>
+      <c r="AC74" s="307"/>
+      <c r="AD74" s="307"/>
+      <c r="AE74" s="307"/>
+      <c r="AF74" s="307"/>
+      <c r="AG74" s="307"/>
+      <c r="AH74" s="307"/>
+      <c r="AI74" s="307"/>
+      <c r="AJ74" s="307"/>
+      <c r="AK74" s="307"/>
+      <c r="AL74" s="307"/>
+      <c r="AM74" s="307"/>
+      <c r="AN74" s="307"/>
+      <c r="AO74" s="307"/>
+      <c r="AP74" s="150"/>
+      <c r="AQ74" s="138"/>
     </row>
     <row r="75" spans="2:43" ht="20.25" customHeight="1">
-      <c r="B75" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ75" s="154"/>
+      <c r="B75" s="138"/>
+      <c r="C75" s="147"/>
+      <c r="D75" s="314"/>
+      <c r="E75" s="314"/>
+      <c r="F75" s="314"/>
+      <c r="G75" s="314"/>
+      <c r="H75" s="314"/>
+      <c r="I75" s="314"/>
+      <c r="J75" s="314"/>
+      <c r="K75" s="314"/>
+      <c r="L75" s="314"/>
+      <c r="M75" s="309"/>
+      <c r="N75" s="309"/>
+      <c r="O75" s="309"/>
+      <c r="P75" s="309"/>
+      <c r="Q75" s="309"/>
+      <c r="R75" s="309"/>
+      <c r="S75" s="309"/>
+      <c r="T75" s="309"/>
+      <c r="U75" s="309"/>
+      <c r="V75" s="309"/>
+      <c r="W75" s="309"/>
+      <c r="X75" s="149"/>
+      <c r="Y75" s="149"/>
+      <c r="Z75" s="149"/>
+      <c r="AA75" s="149"/>
+      <c r="AB75" s="307"/>
+      <c r="AC75" s="307"/>
+      <c r="AD75" s="307"/>
+      <c r="AE75" s="307"/>
+      <c r="AF75" s="307"/>
+      <c r="AG75" s="307"/>
+      <c r="AH75" s="307"/>
+      <c r="AI75" s="307"/>
+      <c r="AJ75" s="307"/>
+      <c r="AK75" s="307"/>
+      <c r="AL75" s="307"/>
+      <c r="AM75" s="307"/>
+      <c r="AN75" s="307"/>
+      <c r="AO75" s="307"/>
+      <c r="AP75" s="150"/>
+      <c r="AQ75" s="138"/>
     </row>
     <row r="76" spans="2:43" ht="20.25" customHeight="1">
-      <c r="B76" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ76" s="154"/>
+      <c r="B76" s="138"/>
+      <c r="C76" s="147"/>
+      <c r="D76" s="315"/>
+      <c r="E76" s="315"/>
+      <c r="F76" s="315"/>
+      <c r="G76" s="315"/>
+      <c r="H76" s="315"/>
+      <c r="I76" s="315"/>
+      <c r="J76" s="315"/>
+      <c r="K76" s="315"/>
+      <c r="L76" s="315"/>
+      <c r="M76" s="310"/>
+      <c r="N76" s="310"/>
+      <c r="O76" s="310"/>
+      <c r="P76" s="310"/>
+      <c r="Q76" s="310"/>
+      <c r="R76" s="310"/>
+      <c r="S76" s="310"/>
+      <c r="T76" s="310"/>
+      <c r="U76" s="310"/>
+      <c r="V76" s="310"/>
+      <c r="W76" s="310"/>
+      <c r="X76" s="149"/>
+      <c r="Y76" s="149"/>
+      <c r="Z76" s="149"/>
+      <c r="AA76" s="149"/>
+      <c r="AB76" s="308"/>
+      <c r="AC76" s="308"/>
+      <c r="AD76" s="308"/>
+      <c r="AE76" s="308"/>
+      <c r="AF76" s="308"/>
+      <c r="AG76" s="308"/>
+      <c r="AH76" s="308"/>
+      <c r="AI76" s="308"/>
+      <c r="AJ76" s="308"/>
+      <c r="AK76" s="308"/>
+      <c r="AL76" s="308"/>
+      <c r="AM76" s="308"/>
+      <c r="AN76" s="308"/>
+      <c r="AO76" s="308"/>
+      <c r="AP76" s="150"/>
+      <c r="AQ76" s="138"/>
     </row>
     <row r="77" spans="2:43" ht="18.75" thickBot="1">
-      <c r="B77" s="186"/>
-[...1 lines deleted...]
-      <c r="D77" s="307" t="s">
+      <c r="B77" s="138"/>
+      <c r="C77" s="148"/>
+      <c r="D77" s="306" t="s">
         <v>105</v>
       </c>
-      <c r="E77" s="307"/>
-[...7 lines deleted...]
-      <c r="M77" s="307" t="s">
+      <c r="E77" s="306"/>
+      <c r="F77" s="306"/>
+      <c r="G77" s="306"/>
+      <c r="H77" s="306"/>
+      <c r="I77" s="306"/>
+      <c r="J77" s="306"/>
+      <c r="K77" s="306"/>
+      <c r="L77" s="306"/>
+      <c r="M77" s="306" t="s">
         <v>108</v>
       </c>
-      <c r="N77" s="307"/>
-[...13 lines deleted...]
-      <c r="AB77" s="307" t="s">
+      <c r="N77" s="306"/>
+      <c r="O77" s="306"/>
+      <c r="P77" s="306"/>
+      <c r="Q77" s="306"/>
+      <c r="R77" s="306"/>
+      <c r="S77" s="306"/>
+      <c r="T77" s="306"/>
+      <c r="U77" s="306"/>
+      <c r="V77" s="306"/>
+      <c r="W77" s="306"/>
+      <c r="X77" s="151"/>
+      <c r="Y77" s="151"/>
+      <c r="Z77" s="151"/>
+      <c r="AA77" s="151"/>
+      <c r="AB77" s="306" t="s">
         <v>79</v>
       </c>
-      <c r="AC77" s="307"/>
-[...13 lines deleted...]
-      <c r="AQ77" s="154"/>
+      <c r="AC77" s="306"/>
+      <c r="AD77" s="306"/>
+      <c r="AE77" s="306"/>
+      <c r="AF77" s="306"/>
+      <c r="AG77" s="306"/>
+      <c r="AH77" s="306"/>
+      <c r="AI77" s="306"/>
+      <c r="AJ77" s="306"/>
+      <c r="AK77" s="306"/>
+      <c r="AL77" s="306"/>
+      <c r="AM77" s="306"/>
+      <c r="AN77" s="306"/>
+      <c r="AO77" s="306"/>
+      <c r="AP77" s="152"/>
+      <c r="AQ77" s="138"/>
     </row>
     <row r="78" spans="2:43">
-      <c r="B78" s="186"/>
-[...40 lines deleted...]
-      <c r="AQ78" s="154"/>
+      <c r="B78" s="138"/>
+      <c r="C78" s="138"/>
+      <c r="D78" s="138"/>
+      <c r="E78" s="138"/>
+      <c r="F78" s="138"/>
+      <c r="G78" s="138"/>
+      <c r="H78" s="138"/>
+      <c r="I78" s="138"/>
+      <c r="J78" s="138"/>
+      <c r="K78" s="138"/>
+      <c r="L78" s="138"/>
+      <c r="M78" s="138"/>
+      <c r="N78" s="138"/>
+      <c r="O78" s="138"/>
+      <c r="P78" s="138"/>
+      <c r="Q78" s="138"/>
+      <c r="R78" s="138"/>
+      <c r="S78" s="138"/>
+      <c r="T78" s="138"/>
+      <c r="U78" s="138"/>
+      <c r="V78" s="138"/>
+      <c r="W78" s="138"/>
+      <c r="X78" s="138"/>
+      <c r="Y78" s="138"/>
+      <c r="Z78" s="138"/>
+      <c r="AA78" s="138"/>
+      <c r="AB78" s="138"/>
+      <c r="AC78" s="138"/>
+      <c r="AD78" s="138"/>
+      <c r="AE78" s="138"/>
+      <c r="AF78" s="138"/>
+      <c r="AG78" s="138"/>
+      <c r="AH78" s="138"/>
+      <c r="AI78" s="138"/>
+      <c r="AJ78" s="138"/>
+      <c r="AK78" s="138"/>
+      <c r="AL78" s="138"/>
+      <c r="AM78" s="138"/>
+      <c r="AN78" s="138"/>
+      <c r="AO78" s="138"/>
+      <c r="AP78" s="138"/>
+      <c r="AQ78" s="138"/>
     </row>
     <row r="98" spans="3:29" ht="18">
-      <c r="C98" s="308"/>
-[...18 lines deleted...]
-      <c r="AC98" s="224"/>
+      <c r="C98" s="313"/>
+      <c r="D98" s="313"/>
+      <c r="G98" s="304"/>
+      <c r="H98" s="304"/>
+      <c r="I98" s="304"/>
+      <c r="J98" s="304"/>
+      <c r="K98" s="304"/>
+      <c r="L98" s="304"/>
+      <c r="M98" s="304"/>
+      <c r="N98" s="304"/>
+      <c r="O98" s="304"/>
+      <c r="P98" s="304"/>
+      <c r="Q98" s="305"/>
+      <c r="R98" s="305"/>
+      <c r="U98" s="258"/>
+      <c r="V98" s="258"/>
+      <c r="W98" s="258"/>
+      <c r="X98" s="258"/>
+      <c r="AB98" s="268"/>
+      <c r="AC98" s="268"/>
     </row>
     <row r="99" spans="3:29" ht="18">
-      <c r="C99" s="308"/>
-[...18 lines deleted...]
-      <c r="AC99" s="224"/>
+      <c r="C99" s="313"/>
+      <c r="D99" s="313"/>
+      <c r="G99" s="304"/>
+      <c r="H99" s="304"/>
+      <c r="I99" s="304"/>
+      <c r="J99" s="304"/>
+      <c r="K99" s="304"/>
+      <c r="L99" s="304"/>
+      <c r="M99" s="304"/>
+      <c r="N99" s="304"/>
+      <c r="O99" s="304"/>
+      <c r="P99" s="304"/>
+      <c r="Q99" s="305"/>
+      <c r="R99" s="305"/>
+      <c r="U99" s="258"/>
+      <c r="V99" s="258"/>
+      <c r="W99" s="258"/>
+      <c r="X99" s="258"/>
+      <c r="AB99" s="268"/>
+      <c r="AC99" s="268"/>
     </row>
     <row r="100" spans="3:29" ht="18">
-      <c r="C100" s="308"/>
-[...18 lines deleted...]
-      <c r="AC100" s="224"/>
+      <c r="C100" s="313"/>
+      <c r="D100" s="313"/>
+      <c r="G100" s="304"/>
+      <c r="H100" s="304"/>
+      <c r="I100" s="304"/>
+      <c r="J100" s="304"/>
+      <c r="K100" s="304"/>
+      <c r="L100" s="304"/>
+      <c r="M100" s="304"/>
+      <c r="N100" s="304"/>
+      <c r="O100" s="304"/>
+      <c r="P100" s="304"/>
+      <c r="Q100" s="305"/>
+      <c r="R100" s="305"/>
+      <c r="U100" s="258"/>
+      <c r="V100" s="258"/>
+      <c r="W100" s="258"/>
+      <c r="X100" s="258"/>
+      <c r="AB100" s="268"/>
+      <c r="AC100" s="268"/>
     </row>
     <row r="101" spans="3:29" ht="18">
-      <c r="C101" s="308"/>
-[...18 lines deleted...]
-      <c r="AC101" s="224"/>
+      <c r="C101" s="313"/>
+      <c r="D101" s="313"/>
+      <c r="G101" s="304"/>
+      <c r="H101" s="304"/>
+      <c r="I101" s="304"/>
+      <c r="J101" s="304"/>
+      <c r="K101" s="304"/>
+      <c r="L101" s="304"/>
+      <c r="M101" s="304"/>
+      <c r="N101" s="304"/>
+      <c r="O101" s="304"/>
+      <c r="P101" s="304"/>
+      <c r="Q101" s="305"/>
+      <c r="R101" s="305"/>
+      <c r="U101" s="258"/>
+      <c r="V101" s="258"/>
+      <c r="W101" s="258"/>
+      <c r="X101" s="258"/>
+      <c r="AB101" s="268"/>
+      <c r="AC101" s="268"/>
     </row>
     <row r="102" spans="3:29" ht="18">
-      <c r="C102" s="308"/>
-[...18 lines deleted...]
-      <c r="AC102" s="224"/>
+      <c r="C102" s="313"/>
+      <c r="D102" s="313"/>
+      <c r="G102" s="304"/>
+      <c r="H102" s="304"/>
+      <c r="I102" s="304"/>
+      <c r="J102" s="304"/>
+      <c r="K102" s="304"/>
+      <c r="L102" s="304"/>
+      <c r="M102" s="304"/>
+      <c r="N102" s="304"/>
+      <c r="O102" s="304"/>
+      <c r="P102" s="304"/>
+      <c r="Q102" s="305"/>
+      <c r="R102" s="305"/>
+      <c r="U102" s="258"/>
+      <c r="V102" s="258"/>
+      <c r="W102" s="258"/>
+      <c r="X102" s="258"/>
+      <c r="AB102" s="268"/>
+      <c r="AC102" s="268"/>
     </row>
     <row r="103" spans="3:29" ht="18">
-      <c r="G103" s="309"/>
-[...16 lines deleted...]
-      <c r="AC103" s="224"/>
+      <c r="G103" s="304"/>
+      <c r="H103" s="304"/>
+      <c r="I103" s="304"/>
+      <c r="J103" s="304"/>
+      <c r="K103" s="304"/>
+      <c r="L103" s="304"/>
+      <c r="M103" s="304"/>
+      <c r="N103" s="304"/>
+      <c r="O103" s="304"/>
+      <c r="P103" s="304"/>
+      <c r="Q103" s="305"/>
+      <c r="R103" s="305"/>
+      <c r="U103" s="258"/>
+      <c r="V103" s="258"/>
+      <c r="W103" s="258"/>
+      <c r="X103" s="258"/>
+      <c r="AB103" s="268"/>
+      <c r="AC103" s="268"/>
     </row>
     <row r="104" spans="3:29" ht="18">
-      <c r="G104" s="309"/>
-[...16 lines deleted...]
-      <c r="AC104" s="224"/>
+      <c r="G104" s="304"/>
+      <c r="H104" s="304"/>
+      <c r="I104" s="304"/>
+      <c r="J104" s="304"/>
+      <c r="K104" s="304"/>
+      <c r="L104" s="304"/>
+      <c r="M104" s="304"/>
+      <c r="N104" s="304"/>
+      <c r="O104" s="304"/>
+      <c r="P104" s="304"/>
+      <c r="Q104" s="305"/>
+      <c r="R104" s="305"/>
+      <c r="U104" s="258"/>
+      <c r="V104" s="258"/>
+      <c r="W104" s="258"/>
+      <c r="X104" s="258"/>
+      <c r="AB104" s="268"/>
+      <c r="AC104" s="268"/>
     </row>
     <row r="105" spans="3:29" ht="18">
-      <c r="G105" s="309"/>
-[...16 lines deleted...]
-      <c r="AC105" s="224"/>
+      <c r="G105" s="304"/>
+      <c r="H105" s="304"/>
+      <c r="I105" s="304"/>
+      <c r="J105" s="304"/>
+      <c r="K105" s="304"/>
+      <c r="L105" s="304"/>
+      <c r="M105" s="304"/>
+      <c r="N105" s="304"/>
+      <c r="O105" s="304"/>
+      <c r="P105" s="304"/>
+      <c r="Q105" s="305"/>
+      <c r="R105" s="305"/>
+      <c r="U105" s="258"/>
+      <c r="V105" s="258"/>
+      <c r="W105" s="258"/>
+      <c r="X105" s="258"/>
+      <c r="AB105" s="268"/>
+      <c r="AC105" s="268"/>
     </row>
     <row r="106" spans="3:29" ht="18">
-      <c r="G106" s="309"/>
-[...16 lines deleted...]
-      <c r="AC106" s="224"/>
+      <c r="G106" s="304"/>
+      <c r="H106" s="304"/>
+      <c r="I106" s="304"/>
+      <c r="J106" s="304"/>
+      <c r="K106" s="304"/>
+      <c r="L106" s="304"/>
+      <c r="M106" s="304"/>
+      <c r="N106" s="304"/>
+      <c r="O106" s="304"/>
+      <c r="P106" s="304"/>
+      <c r="Q106" s="305"/>
+      <c r="R106" s="305"/>
+      <c r="U106" s="258"/>
+      <c r="V106" s="258"/>
+      <c r="W106" s="258"/>
+      <c r="X106" s="258"/>
+      <c r="AB106" s="268"/>
+      <c r="AC106" s="268"/>
     </row>
     <row r="107" spans="3:29" ht="18">
-      <c r="C107" s="30" t="s">
+      <c r="C107" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="G107" s="30" t="s">
+      <c r="G107" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="H107" s="35"/>
-[...8 lines deleted...]
-      <c r="Q107" s="219" t="s">
+      <c r="H107" s="25"/>
+      <c r="I107" s="25"/>
+      <c r="J107" s="25"/>
+      <c r="K107" s="25"/>
+      <c r="L107" s="25"/>
+      <c r="M107" s="25"/>
+      <c r="N107" s="25"/>
+      <c r="O107" s="25"/>
+      <c r="P107" s="25"/>
+      <c r="Q107" s="258" t="s">
         <v>46</v>
       </c>
-      <c r="R107" s="219"/>
-      <c r="U107" s="24" t="s">
+      <c r="R107" s="258"/>
+      <c r="U107" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="V107" s="24"/>
-[...2 lines deleted...]
-      <c r="AB107" s="224" t="s">
+      <c r="V107" s="22"/>
+      <c r="W107" s="22"/>
+      <c r="X107" s="22"/>
+      <c r="AB107" s="268" t="s">
         <v>48</v>
       </c>
-      <c r="AC107" s="224"/>
+      <c r="AC107" s="268"/>
     </row>
     <row r="108" spans="3:29" ht="18">
-      <c r="C108" s="34" t="s">
+      <c r="C108" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="D108" s="34"/>
-      <c r="G108" s="35" t="s">
+      <c r="D108" s="28"/>
+      <c r="G108" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="H108" s="35"/>
-[...8 lines deleted...]
-      <c r="Q108" s="219">
+      <c r="H108" s="25"/>
+      <c r="I108" s="25"/>
+      <c r="J108" s="25"/>
+      <c r="K108" s="25"/>
+      <c r="L108" s="25"/>
+      <c r="M108" s="25"/>
+      <c r="N108" s="25"/>
+      <c r="O108" s="25"/>
+      <c r="P108" s="25"/>
+      <c r="Q108" s="258">
         <v>1</v>
       </c>
-      <c r="R108" s="219"/>
-      <c r="U108" s="24" t="s">
+      <c r="R108" s="258"/>
+      <c r="U108" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="V108" s="24"/>
-[...5 lines deleted...]
-      <c r="AC108" s="223"/>
+      <c r="V108" s="22"/>
+      <c r="W108" s="22"/>
+      <c r="X108" s="22"/>
+      <c r="AB108" s="257">
+        <v>2026</v>
+      </c>
+      <c r="AC108" s="257"/>
     </row>
     <row r="109" spans="3:29" ht="18">
-      <c r="C109" s="34" t="s">
+      <c r="C109" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="D109" s="34"/>
-      <c r="G109" s="35" t="s">
+      <c r="D109" s="28"/>
+      <c r="G109" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="H109" s="35"/>
-[...8 lines deleted...]
-      <c r="Q109" s="219">
+      <c r="H109" s="25"/>
+      <c r="I109" s="25"/>
+      <c r="J109" s="25"/>
+      <c r="K109" s="25"/>
+      <c r="L109" s="25"/>
+      <c r="M109" s="25"/>
+      <c r="N109" s="25"/>
+      <c r="O109" s="25"/>
+      <c r="P109" s="25"/>
+      <c r="Q109" s="258">
         <v>2</v>
       </c>
-      <c r="R109" s="219"/>
-      <c r="U109" s="24" t="s">
+      <c r="R109" s="258"/>
+      <c r="U109" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="V109" s="24"/>
-[...5 lines deleted...]
-      <c r="AC109" s="223"/>
+      <c r="V109" s="22"/>
+      <c r="W109" s="22"/>
+      <c r="X109" s="22"/>
+      <c r="AB109" s="257">
+        <v>2027</v>
+      </c>
+      <c r="AC109" s="257"/>
     </row>
     <row r="110" spans="3:29" ht="18">
-      <c r="C110" s="34" t="s">
+      <c r="C110" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="D110" s="34"/>
-      <c r="G110" s="35" t="s">
+      <c r="D110" s="28"/>
+      <c r="G110" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H110" s="35"/>
-[...8 lines deleted...]
-      <c r="Q110" s="219">
+      <c r="H110" s="25"/>
+      <c r="I110" s="25"/>
+      <c r="J110" s="25"/>
+      <c r="K110" s="25"/>
+      <c r="L110" s="25"/>
+      <c r="M110" s="25"/>
+      <c r="N110" s="25"/>
+      <c r="O110" s="25"/>
+      <c r="P110" s="25"/>
+      <c r="Q110" s="258">
         <v>3</v>
       </c>
-      <c r="R110" s="219"/>
-      <c r="U110" s="24" t="s">
+      <c r="R110" s="258"/>
+      <c r="U110" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="V110" s="24"/>
-[...5 lines deleted...]
-      <c r="AC110" s="223"/>
+      <c r="V110" s="22"/>
+      <c r="W110" s="22"/>
+      <c r="X110" s="22"/>
+      <c r="AB110" s="257">
+        <v>2028</v>
+      </c>
+      <c r="AC110" s="257"/>
     </row>
     <row r="111" spans="3:29" ht="18">
-      <c r="C111" s="34" t="s">
+      <c r="C111" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="D111" s="34"/>
-      <c r="G111" s="35" t="s">
+      <c r="D111" s="28"/>
+      <c r="G111" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="H111" s="35"/>
-[...8 lines deleted...]
-      <c r="Q111" s="219">
+      <c r="H111" s="25"/>
+      <c r="I111" s="25"/>
+      <c r="J111" s="25"/>
+      <c r="K111" s="25"/>
+      <c r="L111" s="25"/>
+      <c r="M111" s="25"/>
+      <c r="N111" s="25"/>
+      <c r="O111" s="25"/>
+      <c r="P111" s="25"/>
+      <c r="Q111" s="258">
         <v>4</v>
       </c>
-      <c r="R111" s="219"/>
-      <c r="U111" s="24" t="s">
+      <c r="R111" s="258"/>
+      <c r="U111" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="V111" s="24"/>
-[...5 lines deleted...]
-      <c r="AC111" s="223"/>
+      <c r="V111" s="22"/>
+      <c r="W111" s="22"/>
+      <c r="X111" s="22"/>
+      <c r="AB111" s="257">
+        <v>2029</v>
+      </c>
+      <c r="AC111" s="257"/>
     </row>
     <row r="112" spans="3:29" ht="18">
-      <c r="C112" s="34" t="s">
+      <c r="C112" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="D112" s="34"/>
-      <c r="G112" s="35" t="s">
+      <c r="D112" s="28"/>
+      <c r="G112" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H112" s="35"/>
-[...8 lines deleted...]
-      <c r="Q112" s="219">
+      <c r="H112" s="25"/>
+      <c r="I112" s="25"/>
+      <c r="J112" s="25"/>
+      <c r="K112" s="25"/>
+      <c r="L112" s="25"/>
+      <c r="M112" s="25"/>
+      <c r="N112" s="25"/>
+      <c r="O112" s="25"/>
+      <c r="P112" s="25"/>
+      <c r="Q112" s="258">
         <v>5</v>
       </c>
-      <c r="R112" s="219"/>
-      <c r="U112" s="24" t="s">
+      <c r="R112" s="258"/>
+      <c r="U112" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="V112" s="24"/>
-[...5 lines deleted...]
-      <c r="AC112" s="223"/>
+      <c r="V112" s="22"/>
+      <c r="W112" s="22"/>
+      <c r="X112" s="22"/>
+      <c r="AB112" s="257">
+        <v>2030</v>
+      </c>
+      <c r="AC112" s="257"/>
     </row>
     <row r="113" spans="3:29" ht="18">
-      <c r="C113" s="34" t="s">
+      <c r="C113" s="28" t="s">
         <v>115</v>
       </c>
-      <c r="G113" s="35" t="s">
+      <c r="G113" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="H113" s="35"/>
-[...8 lines deleted...]
-      <c r="Q113" s="219">
+      <c r="H113" s="25"/>
+      <c r="I113" s="25"/>
+      <c r="J113" s="25"/>
+      <c r="K113" s="25"/>
+      <c r="L113" s="25"/>
+      <c r="M113" s="25"/>
+      <c r="N113" s="25"/>
+      <c r="O113" s="25"/>
+      <c r="P113" s="25"/>
+      <c r="Q113" s="258">
         <v>6</v>
       </c>
-      <c r="R113" s="219"/>
-      <c r="U113" s="24" t="s">
+      <c r="R113" s="258"/>
+      <c r="U113" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="V113" s="24"/>
-[...5 lines deleted...]
-      <c r="AC113" s="223"/>
+      <c r="V113" s="22"/>
+      <c r="W113" s="22"/>
+      <c r="X113" s="22"/>
+      <c r="AB113" s="257">
+        <v>2031</v>
+      </c>
+      <c r="AC113" s="257"/>
     </row>
     <row r="114" spans="3:29" ht="18">
-      <c r="G114" s="35" t="s">
+      <c r="G114" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="H114" s="35"/>
-[...8 lines deleted...]
-      <c r="Q114" s="219">
+      <c r="H114" s="25"/>
+      <c r="I114" s="25"/>
+      <c r="J114" s="25"/>
+      <c r="K114" s="25"/>
+      <c r="L114" s="25"/>
+      <c r="M114" s="25"/>
+      <c r="N114" s="25"/>
+      <c r="O114" s="25"/>
+      <c r="P114" s="25"/>
+      <c r="Q114" s="258">
         <v>7</v>
       </c>
-      <c r="R114" s="219"/>
-      <c r="U114" s="24" t="s">
+      <c r="R114" s="258"/>
+      <c r="U114" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="V114" s="24"/>
-[...5 lines deleted...]
-      <c r="AC114" s="328"/>
+      <c r="V114" s="22"/>
+      <c r="W114" s="22"/>
+      <c r="X114" s="22"/>
+      <c r="AB114" s="257">
+        <v>2032</v>
+      </c>
+      <c r="AC114" s="257"/>
     </row>
     <row r="115" spans="3:29" ht="18">
-      <c r="G115" s="35" t="s">
+      <c r="G115" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="H115" s="35"/>
-[...8 lines deleted...]
-      <c r="Q115" s="219">
+      <c r="H115" s="25"/>
+      <c r="I115" s="25"/>
+      <c r="J115" s="25"/>
+      <c r="K115" s="25"/>
+      <c r="L115" s="25"/>
+      <c r="M115" s="25"/>
+      <c r="N115" s="25"/>
+      <c r="O115" s="25"/>
+      <c r="P115" s="25"/>
+      <c r="Q115" s="258">
         <v>8</v>
       </c>
-      <c r="R115" s="219"/>
-      <c r="U115" s="24" t="s">
+      <c r="R115" s="258"/>
+      <c r="U115" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="V115" s="24"/>
-[...5 lines deleted...]
-      <c r="AC115" s="223"/>
+      <c r="V115" s="22"/>
+      <c r="W115" s="22"/>
+      <c r="X115" s="22"/>
+      <c r="AB115" s="257">
+        <v>2033</v>
+      </c>
+      <c r="AC115" s="257"/>
     </row>
     <row r="116" spans="3:29" ht="18">
-      <c r="G116" s="35" t="s">
+      <c r="G116" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="H116" s="35"/>
-[...8 lines deleted...]
-      <c r="Q116" s="219">
+      <c r="H116" s="25"/>
+      <c r="I116" s="25"/>
+      <c r="J116" s="25"/>
+      <c r="K116" s="25"/>
+      <c r="L116" s="25"/>
+      <c r="M116" s="25"/>
+      <c r="N116" s="25"/>
+      <c r="O116" s="25"/>
+      <c r="P116" s="25"/>
+      <c r="Q116" s="258">
         <v>9</v>
       </c>
-      <c r="R116" s="219"/>
-      <c r="U116" s="24" t="s">
+      <c r="R116" s="258"/>
+      <c r="U116" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="V116" s="24"/>
-[...5 lines deleted...]
-      <c r="AC116" s="223"/>
+      <c r="V116" s="22"/>
+      <c r="W116" s="22"/>
+      <c r="X116" s="22"/>
+      <c r="AB116" s="257">
+        <v>2034</v>
+      </c>
+      <c r="AC116" s="257"/>
     </row>
     <row r="117" spans="3:29" ht="18">
-      <c r="G117" s="35" t="s">
+      <c r="G117" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="H117" s="35"/>
-[...8 lines deleted...]
-      <c r="Q117" s="219">
+      <c r="H117" s="25"/>
+      <c r="I117" s="25"/>
+      <c r="J117" s="25"/>
+      <c r="K117" s="25"/>
+      <c r="L117" s="25"/>
+      <c r="M117" s="25"/>
+      <c r="N117" s="25"/>
+      <c r="O117" s="25"/>
+      <c r="P117" s="25"/>
+      <c r="Q117" s="258">
         <v>10</v>
       </c>
-      <c r="R117" s="219"/>
-      <c r="U117" s="24" t="s">
+      <c r="R117" s="258"/>
+      <c r="U117" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="V117" s="24"/>
-[...5 lines deleted...]
-      <c r="AC117" s="223"/>
+      <c r="V117" s="22"/>
+      <c r="W117" s="22"/>
+      <c r="X117" s="22"/>
+      <c r="AB117" s="257">
+        <v>2035</v>
+      </c>
+      <c r="AC117" s="257"/>
     </row>
     <row r="118" spans="3:29" ht="18">
-      <c r="G118" s="35" t="s">
+      <c r="G118" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="H118" s="35"/>
-[...8 lines deleted...]
-      <c r="Q118" s="219">
+      <c r="H118" s="25"/>
+      <c r="I118" s="25"/>
+      <c r="J118" s="25"/>
+      <c r="K118" s="25"/>
+      <c r="L118" s="25"/>
+      <c r="M118" s="25"/>
+      <c r="N118" s="25"/>
+      <c r="O118" s="25"/>
+      <c r="P118" s="25"/>
+      <c r="Q118" s="258">
         <v>11</v>
       </c>
-      <c r="R118" s="219"/>
-      <c r="U118" s="24" t="s">
+      <c r="R118" s="258"/>
+      <c r="U118" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="V118" s="24"/>
-[...5 lines deleted...]
-      <c r="AC118" s="223"/>
+      <c r="V118" s="22"/>
+      <c r="W118" s="22"/>
+      <c r="X118" s="22"/>
+      <c r="AB118" s="257">
+        <v>2036</v>
+      </c>
+      <c r="AC118" s="257"/>
     </row>
     <row r="119" spans="3:29" ht="18">
-      <c r="G119" s="35" t="s">
+      <c r="G119" s="25" t="s">
         <v>161</v>
       </c>
-      <c r="H119" s="35"/>
-[...8 lines deleted...]
-      <c r="Q119" s="219">
+      <c r="H119" s="25"/>
+      <c r="I119" s="25"/>
+      <c r="J119" s="25"/>
+      <c r="K119" s="25"/>
+      <c r="L119" s="25"/>
+      <c r="M119" s="25"/>
+      <c r="N119" s="25"/>
+      <c r="O119" s="25"/>
+      <c r="P119" s="25"/>
+      <c r="Q119" s="258">
         <v>12</v>
       </c>
-      <c r="R119" s="219"/>
-      <c r="U119" s="24" t="s">
+      <c r="R119" s="258"/>
+      <c r="U119" s="22" t="s">
         <v>61</v>
       </c>
-      <c r="V119" s="24"/>
-[...5 lines deleted...]
-      <c r="AC119" s="223"/>
+      <c r="V119" s="22"/>
+      <c r="W119" s="22"/>
+      <c r="X119" s="22"/>
+      <c r="AB119" s="257">
+        <v>2037</v>
+      </c>
+      <c r="AC119" s="257"/>
     </row>
     <row r="120" spans="3:29" ht="18">
-      <c r="G120" s="35" t="s">
+      <c r="G120" s="25" t="s">
         <v>165</v>
       </c>
-      <c r="H120" s="35"/>
-[...8 lines deleted...]
-      <c r="Q120" s="219">
+      <c r="H120" s="25"/>
+      <c r="I120" s="25"/>
+      <c r="J120" s="25"/>
+      <c r="K120" s="25"/>
+      <c r="L120" s="25"/>
+      <c r="M120" s="25"/>
+      <c r="N120" s="25"/>
+      <c r="O120" s="25"/>
+      <c r="P120" s="25"/>
+      <c r="Q120" s="258">
         <v>13</v>
       </c>
-      <c r="R120" s="219"/>
-[...3 lines deleted...]
-      <c r="AC120" s="223"/>
+      <c r="R120" s="258"/>
+      <c r="AB120" s="257">
+        <v>2038</v>
+      </c>
+      <c r="AC120" s="257"/>
     </row>
     <row r="121" spans="3:29" ht="18">
-      <c r="G121" s="35" t="s">
+      <c r="G121" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="H121" s="35"/>
-[...8 lines deleted...]
-      <c r="Q121" s="219">
+      <c r="H121" s="25"/>
+      <c r="I121" s="25"/>
+      <c r="J121" s="25"/>
+      <c r="K121" s="25"/>
+      <c r="L121" s="25"/>
+      <c r="M121" s="25"/>
+      <c r="N121" s="25"/>
+      <c r="O121" s="25"/>
+      <c r="P121" s="25"/>
+      <c r="Q121" s="258">
         <v>14</v>
       </c>
-      <c r="R121" s="219"/>
-[...3 lines deleted...]
-      <c r="AC121" s="223"/>
+      <c r="R121" s="258"/>
+      <c r="AB121" s="257">
+        <v>2039</v>
+      </c>
+      <c r="AC121" s="257"/>
     </row>
     <row r="122" spans="3:29" ht="18">
-      <c r="G122" s="35" t="s">
+      <c r="G122" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="H122" s="35"/>
-[...8 lines deleted...]
-      <c r="Q122" s="219">
+      <c r="H122" s="25"/>
+      <c r="I122" s="25"/>
+      <c r="J122" s="25"/>
+      <c r="K122" s="25"/>
+      <c r="L122" s="25"/>
+      <c r="M122" s="25"/>
+      <c r="N122" s="25"/>
+      <c r="O122" s="25"/>
+      <c r="P122" s="25"/>
+      <c r="Q122" s="258">
         <v>15</v>
       </c>
-      <c r="R122" s="219"/>
-[...3 lines deleted...]
-      <c r="AC122" s="223"/>
+      <c r="R122" s="258"/>
+      <c r="AB122" s="257">
+        <v>2040</v>
+      </c>
+      <c r="AC122" s="257"/>
     </row>
     <row r="123" spans="3:29" ht="18">
-      <c r="G123" s="35" t="s">
+      <c r="G123" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="H123" s="35"/>
-[...8 lines deleted...]
-      <c r="Q123" s="219">
+      <c r="H123" s="25"/>
+      <c r="I123" s="25"/>
+      <c r="J123" s="25"/>
+      <c r="K123" s="25"/>
+      <c r="L123" s="25"/>
+      <c r="M123" s="25"/>
+      <c r="N123" s="25"/>
+      <c r="O123" s="25"/>
+      <c r="P123" s="25"/>
+      <c r="Q123" s="258">
         <v>16</v>
       </c>
-      <c r="R123" s="219"/>
+      <c r="R123" s="258"/>
     </row>
     <row r="124" spans="3:29" ht="18">
-      <c r="G124" s="35" t="s">
+      <c r="G124" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="H124" s="35"/>
-[...8 lines deleted...]
-      <c r="Q124" s="219">
+      <c r="H124" s="25"/>
+      <c r="I124" s="25"/>
+      <c r="J124" s="25"/>
+      <c r="K124" s="25"/>
+      <c r="L124" s="25"/>
+      <c r="M124" s="25"/>
+      <c r="N124" s="25"/>
+      <c r="O124" s="25"/>
+      <c r="P124" s="25"/>
+      <c r="Q124" s="258">
         <v>17</v>
       </c>
-      <c r="R124" s="219"/>
+      <c r="R124" s="258"/>
     </row>
     <row r="125" spans="3:29" ht="18">
-      <c r="G125" s="35" t="s">
+      <c r="G125" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="H125" s="35"/>
-[...8 lines deleted...]
-      <c r="Q125" s="219">
+      <c r="H125" s="25"/>
+      <c r="I125" s="25"/>
+      <c r="J125" s="25"/>
+      <c r="K125" s="25"/>
+      <c r="L125" s="25"/>
+      <c r="M125" s="25"/>
+      <c r="N125" s="25"/>
+      <c r="O125" s="25"/>
+      <c r="P125" s="25"/>
+      <c r="Q125" s="258">
         <v>18</v>
       </c>
-      <c r="R125" s="219"/>
+      <c r="R125" s="258"/>
     </row>
     <row r="126" spans="3:29" ht="18">
-      <c r="G126" s="35" t="s">
+      <c r="G126" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="H126" s="35"/>
-[...8 lines deleted...]
-      <c r="Q126" s="219">
+      <c r="H126" s="25"/>
+      <c r="I126" s="25"/>
+      <c r="J126" s="25"/>
+      <c r="K126" s="25"/>
+      <c r="L126" s="25"/>
+      <c r="M126" s="25"/>
+      <c r="N126" s="25"/>
+      <c r="O126" s="25"/>
+      <c r="P126" s="25"/>
+      <c r="Q126" s="258">
         <v>19</v>
       </c>
-      <c r="R126" s="219"/>
+      <c r="R126" s="258"/>
     </row>
     <row r="127" spans="3:29" ht="18">
-      <c r="G127" s="35" t="s">
+      <c r="G127" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="H127" s="35"/>
-[...8 lines deleted...]
-      <c r="Q127" s="219">
+      <c r="H127" s="25"/>
+      <c r="I127" s="25"/>
+      <c r="J127" s="25"/>
+      <c r="K127" s="25"/>
+      <c r="L127" s="25"/>
+      <c r="M127" s="25"/>
+      <c r="N127" s="25"/>
+      <c r="O127" s="25"/>
+      <c r="P127" s="25"/>
+      <c r="Q127" s="258">
         <v>20</v>
       </c>
-      <c r="R127" s="219"/>
+      <c r="R127" s="258"/>
     </row>
     <row r="128" spans="3:29" ht="18">
-      <c r="H128" s="35"/>
-[...8 lines deleted...]
-      <c r="Q128" s="219">
+      <c r="H128" s="25"/>
+      <c r="I128" s="25"/>
+      <c r="J128" s="25"/>
+      <c r="K128" s="25"/>
+      <c r="L128" s="25"/>
+      <c r="M128" s="25"/>
+      <c r="N128" s="25"/>
+      <c r="O128" s="25"/>
+      <c r="P128" s="25"/>
+      <c r="Q128" s="258">
         <v>21</v>
       </c>
-      <c r="R128" s="219"/>
+      <c r="R128" s="258"/>
     </row>
     <row r="129" spans="8:18" ht="18">
-      <c r="H129" s="35"/>
-[...8 lines deleted...]
-      <c r="Q129" s="219">
+      <c r="H129" s="25"/>
+      <c r="I129" s="25"/>
+      <c r="J129" s="25"/>
+      <c r="K129" s="25"/>
+      <c r="L129" s="25"/>
+      <c r="M129" s="25"/>
+      <c r="N129" s="25"/>
+      <c r="O129" s="25"/>
+      <c r="P129" s="25"/>
+      <c r="Q129" s="258">
         <v>22</v>
       </c>
-      <c r="R129" s="219"/>
+      <c r="R129" s="258"/>
     </row>
     <row r="130" spans="8:18" ht="18">
-      <c r="H130" s="35"/>
-[...8 lines deleted...]
-      <c r="Q130" s="219">
+      <c r="H130" s="25"/>
+      <c r="I130" s="25"/>
+      <c r="J130" s="25"/>
+      <c r="K130" s="25"/>
+      <c r="L130" s="25"/>
+      <c r="M130" s="25"/>
+      <c r="N130" s="25"/>
+      <c r="O130" s="25"/>
+      <c r="P130" s="25"/>
+      <c r="Q130" s="258">
         <v>23</v>
       </c>
-      <c r="R130" s="219"/>
+      <c r="R130" s="258"/>
     </row>
     <row r="131" spans="8:18" ht="18">
-      <c r="H131" s="35"/>
-[...8 lines deleted...]
-      <c r="Q131" s="219">
+      <c r="H131" s="25"/>
+      <c r="I131" s="25"/>
+      <c r="J131" s="25"/>
+      <c r="K131" s="25"/>
+      <c r="L131" s="25"/>
+      <c r="M131" s="25"/>
+      <c r="N131" s="25"/>
+      <c r="O131" s="25"/>
+      <c r="P131" s="25"/>
+      <c r="Q131" s="258">
         <v>24</v>
       </c>
-      <c r="R131" s="219"/>
+      <c r="R131" s="258"/>
     </row>
     <row r="132" spans="8:18" ht="18">
-      <c r="H132" s="35"/>
-[...8 lines deleted...]
-      <c r="Q132" s="219">
+      <c r="H132" s="25"/>
+      <c r="I132" s="25"/>
+      <c r="J132" s="25"/>
+      <c r="K132" s="25"/>
+      <c r="L132" s="25"/>
+      <c r="M132" s="25"/>
+      <c r="N132" s="25"/>
+      <c r="O132" s="25"/>
+      <c r="P132" s="25"/>
+      <c r="Q132" s="258">
         <v>25</v>
       </c>
-      <c r="R132" s="219"/>
+      <c r="R132" s="258"/>
     </row>
     <row r="133" spans="8:18" ht="18">
-      <c r="H133" s="35"/>
-[...8 lines deleted...]
-      <c r="Q133" s="219">
+      <c r="H133" s="25"/>
+      <c r="I133" s="25"/>
+      <c r="J133" s="25"/>
+      <c r="K133" s="25"/>
+      <c r="L133" s="25"/>
+      <c r="M133" s="25"/>
+      <c r="N133" s="25"/>
+      <c r="O133" s="25"/>
+      <c r="P133" s="25"/>
+      <c r="Q133" s="258">
         <v>26</v>
       </c>
-      <c r="R133" s="219"/>
+      <c r="R133" s="258"/>
     </row>
     <row r="134" spans="8:18" ht="18">
-      <c r="H134" s="35"/>
-[...8 lines deleted...]
-      <c r="Q134" s="219">
+      <c r="H134" s="25"/>
+      <c r="I134" s="25"/>
+      <c r="J134" s="25"/>
+      <c r="K134" s="25"/>
+      <c r="L134" s="25"/>
+      <c r="M134" s="25"/>
+      <c r="N134" s="25"/>
+      <c r="O134" s="25"/>
+      <c r="P134" s="25"/>
+      <c r="Q134" s="258">
         <v>27</v>
       </c>
-      <c r="R134" s="219"/>
+      <c r="R134" s="258"/>
     </row>
     <row r="135" spans="8:18" ht="18">
-      <c r="H135" s="35"/>
-[...8 lines deleted...]
-      <c r="Q135" s="219">
+      <c r="H135" s="25"/>
+      <c r="I135" s="25"/>
+      <c r="J135" s="25"/>
+      <c r="K135" s="25"/>
+      <c r="L135" s="25"/>
+      <c r="M135" s="25"/>
+      <c r="N135" s="25"/>
+      <c r="O135" s="25"/>
+      <c r="P135" s="25"/>
+      <c r="Q135" s="258">
         <v>28</v>
       </c>
-      <c r="R135" s="219"/>
+      <c r="R135" s="258"/>
     </row>
     <row r="136" spans="8:18" ht="18">
-      <c r="H136" s="35"/>
-[...8 lines deleted...]
-      <c r="Q136" s="219">
+      <c r="H136" s="25"/>
+      <c r="I136" s="25"/>
+      <c r="J136" s="25"/>
+      <c r="K136" s="25"/>
+      <c r="L136" s="25"/>
+      <c r="M136" s="25"/>
+      <c r="N136" s="25"/>
+      <c r="O136" s="25"/>
+      <c r="P136" s="25"/>
+      <c r="Q136" s="258">
         <v>29</v>
       </c>
-      <c r="R136" s="219"/>
+      <c r="R136" s="258"/>
     </row>
     <row r="137" spans="8:18" ht="18">
-      <c r="Q137" s="219">
+      <c r="Q137" s="258">
         <v>30</v>
       </c>
-      <c r="R137" s="219"/>
+      <c r="R137" s="258"/>
     </row>
     <row r="138" spans="8:18" ht="18">
-      <c r="Q138" s="219">
+      <c r="Q138" s="258">
         <v>31</v>
       </c>
-      <c r="R138" s="219"/>
+      <c r="R138" s="258"/>
     </row>
   </sheetData>
-  <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="222">
+    <mergeCell ref="C27:F27"/>
+    <mergeCell ref="G24:J24"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="C21:F21"/>
+    <mergeCell ref="C22:F22"/>
+    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="C30:F30"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="C29:F29"/>
+    <mergeCell ref="G30:J30"/>
+    <mergeCell ref="G22:J22"/>
+    <mergeCell ref="G29:J29"/>
+    <mergeCell ref="C23:F23"/>
+    <mergeCell ref="G23:J23"/>
+    <mergeCell ref="Q104:R104"/>
+    <mergeCell ref="Q98:R98"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="M77:W77"/>
+    <mergeCell ref="D77:L77"/>
+    <mergeCell ref="C99:D99"/>
+    <mergeCell ref="G99:P99"/>
+    <mergeCell ref="C39:F39"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="G37:J37"/>
+    <mergeCell ref="G36:J36"/>
+    <mergeCell ref="D74:L76"/>
+    <mergeCell ref="D59:M59"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="D55:M55"/>
+    <mergeCell ref="D44:M44"/>
+    <mergeCell ref="C43:M43"/>
+    <mergeCell ref="G38:J38"/>
+    <mergeCell ref="C41:F41"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="C36:F36"/>
+    <mergeCell ref="G39:J39"/>
+    <mergeCell ref="AB74:AO76"/>
+    <mergeCell ref="D54:M54"/>
+    <mergeCell ref="D50:M50"/>
+    <mergeCell ref="C40:F40"/>
+    <mergeCell ref="M74:W76"/>
+    <mergeCell ref="C61:M61"/>
+    <mergeCell ref="D57:M57"/>
+    <mergeCell ref="D58:M58"/>
+    <mergeCell ref="F71:M71"/>
+    <mergeCell ref="D49:M49"/>
+    <mergeCell ref="AB77:AO77"/>
+    <mergeCell ref="AB98:AC98"/>
+    <mergeCell ref="U100:X100"/>
+    <mergeCell ref="U98:X98"/>
+    <mergeCell ref="U106:X106"/>
+    <mergeCell ref="AB102:AC102"/>
+    <mergeCell ref="U104:X104"/>
+    <mergeCell ref="U105:X105"/>
+    <mergeCell ref="AB105:AC105"/>
+    <mergeCell ref="AB106:AC106"/>
+    <mergeCell ref="U99:X99"/>
+    <mergeCell ref="AB100:AC100"/>
+    <mergeCell ref="AB99:AC99"/>
+    <mergeCell ref="AB103:AC103"/>
+    <mergeCell ref="U103:X103"/>
+    <mergeCell ref="AB101:AC101"/>
+    <mergeCell ref="AB104:AC104"/>
+    <mergeCell ref="U102:X102"/>
+    <mergeCell ref="U101:X101"/>
+    <mergeCell ref="AB117:AC117"/>
+    <mergeCell ref="Q117:R117"/>
+    <mergeCell ref="AB118:AC118"/>
+    <mergeCell ref="AB107:AC107"/>
+    <mergeCell ref="AB111:AC111"/>
+    <mergeCell ref="AB109:AC109"/>
+    <mergeCell ref="AB110:AC110"/>
+    <mergeCell ref="AB122:AC122"/>
+    <mergeCell ref="Q120:R120"/>
+    <mergeCell ref="Q119:R119"/>
+    <mergeCell ref="AB121:AC121"/>
+    <mergeCell ref="AB120:AC120"/>
+    <mergeCell ref="AB119:AC119"/>
+    <mergeCell ref="Q121:R121"/>
+    <mergeCell ref="Q110:R110"/>
+    <mergeCell ref="AB108:AC108"/>
+    <mergeCell ref="AB113:AC113"/>
+    <mergeCell ref="AB115:AC115"/>
+    <mergeCell ref="AB114:AC114"/>
+    <mergeCell ref="Q114:R114"/>
+    <mergeCell ref="Q115:R115"/>
+    <mergeCell ref="Q113:R113"/>
+    <mergeCell ref="AB112:AC112"/>
+    <mergeCell ref="Q138:R138"/>
+    <mergeCell ref="Q135:R135"/>
+    <mergeCell ref="Q130:R130"/>
+    <mergeCell ref="Q124:R124"/>
+    <mergeCell ref="Q123:R123"/>
+    <mergeCell ref="Q116:R116"/>
+    <mergeCell ref="G100:P100"/>
+    <mergeCell ref="Q118:R118"/>
+    <mergeCell ref="G104:P104"/>
+    <mergeCell ref="Q111:R111"/>
+    <mergeCell ref="Q109:R109"/>
+    <mergeCell ref="Q107:R107"/>
+    <mergeCell ref="Q122:R122"/>
+    <mergeCell ref="Q112:R112"/>
+    <mergeCell ref="Q108:R108"/>
+    <mergeCell ref="Q100:R100"/>
+    <mergeCell ref="Q125:R125"/>
+    <mergeCell ref="Q129:R129"/>
+    <mergeCell ref="Q127:R127"/>
+    <mergeCell ref="Q137:R137"/>
+    <mergeCell ref="Q132:R132"/>
+    <mergeCell ref="Q136:R136"/>
+    <mergeCell ref="Q128:R128"/>
+    <mergeCell ref="Q126:R126"/>
+    <mergeCell ref="Q134:R134"/>
+    <mergeCell ref="Q131:R131"/>
+    <mergeCell ref="C3:AP3"/>
+    <mergeCell ref="C4:AP4"/>
+    <mergeCell ref="AE5:AP5"/>
+    <mergeCell ref="L5:O5"/>
+    <mergeCell ref="P5:Z5"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="C8:K8"/>
+    <mergeCell ref="C10:K10"/>
+    <mergeCell ref="AA5:AD5"/>
+    <mergeCell ref="L9:Y9"/>
+    <mergeCell ref="Z9:AB9"/>
+    <mergeCell ref="AC9:AP9"/>
+    <mergeCell ref="AE6:AP6"/>
+    <mergeCell ref="L6:O6"/>
+    <mergeCell ref="AA6:AD6"/>
+    <mergeCell ref="P6:Z6"/>
+    <mergeCell ref="AE7:AP7"/>
+    <mergeCell ref="G7:Z7"/>
+    <mergeCell ref="AA7:AD7"/>
+    <mergeCell ref="L8:AP8"/>
+    <mergeCell ref="AE11:AP11"/>
+    <mergeCell ref="AB116:AC116"/>
+    <mergeCell ref="K27:M27"/>
+    <mergeCell ref="G27:J27"/>
+    <mergeCell ref="K29:M29"/>
+    <mergeCell ref="D51:M51"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="G33:J33"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="G34:J34"/>
+    <mergeCell ref="Q133:R133"/>
+    <mergeCell ref="C98:D98"/>
+    <mergeCell ref="C100:D100"/>
+    <mergeCell ref="G98:P98"/>
+    <mergeCell ref="G101:P101"/>
+    <mergeCell ref="G106:P106"/>
+    <mergeCell ref="G103:P103"/>
+    <mergeCell ref="G105:P105"/>
+    <mergeCell ref="G102:P102"/>
+    <mergeCell ref="Q105:R105"/>
+    <mergeCell ref="Q106:R106"/>
+    <mergeCell ref="C101:D101"/>
+    <mergeCell ref="C102:D102"/>
+    <mergeCell ref="Q102:R102"/>
+    <mergeCell ref="Q103:R103"/>
+    <mergeCell ref="Q101:R101"/>
+    <mergeCell ref="D48:M48"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="D46:M46"/>
+    <mergeCell ref="D45:M45"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="D52:M52"/>
+    <mergeCell ref="K28:M28"/>
+    <mergeCell ref="C33:F33"/>
+    <mergeCell ref="D47:M47"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="G32:J32"/>
+    <mergeCell ref="AF13:AJ13"/>
+    <mergeCell ref="G21:J21"/>
+    <mergeCell ref="K21:M21"/>
+    <mergeCell ref="AE12:AP12"/>
+    <mergeCell ref="O18:AP71"/>
+    <mergeCell ref="K19:M19"/>
+    <mergeCell ref="AA11:AD11"/>
+    <mergeCell ref="L12:Z12"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="C17:M17"/>
+    <mergeCell ref="C31:F31"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="C38:F38"/>
+    <mergeCell ref="C32:F32"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="C37:F37"/>
+    <mergeCell ref="K30:M30"/>
+    <mergeCell ref="K24:M24"/>
+    <mergeCell ref="G31:J31"/>
+    <mergeCell ref="K31:M31"/>
+    <mergeCell ref="G25:J25"/>
+    <mergeCell ref="D56:M56"/>
+    <mergeCell ref="D53:M53"/>
+    <mergeCell ref="G41:J41"/>
     <mergeCell ref="G6:K6"/>
     <mergeCell ref="C13:K13"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="G5:K5"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="AK13:AM13"/>
     <mergeCell ref="G19:J19"/>
     <mergeCell ref="L13:O13"/>
     <mergeCell ref="O17:AP17"/>
     <mergeCell ref="C15:AP15"/>
     <mergeCell ref="AH10:AP10"/>
     <mergeCell ref="W13:Y13"/>
     <mergeCell ref="R13:V13"/>
     <mergeCell ref="C12:K12"/>
     <mergeCell ref="C11:K11"/>
     <mergeCell ref="C9:K9"/>
     <mergeCell ref="AA12:AD12"/>
     <mergeCell ref="AA13:AC13"/>
     <mergeCell ref="AD13:AE13"/>
     <mergeCell ref="P13:Q13"/>
     <mergeCell ref="L10:W10"/>
     <mergeCell ref="L11:Z11"/>
     <mergeCell ref="X10:AG10"/>
-    <mergeCell ref="AF13:AJ13"/>
-[...196 lines deleted...]
-    <mergeCell ref="G23:J23"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G108:G111"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R13:V14 AF13:AJ14">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G108:G111" xr:uid="{00000000-0002-0000-0200-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R13:V14 AF13:AJ14" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>$U$107:$U$119</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W13:Y14 AK13:AM14">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W13:Y14 AK13:AM14" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>$AB$107:$AB$122</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P13:Q14 AD13:AE14">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P13:Q14 AD13:AE14" xr:uid="{00000000-0002-0000-0200-000003000000}">
       <formula1>$Q$107:$Q$139</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="1.04" right="0.2" top="0.56000000000000005" bottom="0.56999999999999995" header="0.32" footer="0.3"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;9Blankett VE-183 (Excel)</oddFooter>
   </headerFooter>
   <cellWatches>
     <cellWatch r="U12"/>
   </cellWatches>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor indexed="39"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BO134"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B34" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="F11" sqref="F11:AP11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" customWidth="1"/>
     <col min="3" max="25" width="3.7109375" customWidth="1"/>
     <col min="26" max="26" width="4.28515625" customWidth="1"/>
     <col min="27" max="42" width="3.7109375" customWidth="1"/>
     <col min="43" max="43" width="1.85546875" customWidth="1"/>
     <col min="44" max="44" width="13.28515625" customWidth="1"/>
     <col min="62" max="62" width="25" customWidth="1"/>
     <col min="64" max="64" width="5.5703125" customWidth="1"/>
     <col min="65" max="65" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:67" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B2" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="6"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
     </row>
     <row r="3" spans="2:67" ht="91.5" customHeight="1">
-      <c r="B3" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="6"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="318"/>
+      <c r="D3" s="319"/>
+      <c r="E3" s="319"/>
+      <c r="F3" s="319"/>
+      <c r="G3" s="319"/>
+      <c r="H3" s="319"/>
+      <c r="I3" s="319"/>
+      <c r="J3" s="319"/>
+      <c r="K3" s="319"/>
+      <c r="L3" s="319"/>
+      <c r="M3" s="319"/>
+      <c r="N3" s="319"/>
+      <c r="O3" s="319"/>
+      <c r="P3" s="319"/>
+      <c r="Q3" s="319"/>
+      <c r="R3" s="319"/>
+      <c r="S3" s="319"/>
+      <c r="T3" s="319"/>
+      <c r="U3" s="319"/>
+      <c r="V3" s="319"/>
+      <c r="W3" s="319"/>
+      <c r="X3" s="319"/>
+      <c r="Y3" s="319"/>
+      <c r="Z3" s="319"/>
+      <c r="AA3" s="319"/>
+      <c r="AB3" s="319"/>
+      <c r="AC3" s="319"/>
+      <c r="AD3" s="319"/>
+      <c r="AE3" s="319"/>
+      <c r="AF3" s="319"/>
+      <c r="AG3" s="319"/>
+      <c r="AH3" s="319"/>
+      <c r="AI3" s="319"/>
+      <c r="AJ3" s="319"/>
+      <c r="AK3" s="319"/>
+      <c r="AL3" s="319"/>
+      <c r="AM3" s="319"/>
+      <c r="AN3" s="319"/>
+      <c r="AO3" s="319"/>
+      <c r="AP3" s="320"/>
+      <c r="AQ3" s="5"/>
     </row>
     <row r="4" spans="2:67" ht="32.25" customHeight="1">
-      <c r="B4" s="6"/>
-      <c r="C4" s="395" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="189" t="s">
         <v>296</v>
       </c>
-      <c r="D4" s="396"/>
-[...42 lines deleted...]
-      <c r="C5" s="299" t="s">
+      <c r="D4" s="190"/>
+      <c r="E4" s="190"/>
+      <c r="F4" s="190"/>
+      <c r="G4" s="190"/>
+      <c r="H4" s="190"/>
+      <c r="I4" s="190"/>
+      <c r="J4" s="190"/>
+      <c r="K4" s="190"/>
+      <c r="L4" s="190"/>
+      <c r="M4" s="190"/>
+      <c r="N4" s="190"/>
+      <c r="O4" s="190"/>
+      <c r="P4" s="190"/>
+      <c r="Q4" s="190"/>
+      <c r="R4" s="190"/>
+      <c r="S4" s="190"/>
+      <c r="T4" s="190"/>
+      <c r="U4" s="190"/>
+      <c r="V4" s="190"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="190"/>
+      <c r="AA4" s="190"/>
+      <c r="AB4" s="190"/>
+      <c r="AC4" s="190"/>
+      <c r="AD4" s="190"/>
+      <c r="AE4" s="190"/>
+      <c r="AF4" s="190"/>
+      <c r="AG4" s="190"/>
+      <c r="AH4" s="190"/>
+      <c r="AI4" s="190"/>
+      <c r="AJ4" s="190"/>
+      <c r="AK4" s="190"/>
+      <c r="AL4" s="190"/>
+      <c r="AM4" s="190"/>
+      <c r="AN4" s="190"/>
+      <c r="AO4" s="190"/>
+      <c r="AP4" s="191"/>
+      <c r="AQ4" s="5"/>
+    </row>
+    <row r="5" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B5" s="30"/>
+      <c r="C5" s="192" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="300"/>
-[...2 lines deleted...]
-      <c r="G5" s="380">
+      <c r="D5" s="193"/>
+      <c r="E5" s="193"/>
+      <c r="F5" s="193"/>
+      <c r="G5" s="330">
         <f>Arbeidsvarslingsplan!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="380"/>
-[...3 lines deleted...]
-      <c r="L5" s="300" t="s">
+      <c r="H5" s="330"/>
+      <c r="I5" s="330"/>
+      <c r="J5" s="330"/>
+      <c r="K5" s="330"/>
+      <c r="L5" s="193" t="s">
         <v>136</v>
       </c>
-      <c r="M5" s="300"/>
-[...2 lines deleted...]
-      <c r="P5" s="380">
+      <c r="M5" s="193"/>
+      <c r="N5" s="193"/>
+      <c r="O5" s="193"/>
+      <c r="P5" s="330">
         <f>Arbeidsvarslingsplan!P5</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="380"/>
-[...9 lines deleted...]
-      <c r="AA5" s="300" t="s">
+      <c r="Q5" s="330"/>
+      <c r="R5" s="330"/>
+      <c r="S5" s="330"/>
+      <c r="T5" s="330"/>
+      <c r="U5" s="330"/>
+      <c r="V5" s="330"/>
+      <c r="W5" s="330"/>
+      <c r="X5" s="330"/>
+      <c r="Y5" s="330"/>
+      <c r="Z5" s="330"/>
+      <c r="AA5" s="193" t="s">
         <v>43</v>
       </c>
-      <c r="AB5" s="300"/>
-[...2 lines deleted...]
-      <c r="AE5" s="380">
+      <c r="AB5" s="193"/>
+      <c r="AC5" s="193"/>
+      <c r="AD5" s="193"/>
+      <c r="AE5" s="330">
         <f>Arbeidsvarslingsplan!AE5</f>
         <v>0</v>
       </c>
-      <c r="AF5" s="380"/>
-[...19 lines deleted...]
-      <c r="C6" s="299" t="s">
+      <c r="AF5" s="330"/>
+      <c r="AG5" s="330"/>
+      <c r="AH5" s="330"/>
+      <c r="AI5" s="330"/>
+      <c r="AJ5" s="330"/>
+      <c r="AK5" s="330"/>
+      <c r="AL5" s="330"/>
+      <c r="AM5" s="330"/>
+      <c r="AN5" s="330"/>
+      <c r="AO5" s="330"/>
+      <c r="AP5" s="336"/>
+      <c r="AQ5" s="30"/>
+      <c r="BJ5" s="22"/>
+      <c r="BK5" s="22"/>
+      <c r="BL5" s="23"/>
+      <c r="BM5" s="23"/>
+      <c r="BN5" s="24"/>
+    </row>
+    <row r="6" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B6" s="30"/>
+      <c r="C6" s="192" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="300"/>
-[...2 lines deleted...]
-      <c r="G6" s="380">
+      <c r="D6" s="193"/>
+      <c r="E6" s="193"/>
+      <c r="F6" s="193"/>
+      <c r="G6" s="330">
         <f>Arbeidsvarslingsplan!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="380"/>
-[...3 lines deleted...]
-      <c r="L6" s="300" t="s">
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="193" t="s">
         <v>118</v>
       </c>
-      <c r="M6" s="300"/>
-[...2 lines deleted...]
-      <c r="P6" s="380">
+      <c r="M6" s="193"/>
+      <c r="N6" s="193"/>
+      <c r="O6" s="193"/>
+      <c r="P6" s="330">
         <f>Arbeidsvarslingsplan!P6</f>
         <v>0</v>
       </c>
-      <c r="Q6" s="380"/>
-[...9 lines deleted...]
-      <c r="AA6" s="300" t="s">
+      <c r="Q6" s="330"/>
+      <c r="R6" s="330"/>
+      <c r="S6" s="330"/>
+      <c r="T6" s="330"/>
+      <c r="U6" s="330"/>
+      <c r="V6" s="330"/>
+      <c r="W6" s="330"/>
+      <c r="X6" s="330"/>
+      <c r="Y6" s="330"/>
+      <c r="Z6" s="330"/>
+      <c r="AA6" s="193" t="s">
         <v>119</v>
       </c>
-      <c r="AB6" s="300"/>
-[...2 lines deleted...]
-      <c r="AE6" s="380">
+      <c r="AB6" s="193"/>
+      <c r="AC6" s="193"/>
+      <c r="AD6" s="193"/>
+      <c r="AE6" s="330">
         <f>Arbeidsvarslingsplan!AE6</f>
         <v>0</v>
       </c>
-      <c r="AF6" s="380"/>
-[...19 lines deleted...]
-      <c r="C7" s="411" t="s">
+      <c r="AF6" s="330"/>
+      <c r="AG6" s="330"/>
+      <c r="AH6" s="330"/>
+      <c r="AI6" s="330"/>
+      <c r="AJ6" s="330"/>
+      <c r="AK6" s="330"/>
+      <c r="AL6" s="330"/>
+      <c r="AM6" s="330"/>
+      <c r="AN6" s="330"/>
+      <c r="AO6" s="330"/>
+      <c r="AP6" s="336"/>
+      <c r="AQ6" s="30"/>
+      <c r="BJ6" s="22"/>
+      <c r="BK6" s="22"/>
+      <c r="BL6" s="24"/>
+      <c r="BM6" s="24"/>
+      <c r="BN6" s="24"/>
+    </row>
+    <row r="7" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B7" s="30"/>
+      <c r="C7" s="192" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="409"/>
-[...2 lines deleted...]
-      <c r="G7" s="380">
+      <c r="D7" s="193"/>
+      <c r="E7" s="193"/>
+      <c r="F7" s="193"/>
+      <c r="G7" s="330">
         <f>Arbeidsvarslingsplan!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="380"/>
-[...18 lines deleted...]
-      <c r="AA7" s="409" t="s">
+      <c r="H7" s="330"/>
+      <c r="I7" s="330"/>
+      <c r="J7" s="330"/>
+      <c r="K7" s="330"/>
+      <c r="L7" s="330"/>
+      <c r="M7" s="330"/>
+      <c r="N7" s="330"/>
+      <c r="O7" s="330"/>
+      <c r="P7" s="330"/>
+      <c r="Q7" s="330"/>
+      <c r="R7" s="330"/>
+      <c r="S7" s="330"/>
+      <c r="T7" s="330"/>
+      <c r="U7" s="330"/>
+      <c r="V7" s="330"/>
+      <c r="W7" s="330"/>
+      <c r="X7" s="330"/>
+      <c r="Y7" s="330"/>
+      <c r="Z7" s="330"/>
+      <c r="AA7" s="193" t="s">
         <v>49</v>
       </c>
-      <c r="AB7" s="409"/>
-[...2 lines deleted...]
-      <c r="AE7" s="400">
+      <c r="AB7" s="193"/>
+      <c r="AC7" s="193"/>
+      <c r="AD7" s="193"/>
+      <c r="AE7" s="338">
         <f>Arbeidsvarslingsplan!AE7</f>
         <v>0</v>
       </c>
-      <c r="AF7" s="400"/>
-[...19 lines deleted...]
-      <c r="C8" s="416" t="s">
+      <c r="AF7" s="338"/>
+      <c r="AG7" s="338"/>
+      <c r="AH7" s="338"/>
+      <c r="AI7" s="338"/>
+      <c r="AJ7" s="338"/>
+      <c r="AK7" s="338"/>
+      <c r="AL7" s="338"/>
+      <c r="AM7" s="338"/>
+      <c r="AN7" s="338"/>
+      <c r="AO7" s="338"/>
+      <c r="AP7" s="339"/>
+      <c r="AQ7" s="30"/>
+      <c r="BJ7" s="22"/>
+      <c r="BK7" s="22"/>
+      <c r="BL7" s="24"/>
+      <c r="BM7" s="24"/>
+      <c r="BN7" s="24"/>
+    </row>
+    <row r="8" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B8" s="30"/>
+      <c r="C8" s="322" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="417"/>
-[...7 lines deleted...]
-      <c r="L8" s="423">
+      <c r="D8" s="323"/>
+      <c r="E8" s="323"/>
+      <c r="F8" s="323"/>
+      <c r="G8" s="323"/>
+      <c r="H8" s="323"/>
+      <c r="I8" s="323"/>
+      <c r="J8" s="323"/>
+      <c r="K8" s="323"/>
+      <c r="L8" s="331">
         <f>Arbeidsvarslingsplan!L8</f>
         <v>0</v>
       </c>
-      <c r="M8" s="424"/>
-[...38 lines deleted...]
-      <c r="C9" s="276" t="s">
+      <c r="M8" s="332"/>
+      <c r="N8" s="332"/>
+      <c r="O8" s="332"/>
+      <c r="P8" s="332"/>
+      <c r="Q8" s="332"/>
+      <c r="R8" s="332"/>
+      <c r="S8" s="332"/>
+      <c r="T8" s="332"/>
+      <c r="U8" s="332"/>
+      <c r="V8" s="332"/>
+      <c r="W8" s="332"/>
+      <c r="X8" s="332"/>
+      <c r="Y8" s="332"/>
+      <c r="Z8" s="332"/>
+      <c r="AA8" s="332"/>
+      <c r="AB8" s="332"/>
+      <c r="AC8" s="332"/>
+      <c r="AD8" s="332"/>
+      <c r="AE8" s="332"/>
+      <c r="AF8" s="332"/>
+      <c r="AG8" s="332"/>
+      <c r="AH8" s="332"/>
+      <c r="AI8" s="332"/>
+      <c r="AJ8" s="332"/>
+      <c r="AK8" s="332"/>
+      <c r="AL8" s="332"/>
+      <c r="AM8" s="332"/>
+      <c r="AN8" s="332"/>
+      <c r="AO8" s="332"/>
+      <c r="AP8" s="333"/>
+      <c r="AQ8" s="30"/>
+      <c r="BJ8" s="22"/>
+      <c r="BK8" s="22"/>
+      <c r="BL8" s="24"/>
+      <c r="BM8" s="24"/>
+      <c r="BN8" s="24"/>
+    </row>
+    <row r="9" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B9" s="30"/>
+      <c r="C9" s="205" t="s">
         <v>137</v>
       </c>
-      <c r="D9" s="277"/>
-[...24 lines deleted...]
-      <c r="AC9" s="276" t="s">
+      <c r="D9" s="206"/>
+      <c r="E9" s="206"/>
+      <c r="F9" s="206"/>
+      <c r="G9" s="206"/>
+      <c r="H9" s="206"/>
+      <c r="I9" s="206"/>
+      <c r="J9" s="206"/>
+      <c r="K9" s="206"/>
+      <c r="L9" s="206"/>
+      <c r="M9" s="206"/>
+      <c r="N9" s="206"/>
+      <c r="O9" s="206"/>
+      <c r="P9" s="206"/>
+      <c r="Q9" s="206"/>
+      <c r="R9" s="206"/>
+      <c r="S9" s="206"/>
+      <c r="T9" s="206"/>
+      <c r="U9" s="206"/>
+      <c r="V9" s="206"/>
+      <c r="W9" s="206"/>
+      <c r="X9" s="206"/>
+      <c r="Y9" s="206"/>
+      <c r="Z9" s="206"/>
+      <c r="AA9" s="206"/>
+      <c r="AB9" s="206"/>
+      <c r="AC9" s="205" t="s">
         <v>0</v>
       </c>
-      <c r="AD9" s="277"/>
-[...21 lines deleted...]
-      <c r="C10" s="422" t="s">
+      <c r="AD9" s="206"/>
+      <c r="AE9" s="206"/>
+      <c r="AF9" s="206"/>
+      <c r="AG9" s="206"/>
+      <c r="AH9" s="206"/>
+      <c r="AI9" s="206"/>
+      <c r="AJ9" s="206"/>
+      <c r="AK9" s="206"/>
+      <c r="AL9" s="206"/>
+      <c r="AM9" s="206"/>
+      <c r="AN9" s="206"/>
+      <c r="AO9" s="206"/>
+      <c r="AP9" s="207"/>
+      <c r="AQ9" s="30"/>
+      <c r="BJ9" s="22"/>
+      <c r="BK9" s="22"/>
+      <c r="BL9" s="24"/>
+      <c r="BM9" s="24"/>
+      <c r="BN9" s="24"/>
+    </row>
+    <row r="10" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B10" s="30"/>
+      <c r="C10" s="329" t="s">
         <v>139</v>
       </c>
-      <c r="D10" s="421"/>
-[...1 lines deleted...]
-      <c r="F10" s="399">
+      <c r="D10" s="328"/>
+      <c r="E10" s="328"/>
+      <c r="F10" s="324">
         <f>Risikovurdering!F12</f>
         <v>0</v>
       </c>
-      <c r="G10" s="399"/>
-      <c r="H10" s="399">
+      <c r="G10" s="324"/>
+      <c r="H10" s="324">
         <f>Risikovurdering!H12</f>
         <v>0</v>
       </c>
-      <c r="I10" s="399"/>
-[...3 lines deleted...]
-      <c r="M10" s="399">
+      <c r="I10" s="324"/>
+      <c r="J10" s="324"/>
+      <c r="K10" s="324"/>
+      <c r="L10" s="324"/>
+      <c r="M10" s="324">
         <f>Risikovurdering!M12</f>
         <v>0</v>
       </c>
-      <c r="N10" s="399"/>
-[...1 lines deleted...]
-      <c r="P10" s="420" t="s">
+      <c r="N10" s="324"/>
+      <c r="O10" s="324"/>
+      <c r="P10" s="327" t="s">
         <v>140</v>
       </c>
-      <c r="Q10" s="421"/>
-[...1 lines deleted...]
-      <c r="S10" s="399">
+      <c r="Q10" s="328"/>
+      <c r="R10" s="328"/>
+      <c r="S10" s="324">
         <f>Risikovurdering!S12</f>
         <v>0</v>
       </c>
-      <c r="T10" s="399"/>
-      <c r="U10" s="399">
+      <c r="T10" s="324"/>
+      <c r="U10" s="324">
         <f>Risikovurdering!U12</f>
         <v>0</v>
       </c>
-      <c r="V10" s="399"/>
-[...3 lines deleted...]
-      <c r="Z10" s="399">
+      <c r="V10" s="324"/>
+      <c r="W10" s="324"/>
+      <c r="X10" s="324"/>
+      <c r="Y10" s="324"/>
+      <c r="Z10" s="324">
         <f>Risikovurdering!Z12</f>
         <v>0</v>
       </c>
-      <c r="AA10" s="399"/>
-[...24 lines deleted...]
-      <c r="C11" s="145" t="s">
+      <c r="AA10" s="324"/>
+      <c r="AB10" s="335"/>
+      <c r="AC10" s="334"/>
+      <c r="AD10" s="324"/>
+      <c r="AE10" s="324"/>
+      <c r="AF10" s="324"/>
+      <c r="AG10" s="324"/>
+      <c r="AH10" s="324"/>
+      <c r="AI10" s="324"/>
+      <c r="AJ10" s="324"/>
+      <c r="AK10" s="324"/>
+      <c r="AL10" s="324"/>
+      <c r="AM10" s="324"/>
+      <c r="AN10" s="324"/>
+      <c r="AO10" s="324"/>
+      <c r="AP10" s="335"/>
+      <c r="AQ10" s="30"/>
+      <c r="BJ10" s="22"/>
+      <c r="BK10" s="22"/>
+      <c r="BL10" s="24"/>
+      <c r="BM10" s="24"/>
+      <c r="BN10" s="24"/>
+    </row>
+    <row r="11" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B11" s="30"/>
+      <c r="C11" s="129" t="s">
         <v>120</v>
       </c>
-      <c r="D11" s="146"/>
-[...43 lines deleted...]
-      <c r="BN11" s="26"/>
+      <c r="D11" s="130"/>
+      <c r="E11" s="130"/>
+      <c r="F11" s="342"/>
+      <c r="G11" s="342"/>
+      <c r="H11" s="342"/>
+      <c r="I11" s="342"/>
+      <c r="J11" s="342"/>
+      <c r="K11" s="342"/>
+      <c r="L11" s="342"/>
+      <c r="M11" s="342"/>
+      <c r="N11" s="342"/>
+      <c r="O11" s="342"/>
+      <c r="P11" s="342"/>
+      <c r="Q11" s="342"/>
+      <c r="R11" s="342"/>
+      <c r="S11" s="342"/>
+      <c r="T11" s="342"/>
+      <c r="U11" s="342"/>
+      <c r="V11" s="342"/>
+      <c r="W11" s="342"/>
+      <c r="X11" s="342"/>
+      <c r="Y11" s="342"/>
+      <c r="Z11" s="342"/>
+      <c r="AA11" s="342"/>
+      <c r="AB11" s="342"/>
+      <c r="AC11" s="343"/>
+      <c r="AD11" s="343"/>
+      <c r="AE11" s="343"/>
+      <c r="AF11" s="343"/>
+      <c r="AG11" s="343"/>
+      <c r="AH11" s="343"/>
+      <c r="AI11" s="343"/>
+      <c r="AJ11" s="343"/>
+      <c r="AK11" s="343"/>
+      <c r="AL11" s="343"/>
+      <c r="AM11" s="343"/>
+      <c r="AN11" s="343"/>
+      <c r="AO11" s="343"/>
+      <c r="AP11" s="344"/>
+      <c r="AQ11" s="30"/>
+      <c r="BJ11" s="22"/>
+      <c r="BK11" s="22"/>
+      <c r="BL11" s="24"/>
+      <c r="BM11" s="24"/>
+      <c r="BN11" s="24"/>
     </row>
     <row r="12" spans="2:67" ht="9.75" customHeight="1" thickBot="1">
-      <c r="B12" s="6"/>
-[...50 lines deleted...]
-      <c r="C13" s="418" t="s">
+      <c r="B12" s="5"/>
+      <c r="C12" s="337"/>
+      <c r="D12" s="337"/>
+      <c r="E12" s="337"/>
+      <c r="F12" s="337"/>
+      <c r="G12" s="337"/>
+      <c r="H12" s="337"/>
+      <c r="I12" s="337"/>
+      <c r="J12" s="337"/>
+      <c r="K12" s="337"/>
+      <c r="L12" s="337"/>
+      <c r="M12" s="337"/>
+      <c r="N12" s="337"/>
+      <c r="O12" s="337"/>
+      <c r="P12" s="337"/>
+      <c r="Q12" s="337"/>
+      <c r="R12" s="337"/>
+      <c r="S12" s="337"/>
+      <c r="T12" s="337"/>
+      <c r="U12" s="337"/>
+      <c r="V12" s="337"/>
+      <c r="W12" s="337"/>
+      <c r="X12" s="337"/>
+      <c r="Y12" s="337"/>
+      <c r="Z12" s="337"/>
+      <c r="AA12" s="337"/>
+      <c r="AB12" s="337"/>
+      <c r="AC12" s="337"/>
+      <c r="AD12" s="337"/>
+      <c r="AE12" s="337"/>
+      <c r="AF12" s="337"/>
+      <c r="AG12" s="337"/>
+      <c r="AH12" s="337"/>
+      <c r="AI12" s="337"/>
+      <c r="AJ12" s="337"/>
+      <c r="AK12" s="337"/>
+      <c r="AL12" s="337"/>
+      <c r="AM12" s="337"/>
+      <c r="AN12" s="337"/>
+      <c r="AO12" s="337"/>
+      <c r="AP12" s="337"/>
+      <c r="AQ12" s="5"/>
+      <c r="BJ12" s="25"/>
+      <c r="BK12" s="25"/>
+      <c r="BL12" s="26"/>
+      <c r="BM12" s="27"/>
+      <c r="BN12" s="27"/>
+      <c r="BO12" s="4"/>
+    </row>
+    <row r="13" spans="2:67" s="4" customFormat="1" ht="20.25" customHeight="1">
+      <c r="B13" s="30"/>
+      <c r="C13" s="325" t="s">
         <v>1</v>
       </c>
-      <c r="D13" s="419"/>
-[...1 lines deleted...]
-      <c r="F13" s="406" t="s">
+      <c r="D13" s="326"/>
+      <c r="E13" s="326"/>
+      <c r="F13" s="345" t="s">
         <v>103</v>
       </c>
-      <c r="G13" s="406"/>
-[...15 lines deleted...]
-      <c r="W13" s="415" t="s">
+      <c r="G13" s="345"/>
+      <c r="H13" s="345"/>
+      <c r="I13" s="345"/>
+      <c r="J13" s="345"/>
+      <c r="K13" s="345"/>
+      <c r="L13" s="345"/>
+      <c r="M13" s="345"/>
+      <c r="N13" s="345"/>
+      <c r="O13" s="345"/>
+      <c r="P13" s="345"/>
+      <c r="Q13" s="345"/>
+      <c r="R13" s="345"/>
+      <c r="S13" s="345"/>
+      <c r="T13" s="345"/>
+      <c r="U13" s="345"/>
+      <c r="V13" s="345"/>
+      <c r="W13" s="321" t="s">
         <v>128</v>
       </c>
-      <c r="X13" s="415"/>
-[...2 lines deleted...]
-      <c r="AA13" s="402" t="s">
+      <c r="X13" s="321"/>
+      <c r="Y13" s="321"/>
+      <c r="Z13" s="321"/>
+      <c r="AA13" s="340" t="s">
         <v>103</v>
       </c>
-      <c r="AB13" s="402"/>
-[...23 lines deleted...]
-      <c r="C14" s="391" t="s">
+      <c r="AB13" s="340"/>
+      <c r="AC13" s="340"/>
+      <c r="AD13" s="340"/>
+      <c r="AE13" s="340"/>
+      <c r="AF13" s="340"/>
+      <c r="AG13" s="340"/>
+      <c r="AH13" s="340"/>
+      <c r="AI13" s="340"/>
+      <c r="AJ13" s="340"/>
+      <c r="AK13" s="340"/>
+      <c r="AL13" s="340"/>
+      <c r="AM13" s="340"/>
+      <c r="AN13" s="340"/>
+      <c r="AO13" s="340"/>
+      <c r="AP13" s="341"/>
+      <c r="AQ13" s="30"/>
+      <c r="BJ13" s="22"/>
+      <c r="BK13" s="22"/>
+      <c r="BL13" s="24"/>
+      <c r="BM13" s="24"/>
+      <c r="BN13" s="24"/>
+    </row>
+    <row r="14" spans="2:67" s="4" customFormat="1" ht="20.25" customHeight="1">
+      <c r="B14" s="30"/>
+      <c r="C14" s="346" t="s">
         <v>159</v>
       </c>
-      <c r="D14" s="358"/>
-[...1 lines deleted...]
-      <c r="F14" s="407" t="s">
+      <c r="D14" s="347"/>
+      <c r="E14" s="347"/>
+      <c r="F14" s="348" t="s">
         <v>103</v>
       </c>
-      <c r="G14" s="407"/>
-[...10 lines deleted...]
-      <c r="R14" s="358" t="s">
+      <c r="G14" s="348"/>
+      <c r="H14" s="348"/>
+      <c r="I14" s="348"/>
+      <c r="J14" s="348"/>
+      <c r="K14" s="348"/>
+      <c r="L14" s="348"/>
+      <c r="M14" s="348"/>
+      <c r="N14" s="348"/>
+      <c r="O14" s="348"/>
+      <c r="P14" s="348"/>
+      <c r="Q14" s="348"/>
+      <c r="R14" s="347" t="s">
         <v>172</v>
       </c>
-      <c r="S14" s="358"/>
-[...1 lines deleted...]
-      <c r="U14" s="356" t="s">
+      <c r="S14" s="347"/>
+      <c r="T14" s="347"/>
+      <c r="U14" s="349" t="s">
         <v>103</v>
       </c>
-      <c r="V14" s="356"/>
-[...7 lines deleted...]
-      <c r="AD14" s="358" t="s">
+      <c r="V14" s="349"/>
+      <c r="W14" s="349"/>
+      <c r="X14" s="349"/>
+      <c r="Y14" s="349"/>
+      <c r="Z14" s="349"/>
+      <c r="AA14" s="349"/>
+      <c r="AB14" s="349"/>
+      <c r="AC14" s="349"/>
+      <c r="AD14" s="347" t="s">
         <v>173</v>
       </c>
-      <c r="AE14" s="358"/>
-[...1 lines deleted...]
-      <c r="AG14" s="356" t="s">
+      <c r="AE14" s="347"/>
+      <c r="AF14" s="347"/>
+      <c r="AG14" s="349" t="s">
         <v>103</v>
       </c>
-      <c r="AH14" s="356"/>
-[...17 lines deleted...]
-      <c r="C15" s="391" t="s">
+      <c r="AH14" s="349"/>
+      <c r="AI14" s="349"/>
+      <c r="AJ14" s="349"/>
+      <c r="AK14" s="349"/>
+      <c r="AL14" s="349"/>
+      <c r="AM14" s="349"/>
+      <c r="AN14" s="349"/>
+      <c r="AO14" s="349"/>
+      <c r="AP14" s="380"/>
+      <c r="AQ14" s="30"/>
+      <c r="BJ14" s="22"/>
+      <c r="BK14" s="22"/>
+      <c r="BL14" s="24"/>
+      <c r="BM14" s="24"/>
+      <c r="BN14" s="24"/>
+    </row>
+    <row r="15" spans="2:67" s="4" customFormat="1" ht="20.25" customHeight="1">
+      <c r="B15" s="30"/>
+      <c r="C15" s="346" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="358"/>
-[...21 lines deleted...]
-      <c r="Z15" s="358" t="s">
+      <c r="D15" s="347"/>
+      <c r="E15" s="347"/>
+      <c r="F15" s="349"/>
+      <c r="G15" s="349"/>
+      <c r="H15" s="349"/>
+      <c r="I15" s="349"/>
+      <c r="J15" s="349"/>
+      <c r="K15" s="349"/>
+      <c r="L15" s="349"/>
+      <c r="M15" s="349"/>
+      <c r="N15" s="349"/>
+      <c r="O15" s="349"/>
+      <c r="P15" s="349"/>
+      <c r="Q15" s="349"/>
+      <c r="R15" s="349"/>
+      <c r="S15" s="349"/>
+      <c r="T15" s="349"/>
+      <c r="U15" s="349"/>
+      <c r="V15" s="349"/>
+      <c r="W15" s="349"/>
+      <c r="X15" s="349"/>
+      <c r="Y15" s="349"/>
+      <c r="Z15" s="347" t="s">
         <v>4</v>
       </c>
-      <c r="AA15" s="358"/>
-[...7 lines deleted...]
-      <c r="AI15" s="358" t="s">
+      <c r="AA15" s="347"/>
+      <c r="AB15" s="347"/>
+      <c r="AC15" s="349"/>
+      <c r="AD15" s="349"/>
+      <c r="AE15" s="349"/>
+      <c r="AF15" s="349"/>
+      <c r="AG15" s="349"/>
+      <c r="AH15" s="349"/>
+      <c r="AI15" s="347" t="s">
         <v>5</v>
       </c>
-      <c r="AJ15" s="358"/>
-[...15 lines deleted...]
-      <c r="C16" s="388" t="s">
+      <c r="AJ15" s="347"/>
+      <c r="AK15" s="349"/>
+      <c r="AL15" s="381"/>
+      <c r="AM15" s="381"/>
+      <c r="AN15" s="381"/>
+      <c r="AO15" s="381"/>
+      <c r="AP15" s="382"/>
+      <c r="AQ15" s="30"/>
+      <c r="BJ15" s="22"/>
+      <c r="BK15" s="22"/>
+      <c r="BL15" s="24"/>
+      <c r="BM15" s="24"/>
+      <c r="BN15" s="24"/>
+    </row>
+    <row r="16" spans="2:67" s="4" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
+      <c r="B16" s="30"/>
+      <c r="C16" s="365" t="s">
         <v>3</v>
       </c>
-      <c r="D16" s="389"/>
-[...21 lines deleted...]
-      <c r="Z16" s="385" t="s">
+      <c r="D16" s="366"/>
+      <c r="E16" s="366"/>
+      <c r="F16" s="343"/>
+      <c r="G16" s="343"/>
+      <c r="H16" s="343"/>
+      <c r="I16" s="343"/>
+      <c r="J16" s="343"/>
+      <c r="K16" s="343"/>
+      <c r="L16" s="343"/>
+      <c r="M16" s="343"/>
+      <c r="N16" s="343"/>
+      <c r="O16" s="343"/>
+      <c r="P16" s="343"/>
+      <c r="Q16" s="343"/>
+      <c r="R16" s="343"/>
+      <c r="S16" s="343"/>
+      <c r="T16" s="343"/>
+      <c r="U16" s="343"/>
+      <c r="V16" s="343"/>
+      <c r="W16" s="343"/>
+      <c r="X16" s="343"/>
+      <c r="Y16" s="343"/>
+      <c r="Z16" s="362" t="s">
         <v>121</v>
       </c>
-      <c r="AA16" s="385"/>
-[...20 lines deleted...]
-      <c r="BN16" s="26"/>
+      <c r="AA16" s="362"/>
+      <c r="AB16" s="362"/>
+      <c r="AC16" s="359"/>
+      <c r="AD16" s="360"/>
+      <c r="AE16" s="360"/>
+      <c r="AF16" s="360"/>
+      <c r="AG16" s="360"/>
+      <c r="AH16" s="360"/>
+      <c r="AI16" s="360"/>
+      <c r="AJ16" s="360"/>
+      <c r="AK16" s="360"/>
+      <c r="AL16" s="360"/>
+      <c r="AM16" s="360"/>
+      <c r="AN16" s="360"/>
+      <c r="AO16" s="360"/>
+      <c r="AP16" s="361"/>
+      <c r="AQ16" s="30"/>
+      <c r="BJ16" s="22"/>
+      <c r="BK16" s="22"/>
+      <c r="BL16" s="24"/>
+      <c r="BM16" s="24"/>
+      <c r="BN16" s="24"/>
     </row>
     <row r="17" spans="2:66" ht="18">
-      <c r="B17" s="6"/>
-[...45 lines deleted...]
-      <c r="BN17" s="28"/>
+      <c r="B17" s="5"/>
+      <c r="C17" s="363"/>
+      <c r="D17" s="363"/>
+      <c r="E17" s="363"/>
+      <c r="F17" s="363"/>
+      <c r="G17" s="363"/>
+      <c r="H17" s="363"/>
+      <c r="I17" s="363"/>
+      <c r="J17" s="363"/>
+      <c r="K17" s="363"/>
+      <c r="L17" s="363"/>
+      <c r="M17" s="363"/>
+      <c r="N17" s="363"/>
+      <c r="O17" s="364"/>
+      <c r="P17" s="364"/>
+      <c r="Q17" s="364"/>
+      <c r="R17" s="364"/>
+      <c r="S17" s="364"/>
+      <c r="T17" s="364"/>
+      <c r="U17" s="364"/>
+      <c r="V17" s="364"/>
+      <c r="W17" s="364"/>
+      <c r="X17" s="364"/>
+      <c r="Y17" s="364"/>
+      <c r="Z17" s="364"/>
+      <c r="AA17" s="364"/>
+      <c r="AB17" s="364"/>
+      <c r="AC17" s="364"/>
+      <c r="AD17" s="364"/>
+      <c r="AE17" s="364"/>
+      <c r="AF17" s="364"/>
+      <c r="AG17" s="364"/>
+      <c r="AH17" s="364"/>
+      <c r="AI17" s="364"/>
+      <c r="AJ17" s="364"/>
+      <c r="AK17" s="364"/>
+      <c r="AL17" s="364"/>
+      <c r="AM17" s="364"/>
+      <c r="AN17" s="364"/>
+      <c r="AO17" s="364"/>
+      <c r="AP17" s="364"/>
+      <c r="AQ17" s="5"/>
+      <c r="BJ17" s="25"/>
+      <c r="BK17" s="25"/>
+      <c r="BL17" s="26"/>
+      <c r="BM17" s="26"/>
+      <c r="BN17" s="26"/>
     </row>
     <row r="18" spans="2:66" ht="18">
-      <c r="B18" s="6"/>
-      <c r="C18" s="365" t="s">
+      <c r="B18" s="5"/>
+      <c r="C18" s="355" t="s">
         <v>134</v>
       </c>
-      <c r="D18" s="355"/>
-[...43 lines deleted...]
-      <c r="BN18" s="28"/>
+      <c r="D18" s="354"/>
+      <c r="E18" s="354"/>
+      <c r="F18" s="354"/>
+      <c r="G18" s="354"/>
+      <c r="H18" s="354"/>
+      <c r="I18" s="354"/>
+      <c r="J18" s="354"/>
+      <c r="K18" s="354"/>
+      <c r="L18" s="354"/>
+      <c r="M18" s="354"/>
+      <c r="N18" s="354"/>
+      <c r="O18" s="355"/>
+      <c r="P18" s="355"/>
+      <c r="Q18" s="355"/>
+      <c r="R18" s="355"/>
+      <c r="S18" s="355"/>
+      <c r="T18" s="355"/>
+      <c r="U18" s="355"/>
+      <c r="V18" s="355"/>
+      <c r="W18" s="355"/>
+      <c r="X18" s="355"/>
+      <c r="Y18" s="355"/>
+      <c r="Z18" s="355"/>
+      <c r="AA18" s="355"/>
+      <c r="AB18" s="355"/>
+      <c r="AC18" s="355"/>
+      <c r="AD18" s="355"/>
+      <c r="AE18" s="355"/>
+      <c r="AF18" s="355"/>
+      <c r="AG18" s="355"/>
+      <c r="AH18" s="355"/>
+      <c r="AI18" s="355"/>
+      <c r="AJ18" s="355"/>
+      <c r="AK18" s="355"/>
+      <c r="AL18" s="355"/>
+      <c r="AM18" s="355"/>
+      <c r="AN18" s="355"/>
+      <c r="AO18" s="355"/>
+      <c r="AP18" s="355"/>
+      <c r="AQ18" s="5"/>
+      <c r="BJ18" s="25"/>
+      <c r="BK18" s="25"/>
+      <c r="BL18" s="26"/>
+      <c r="BM18" s="27"/>
+      <c r="BN18" s="26"/>
     </row>
     <row r="19" spans="2:66" ht="18">
-      <c r="B19" s="6"/>
-      <c r="C19" s="365" t="s">
+      <c r="B19" s="5"/>
+      <c r="C19" s="355" t="s">
         <v>130</v>
       </c>
-      <c r="D19" s="355"/>
-[...43 lines deleted...]
-      <c r="BN19" s="28"/>
+      <c r="D19" s="354"/>
+      <c r="E19" s="354"/>
+      <c r="F19" s="354"/>
+      <c r="G19" s="354"/>
+      <c r="H19" s="354"/>
+      <c r="I19" s="354"/>
+      <c r="J19" s="354"/>
+      <c r="K19" s="354"/>
+      <c r="L19" s="354"/>
+      <c r="M19" s="354"/>
+      <c r="N19" s="354"/>
+      <c r="O19" s="355"/>
+      <c r="P19" s="355"/>
+      <c r="Q19" s="355"/>
+      <c r="R19" s="355"/>
+      <c r="S19" s="355"/>
+      <c r="T19" s="355"/>
+      <c r="U19" s="355"/>
+      <c r="V19" s="355"/>
+      <c r="W19" s="355"/>
+      <c r="X19" s="355"/>
+      <c r="Y19" s="355"/>
+      <c r="Z19" s="355"/>
+      <c r="AA19" s="355"/>
+      <c r="AB19" s="355"/>
+      <c r="AC19" s="355"/>
+      <c r="AD19" s="355"/>
+      <c r="AE19" s="355"/>
+      <c r="AF19" s="355"/>
+      <c r="AG19" s="355"/>
+      <c r="AH19" s="355"/>
+      <c r="AI19" s="355"/>
+      <c r="AJ19" s="355"/>
+      <c r="AK19" s="355"/>
+      <c r="AL19" s="355"/>
+      <c r="AM19" s="355"/>
+      <c r="AN19" s="355"/>
+      <c r="AO19" s="355"/>
+      <c r="AP19" s="355"/>
+      <c r="AQ19" s="5"/>
+      <c r="BJ19" s="25"/>
+      <c r="BK19" s="25"/>
+      <c r="BL19" s="26"/>
+      <c r="BM19" s="27"/>
+      <c r="BN19" s="26"/>
     </row>
     <row r="20" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B20" s="6"/>
-[...45 lines deleted...]
-      <c r="BN20" s="28"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
+      <c r="I20" s="6"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="6"/>
+      <c r="L20" s="6"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="6"/>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="6"/>
+      <c r="S20" s="6"/>
+      <c r="T20" s="6"/>
+      <c r="U20" s="6"/>
+      <c r="V20" s="6"/>
+      <c r="W20" s="6"/>
+      <c r="X20" s="6"/>
+      <c r="Y20" s="6"/>
+      <c r="Z20" s="6"/>
+      <c r="AA20" s="6"/>
+      <c r="AB20" s="6"/>
+      <c r="AC20" s="6"/>
+      <c r="AD20" s="6"/>
+      <c r="AE20" s="6"/>
+      <c r="AF20" s="6"/>
+      <c r="AG20" s="6"/>
+      <c r="AH20" s="6"/>
+      <c r="AI20" s="6"/>
+      <c r="AJ20" s="6"/>
+      <c r="AK20" s="6"/>
+      <c r="AL20" s="6"/>
+      <c r="AM20" s="6"/>
+      <c r="AN20" s="6"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="6"/>
+      <c r="AQ20" s="5"/>
+      <c r="BJ20" s="25"/>
+      <c r="BK20" s="25"/>
+      <c r="BL20" s="26"/>
+      <c r="BM20" s="27"/>
+      <c r="BN20" s="26"/>
     </row>
     <row r="21" spans="2:66" ht="7.5" customHeight="1" thickBot="1">
-      <c r="B21" s="6"/>
-[...45 lines deleted...]
-      <c r="BN21" s="28"/>
+      <c r="B21" s="5"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="6"/>
+      <c r="J21" s="6"/>
+      <c r="K21" s="6"/>
+      <c r="L21" s="6"/>
+      <c r="M21" s="6"/>
+      <c r="N21" s="6"/>
+      <c r="O21" s="6"/>
+      <c r="P21" s="6"/>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="6"/>
+      <c r="S21" s="6"/>
+      <c r="T21" s="6"/>
+      <c r="U21" s="6"/>
+      <c r="V21" s="6"/>
+      <c r="W21" s="6"/>
+      <c r="X21" s="6"/>
+      <c r="Y21" s="6"/>
+      <c r="Z21" s="6"/>
+      <c r="AA21" s="6"/>
+      <c r="AB21" s="6"/>
+      <c r="AC21" s="6"/>
+      <c r="AD21" s="6"/>
+      <c r="AE21" s="6"/>
+      <c r="AF21" s="6"/>
+      <c r="AG21" s="6"/>
+      <c r="AH21" s="6"/>
+      <c r="AI21" s="6"/>
+      <c r="AJ21" s="6"/>
+      <c r="AK21" s="6"/>
+      <c r="AL21" s="6"/>
+      <c r="AM21" s="6"/>
+      <c r="AN21" s="6"/>
+      <c r="AO21" s="6"/>
+      <c r="AP21" s="6"/>
+      <c r="AQ21" s="5"/>
+      <c r="BJ21" s="25"/>
+      <c r="BK21" s="25"/>
+      <c r="BL21" s="26"/>
+      <c r="BM21" s="27"/>
+      <c r="BN21" s="26"/>
     </row>
     <row r="22" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B22" s="6"/>
-      <c r="C22" s="353" t="s">
+      <c r="B22" s="5"/>
+      <c r="C22" s="351" t="s">
         <v>117</v>
       </c>
-      <c r="D22" s="353"/>
-[...10 lines deleted...]
-      <c r="O22" s="37" t="s">
+      <c r="D22" s="351"/>
+      <c r="E22" s="351"/>
+      <c r="F22" s="351"/>
+      <c r="G22" s="351"/>
+      <c r="H22" s="351"/>
+      <c r="I22" s="351"/>
+      <c r="J22" s="351"/>
+      <c r="K22" s="351"/>
+      <c r="L22" s="351"/>
+      <c r="M22" s="351"/>
+      <c r="N22" s="369"/>
+      <c r="O22" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="P22" s="9"/>
-      <c r="Q22" s="353" t="s">
+      <c r="P22" s="8"/>
+      <c r="Q22" s="351" t="s">
         <v>254</v>
       </c>
-      <c r="R22" s="353"/>
-[...8 lines deleted...]
-      <c r="AA22" s="38" t="s">
+      <c r="R22" s="351"/>
+      <c r="S22" s="351"/>
+      <c r="T22" s="351"/>
+      <c r="U22" s="351"/>
+      <c r="V22" s="351"/>
+      <c r="W22" s="351"/>
+      <c r="X22" s="351"/>
+      <c r="Y22" s="351"/>
+      <c r="Z22" s="369"/>
+      <c r="AA22" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="AB22" s="21"/>
-[...1 lines deleted...]
-      <c r="AD22" s="353" t="s">
+      <c r="AB22" s="11"/>
+      <c r="AC22" s="11"/>
+      <c r="AD22" s="351" t="s">
         <v>255</v>
       </c>
-      <c r="AE22" s="353"/>
-[...8 lines deleted...]
-      <c r="AN22" s="37" t="s">
+      <c r="AE22" s="351"/>
+      <c r="AF22" s="351"/>
+      <c r="AG22" s="351"/>
+      <c r="AH22" s="351"/>
+      <c r="AI22" s="351"/>
+      <c r="AJ22" s="351"/>
+      <c r="AK22" s="351"/>
+      <c r="AL22" s="351"/>
+      <c r="AM22" s="9"/>
+      <c r="AN22" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="AO22" s="10"/>
-[...6 lines deleted...]
-      <c r="BN22" s="29"/>
+      <c r="AO22" s="9"/>
+      <c r="AP22" s="9"/>
+      <c r="AQ22" s="5"/>
+      <c r="BJ22" s="25"/>
+      <c r="BK22" s="25"/>
+      <c r="BL22" s="26"/>
+      <c r="BM22" s="27"/>
+      <c r="BN22" s="27"/>
     </row>
     <row r="23" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B23" s="6"/>
-      <c r="C23" s="11" t="s">
+      <c r="B23" s="5"/>
+      <c r="C23" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="D23" s="11" t="s">
+      <c r="D23" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="E23" s="11"/>
-[...42 lines deleted...]
-      <c r="BN23" s="29"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="10"/>
+      <c r="G23" s="7"/>
+      <c r="H23" s="7"/>
+      <c r="I23" s="7"/>
+      <c r="J23" s="7"/>
+      <c r="K23" s="7"/>
+      <c r="L23" s="7"/>
+      <c r="M23" s="11"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="13"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="12"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="12"/>
+      <c r="T23" s="12"/>
+      <c r="U23" s="12"/>
+      <c r="V23" s="12"/>
+      <c r="W23" s="12"/>
+      <c r="X23" s="12"/>
+      <c r="Y23" s="5"/>
+      <c r="Z23" s="5"/>
+      <c r="AA23" s="10"/>
+      <c r="AB23" s="7"/>
+      <c r="AC23" s="10"/>
+      <c r="AD23" s="10"/>
+      <c r="AE23" s="10"/>
+      <c r="AF23" s="10"/>
+      <c r="AG23" s="10"/>
+      <c r="AH23" s="10"/>
+      <c r="AI23" s="7"/>
+      <c r="AJ23" s="10"/>
+      <c r="AK23" s="14"/>
+      <c r="AL23" s="14"/>
+      <c r="AM23" s="14"/>
+      <c r="AN23" s="15"/>
+      <c r="AO23" s="14"/>
+      <c r="AP23" s="14"/>
+      <c r="AQ23" s="5"/>
+      <c r="BJ23" s="25"/>
+      <c r="BK23" s="25"/>
+      <c r="BL23" s="26"/>
+      <c r="BM23" s="27"/>
+      <c r="BN23" s="27"/>
     </row>
     <row r="24" spans="2:66" ht="19.5" customHeight="1" thickBot="1">
-      <c r="B24" s="6"/>
-[...6 lines deleted...]
-      <c r="I24" s="37" t="s">
+      <c r="B24" s="5"/>
+      <c r="C24" s="33"/>
+      <c r="D24" s="21"/>
+      <c r="E24" s="31"/>
+      <c r="F24" s="21"/>
+      <c r="G24" s="31"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="J24" s="23"/>
-      <c r="K24" s="37" t="s">
+      <c r="J24" s="21"/>
+      <c r="K24" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="L24" s="23"/>
-[...2 lines deleted...]
-      <c r="O24" s="37" t="s">
+      <c r="L24" s="21"/>
+      <c r="M24" s="31"/>
+      <c r="N24" s="21"/>
+      <c r="O24" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="P24" s="9"/>
-[...13 lines deleted...]
-      <c r="AD24" s="353" t="s">
+      <c r="P24" s="8"/>
+      <c r="Q24" s="352"/>
+      <c r="R24" s="352"/>
+      <c r="S24" s="352"/>
+      <c r="T24" s="352"/>
+      <c r="U24" s="352"/>
+      <c r="V24" s="352"/>
+      <c r="W24" s="352"/>
+      <c r="X24" s="352"/>
+      <c r="Y24" s="352"/>
+      <c r="Z24" s="352"/>
+      <c r="AA24" s="352"/>
+      <c r="AB24" s="11"/>
+      <c r="AC24" s="11"/>
+      <c r="AD24" s="351" t="s">
         <v>89</v>
       </c>
-      <c r="AE24" s="353"/>
-[...16 lines deleted...]
-      <c r="BN24" s="29"/>
+      <c r="AE24" s="351"/>
+      <c r="AF24" s="351"/>
+      <c r="AG24" s="351"/>
+      <c r="AH24" s="351"/>
+      <c r="AI24" s="351"/>
+      <c r="AJ24" s="351"/>
+      <c r="AK24" s="351"/>
+      <c r="AL24" s="351"/>
+      <c r="AM24" s="9"/>
+      <c r="AN24" s="31"/>
+      <c r="AO24" s="9"/>
+      <c r="AP24" s="9"/>
+      <c r="AQ24" s="5"/>
+      <c r="BJ24" s="25"/>
+      <c r="BK24" s="25"/>
+      <c r="BL24" s="26"/>
+      <c r="BM24" s="27"/>
+      <c r="BN24" s="27"/>
     </row>
     <row r="25" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B25" s="6"/>
-[...45 lines deleted...]
-      <c r="BN25" s="29"/>
+      <c r="B25" s="5"/>
+      <c r="C25" s="10"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="21"/>
+      <c r="F25" s="21"/>
+      <c r="G25" s="21"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="21"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="21"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="21"/>
+      <c r="N25" s="21"/>
+      <c r="O25" s="21"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="353"/>
+      <c r="R25" s="353"/>
+      <c r="S25" s="353"/>
+      <c r="T25" s="353"/>
+      <c r="U25" s="353"/>
+      <c r="V25" s="353"/>
+      <c r="W25" s="353"/>
+      <c r="X25" s="353"/>
+      <c r="Y25" s="353"/>
+      <c r="Z25" s="353"/>
+      <c r="AA25" s="353"/>
+      <c r="AB25" s="7"/>
+      <c r="AC25" s="10"/>
+      <c r="AD25" s="10"/>
+      <c r="AE25" s="10"/>
+      <c r="AF25" s="10"/>
+      <c r="AG25" s="10"/>
+      <c r="AH25" s="10"/>
+      <c r="AI25" s="7"/>
+      <c r="AJ25" s="10"/>
+      <c r="AK25" s="14"/>
+      <c r="AL25" s="14"/>
+      <c r="AM25" s="14"/>
+      <c r="AN25" s="15"/>
+      <c r="AO25" s="14"/>
+      <c r="AP25" s="14"/>
+      <c r="AQ25" s="5"/>
+      <c r="BJ25" s="25"/>
+      <c r="BK25" s="25"/>
+      <c r="BL25" s="26"/>
+      <c r="BM25" s="27"/>
+      <c r="BN25" s="27"/>
     </row>
     <row r="26" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B26" s="6"/>
-      <c r="C26" s="7">
+      <c r="B26" s="5"/>
+      <c r="C26" s="6">
         <v>30</v>
       </c>
-      <c r="D26" s="23"/>
-      <c r="E26" s="7">
+      <c r="D26" s="21"/>
+      <c r="E26" s="6">
         <v>40</v>
       </c>
-      <c r="F26" s="23"/>
-      <c r="G26" s="7">
+      <c r="F26" s="21"/>
+      <c r="G26" s="6">
         <v>50</v>
       </c>
-      <c r="H26" s="23"/>
-      <c r="I26" s="7">
+      <c r="H26" s="21"/>
+      <c r="I26" s="6">
         <v>60</v>
       </c>
-      <c r="J26" s="23"/>
-      <c r="K26" s="7">
+      <c r="J26" s="21"/>
+      <c r="K26" s="6">
         <v>70</v>
       </c>
-      <c r="L26" s="23"/>
-      <c r="M26" s="7">
+      <c r="L26" s="21"/>
+      <c r="M26" s="6">
         <v>80</v>
       </c>
-      <c r="N26" s="23"/>
-      <c r="O26" s="7">
+      <c r="N26" s="21"/>
+      <c r="O26" s="6">
         <v>90</v>
       </c>
-      <c r="P26" s="9"/>
-[...13 lines deleted...]
-      <c r="AD26" s="353" t="s">
+      <c r="P26" s="8"/>
+      <c r="Q26" s="356"/>
+      <c r="R26" s="356"/>
+      <c r="S26" s="356"/>
+      <c r="T26" s="356"/>
+      <c r="U26" s="356"/>
+      <c r="V26" s="356"/>
+      <c r="W26" s="356"/>
+      <c r="X26" s="356"/>
+      <c r="Y26" s="356"/>
+      <c r="Z26" s="356"/>
+      <c r="AA26" s="356"/>
+      <c r="AB26" s="11"/>
+      <c r="AC26" s="11"/>
+      <c r="AD26" s="351" t="s">
         <v>90</v>
       </c>
-      <c r="AE26" s="353"/>
-[...16 lines deleted...]
-      <c r="BN26" s="29"/>
+      <c r="AE26" s="351"/>
+      <c r="AF26" s="351"/>
+      <c r="AG26" s="351"/>
+      <c r="AH26" s="351"/>
+      <c r="AI26" s="351"/>
+      <c r="AJ26" s="351"/>
+      <c r="AK26" s="351"/>
+      <c r="AL26" s="351"/>
+      <c r="AM26" s="9"/>
+      <c r="AN26" s="31"/>
+      <c r="AO26" s="9"/>
+      <c r="AP26" s="9"/>
+      <c r="AQ26" s="5"/>
+      <c r="BJ26" s="25"/>
+      <c r="BK26" s="25"/>
+      <c r="BL26" s="26"/>
+      <c r="BM26" s="27"/>
+      <c r="BN26" s="27"/>
     </row>
     <row r="27" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B27" s="6"/>
-[...45 lines deleted...]
-      <c r="BN27" s="29"/>
+      <c r="B27" s="5"/>
+      <c r="C27" s="10"/>
+      <c r="D27" s="10"/>
+      <c r="E27" s="10"/>
+      <c r="F27" s="10"/>
+      <c r="G27" s="7"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="11"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="13"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="12"/>
+      <c r="U27" s="12"/>
+      <c r="V27" s="12"/>
+      <c r="W27" s="12"/>
+      <c r="X27" s="12"/>
+      <c r="Y27" s="5"/>
+      <c r="Z27" s="5"/>
+      <c r="AA27" s="10"/>
+      <c r="AB27" s="7"/>
+      <c r="AC27" s="10"/>
+      <c r="AD27" s="10"/>
+      <c r="AE27" s="10"/>
+      <c r="AF27" s="10"/>
+      <c r="AG27" s="10"/>
+      <c r="AH27" s="10"/>
+      <c r="AI27" s="7"/>
+      <c r="AJ27" s="10"/>
+      <c r="AK27" s="14"/>
+      <c r="AL27" s="14"/>
+      <c r="AM27" s="14"/>
+      <c r="AN27" s="15"/>
+      <c r="AO27" s="14"/>
+      <c r="AP27" s="14"/>
+      <c r="AQ27" s="5"/>
+      <c r="BJ27" s="25"/>
+      <c r="BK27" s="25"/>
+      <c r="BL27" s="26"/>
+      <c r="BM27" s="27"/>
+      <c r="BN27" s="27"/>
     </row>
     <row r="28" spans="2:66" ht="18">
-      <c r="B28" s="6"/>
-      <c r="C28" s="365" t="s">
+      <c r="B28" s="5"/>
+      <c r="C28" s="355" t="s">
         <v>62</v>
       </c>
-      <c r="D28" s="355"/>
-[...43 lines deleted...]
-      <c r="BN28" s="28"/>
+      <c r="D28" s="354"/>
+      <c r="E28" s="354"/>
+      <c r="F28" s="354"/>
+      <c r="G28" s="354"/>
+      <c r="H28" s="354"/>
+      <c r="I28" s="354"/>
+      <c r="J28" s="354"/>
+      <c r="K28" s="354"/>
+      <c r="L28" s="354"/>
+      <c r="M28" s="354"/>
+      <c r="N28" s="354"/>
+      <c r="O28" s="355"/>
+      <c r="P28" s="355"/>
+      <c r="Q28" s="355"/>
+      <c r="R28" s="355"/>
+      <c r="S28" s="355"/>
+      <c r="T28" s="355"/>
+      <c r="U28" s="355"/>
+      <c r="V28" s="355"/>
+      <c r="W28" s="355"/>
+      <c r="X28" s="355"/>
+      <c r="Y28" s="355"/>
+      <c r="Z28" s="355"/>
+      <c r="AA28" s="355"/>
+      <c r="AB28" s="355"/>
+      <c r="AC28" s="355"/>
+      <c r="AD28" s="355"/>
+      <c r="AE28" s="355"/>
+      <c r="AF28" s="355"/>
+      <c r="AG28" s="355"/>
+      <c r="AH28" s="355"/>
+      <c r="AI28" s="355"/>
+      <c r="AJ28" s="355"/>
+      <c r="AK28" s="355"/>
+      <c r="AL28" s="355"/>
+      <c r="AM28" s="355"/>
+      <c r="AN28" s="355"/>
+      <c r="AO28" s="355"/>
+      <c r="AP28" s="355"/>
+      <c r="AQ28" s="5"/>
+      <c r="BJ28" s="25"/>
+      <c r="BK28" s="25"/>
+      <c r="BL28" s="26"/>
+      <c r="BM28" s="27"/>
+      <c r="BN28" s="26"/>
     </row>
     <row r="29" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B29" s="6"/>
-      <c r="C29" s="362" t="s">
+      <c r="B29" s="5"/>
+      <c r="C29" s="370" t="s">
         <v>0</v>
       </c>
-      <c r="D29" s="362"/>
-[...43 lines deleted...]
-      <c r="BN29" s="29"/>
+      <c r="D29" s="370"/>
+      <c r="E29" s="370"/>
+      <c r="F29" s="370"/>
+      <c r="G29" s="370"/>
+      <c r="H29" s="370"/>
+      <c r="I29" s="370"/>
+      <c r="J29" s="370"/>
+      <c r="K29" s="370"/>
+      <c r="L29" s="370"/>
+      <c r="M29" s="370"/>
+      <c r="N29" s="370"/>
+      <c r="O29" s="370"/>
+      <c r="P29" s="370"/>
+      <c r="Q29" s="370"/>
+      <c r="R29" s="370"/>
+      <c r="S29" s="370"/>
+      <c r="T29" s="370"/>
+      <c r="U29" s="370"/>
+      <c r="V29" s="370"/>
+      <c r="W29" s="370"/>
+      <c r="X29" s="370"/>
+      <c r="Y29" s="370"/>
+      <c r="Z29" s="370"/>
+      <c r="AA29" s="370"/>
+      <c r="AB29" s="370"/>
+      <c r="AC29" s="370"/>
+      <c r="AD29" s="370"/>
+      <c r="AE29" s="370"/>
+      <c r="AF29" s="370"/>
+      <c r="AG29" s="370"/>
+      <c r="AH29" s="370"/>
+      <c r="AI29" s="370"/>
+      <c r="AJ29" s="370"/>
+      <c r="AK29" s="370"/>
+      <c r="AL29" s="370"/>
+      <c r="AM29" s="370"/>
+      <c r="AN29" s="370"/>
+      <c r="AO29" s="370"/>
+      <c r="AP29" s="370"/>
+      <c r="AQ29" s="5"/>
+      <c r="BJ29" s="25"/>
+      <c r="BK29" s="25"/>
+      <c r="BL29" s="26"/>
+      <c r="BM29" s="27"/>
+      <c r="BN29" s="27"/>
     </row>
     <row r="30" spans="2:66" ht="18">
-      <c r="B30" s="6"/>
-      <c r="C30" s="17" t="s">
+      <c r="B30" s="5"/>
+      <c r="C30" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="D30" s="12"/>
-      <c r="E30" s="353" t="s">
+      <c r="D30" s="11"/>
+      <c r="E30" s="351" t="s">
         <v>64</v>
       </c>
-      <c r="F30" s="355"/>
-[...43 lines deleted...]
-      <c r="BN30" s="29"/>
+      <c r="F30" s="354"/>
+      <c r="G30" s="354"/>
+      <c r="H30" s="354"/>
+      <c r="I30" s="354"/>
+      <c r="J30" s="354"/>
+      <c r="K30" s="354"/>
+      <c r="L30" s="354"/>
+      <c r="M30" s="354"/>
+      <c r="N30" s="354"/>
+      <c r="O30" s="351"/>
+      <c r="P30" s="351"/>
+      <c r="Q30" s="351"/>
+      <c r="R30" s="351"/>
+      <c r="S30" s="351"/>
+      <c r="T30" s="351"/>
+      <c r="U30" s="351"/>
+      <c r="V30" s="351"/>
+      <c r="W30" s="351"/>
+      <c r="X30" s="351"/>
+      <c r="Y30" s="351"/>
+      <c r="Z30" s="351"/>
+      <c r="AA30" s="351"/>
+      <c r="AB30" s="383"/>
+      <c r="AC30" s="384"/>
+      <c r="AD30" s="384"/>
+      <c r="AE30" s="384"/>
+      <c r="AF30" s="384"/>
+      <c r="AG30" s="384"/>
+      <c r="AH30" s="11"/>
+      <c r="AI30" s="11"/>
+      <c r="AJ30" s="11"/>
+      <c r="AK30" s="9"/>
+      <c r="AL30" s="9"/>
+      <c r="AM30" s="9"/>
+      <c r="AN30" s="9"/>
+      <c r="AO30" s="9"/>
+      <c r="AP30" s="9"/>
+      <c r="AQ30" s="5"/>
+      <c r="BJ30" s="25"/>
+      <c r="BK30" s="25"/>
+      <c r="BL30" s="26"/>
+      <c r="BM30" s="27"/>
+      <c r="BN30" s="27"/>
     </row>
     <row r="31" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B31" s="6"/>
-      <c r="C31" s="362" t="s">
+      <c r="B31" s="5"/>
+      <c r="C31" s="370" t="s">
         <v>0</v>
       </c>
-      <c r="D31" s="362"/>
-[...43 lines deleted...]
-      <c r="BN31" s="29"/>
+      <c r="D31" s="370"/>
+      <c r="E31" s="370"/>
+      <c r="F31" s="370"/>
+      <c r="G31" s="370"/>
+      <c r="H31" s="370"/>
+      <c r="I31" s="370"/>
+      <c r="J31" s="370"/>
+      <c r="K31" s="370"/>
+      <c r="L31" s="370"/>
+      <c r="M31" s="370"/>
+      <c r="N31" s="370"/>
+      <c r="O31" s="370"/>
+      <c r="P31" s="370"/>
+      <c r="Q31" s="370"/>
+      <c r="R31" s="370"/>
+      <c r="S31" s="370"/>
+      <c r="T31" s="370"/>
+      <c r="U31" s="370"/>
+      <c r="V31" s="370"/>
+      <c r="W31" s="370"/>
+      <c r="X31" s="370"/>
+      <c r="Y31" s="370"/>
+      <c r="Z31" s="370"/>
+      <c r="AA31" s="370"/>
+      <c r="AB31" s="370"/>
+      <c r="AC31" s="370"/>
+      <c r="AD31" s="370"/>
+      <c r="AE31" s="370"/>
+      <c r="AF31" s="370"/>
+      <c r="AG31" s="370"/>
+      <c r="AH31" s="370"/>
+      <c r="AI31" s="370"/>
+      <c r="AJ31" s="370"/>
+      <c r="AK31" s="370"/>
+      <c r="AL31" s="370"/>
+      <c r="AM31" s="370"/>
+      <c r="AN31" s="370"/>
+      <c r="AO31" s="370"/>
+      <c r="AP31" s="370"/>
+      <c r="AQ31" s="5"/>
+      <c r="BJ31" s="25"/>
+      <c r="BK31" s="25"/>
+      <c r="BL31" s="26"/>
+      <c r="BM31" s="27"/>
+      <c r="BN31" s="27"/>
     </row>
     <row r="32" spans="2:66" ht="18">
-      <c r="B32" s="6"/>
-      <c r="C32" s="17" t="s">
+      <c r="B32" s="5"/>
+      <c r="C32" s="16" t="s">
         <v>65</v>
       </c>
-      <c r="D32" s="12"/>
-      <c r="E32" s="353" t="s">
+      <c r="D32" s="11"/>
+      <c r="E32" s="351" t="s">
         <v>251</v>
       </c>
-      <c r="F32" s="355"/>
-[...41 lines deleted...]
-      <c r="BN32" s="29"/>
+      <c r="F32" s="354"/>
+      <c r="G32" s="354"/>
+      <c r="H32" s="354"/>
+      <c r="I32" s="354"/>
+      <c r="J32" s="354"/>
+      <c r="K32" s="354"/>
+      <c r="L32" s="354"/>
+      <c r="M32" s="354"/>
+      <c r="N32" s="354"/>
+      <c r="O32" s="351"/>
+      <c r="P32" s="351"/>
+      <c r="Q32" s="351"/>
+      <c r="R32" s="351"/>
+      <c r="S32" s="351"/>
+      <c r="T32" s="351"/>
+      <c r="U32" s="351"/>
+      <c r="V32" s="351"/>
+      <c r="W32" s="351"/>
+      <c r="X32" s="351"/>
+      <c r="Y32" s="351"/>
+      <c r="Z32" s="351"/>
+      <c r="AA32" s="351"/>
+      <c r="AB32" s="351"/>
+      <c r="AC32" s="351"/>
+      <c r="AD32" s="351"/>
+      <c r="AE32" s="351"/>
+      <c r="AF32" s="351"/>
+      <c r="AG32" s="351"/>
+      <c r="AH32" s="351"/>
+      <c r="AI32" s="351"/>
+      <c r="AJ32" s="351"/>
+      <c r="AK32" s="9"/>
+      <c r="AL32" s="9"/>
+      <c r="AM32" s="9"/>
+      <c r="AN32" s="9"/>
+      <c r="AO32" s="9"/>
+      <c r="AP32" s="9"/>
+      <c r="AQ32" s="5"/>
+      <c r="BJ32" s="25"/>
+      <c r="BK32" s="25"/>
+      <c r="BL32" s="26"/>
+      <c r="BM32" s="27"/>
+      <c r="BN32" s="27"/>
     </row>
     <row r="33" spans="2:67" ht="6.75" customHeight="1">
-      <c r="B33" s="6"/>
-[...45 lines deleted...]
-      <c r="BN33" s="29"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="10"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="10"/>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
+      <c r="L33" s="7"/>
+      <c r="M33" s="11"/>
+      <c r="N33" s="12"/>
+      <c r="O33" s="13"/>
+      <c r="P33" s="12"/>
+      <c r="Q33" s="12"/>
+      <c r="R33" s="12"/>
+      <c r="S33" s="12"/>
+      <c r="T33" s="12"/>
+      <c r="U33" s="12"/>
+      <c r="V33" s="12"/>
+      <c r="W33" s="12"/>
+      <c r="X33" s="12"/>
+      <c r="Y33" s="5"/>
+      <c r="Z33" s="10"/>
+      <c r="AA33" s="10"/>
+      <c r="AB33" s="7"/>
+      <c r="AC33" s="10"/>
+      <c r="AD33" s="10"/>
+      <c r="AE33" s="10"/>
+      <c r="AF33" s="10"/>
+      <c r="AG33" s="10"/>
+      <c r="AH33" s="10"/>
+      <c r="AI33" s="7"/>
+      <c r="AJ33" s="10"/>
+      <c r="AK33" s="14"/>
+      <c r="AL33" s="15"/>
+      <c r="AM33" s="14"/>
+      <c r="AN33" s="14"/>
+      <c r="AO33" s="14"/>
+      <c r="AP33" s="14"/>
+      <c r="AQ33" s="5"/>
+      <c r="BJ33" s="25"/>
+      <c r="BK33" s="25"/>
+      <c r="BL33" s="26"/>
+      <c r="BM33" s="27"/>
+      <c r="BN33" s="27"/>
     </row>
     <row r="34" spans="2:67" ht="18">
-      <c r="B34" s="6"/>
-      <c r="C34" s="17" t="s">
+      <c r="B34" s="5"/>
+      <c r="C34" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="D34" s="12"/>
-      <c r="E34" s="353" t="s">
+      <c r="D34" s="11"/>
+      <c r="E34" s="351" t="s">
         <v>67</v>
       </c>
-      <c r="F34" s="355"/>
-[...41 lines deleted...]
-      <c r="BN34" s="29"/>
+      <c r="F34" s="354"/>
+      <c r="G34" s="354"/>
+      <c r="H34" s="354"/>
+      <c r="I34" s="354"/>
+      <c r="J34" s="354"/>
+      <c r="K34" s="354"/>
+      <c r="L34" s="354"/>
+      <c r="M34" s="354"/>
+      <c r="N34" s="354"/>
+      <c r="O34" s="351"/>
+      <c r="P34" s="351"/>
+      <c r="Q34" s="351"/>
+      <c r="R34" s="351"/>
+      <c r="S34" s="351"/>
+      <c r="T34" s="351"/>
+      <c r="U34" s="351"/>
+      <c r="V34" s="351"/>
+      <c r="W34" s="351"/>
+      <c r="X34" s="351"/>
+      <c r="Y34" s="351"/>
+      <c r="Z34" s="351"/>
+      <c r="AA34" s="351"/>
+      <c r="AB34" s="351"/>
+      <c r="AC34" s="351"/>
+      <c r="AD34" s="351"/>
+      <c r="AE34" s="351"/>
+      <c r="AF34" s="351"/>
+      <c r="AG34" s="351"/>
+      <c r="AH34" s="351"/>
+      <c r="AI34" s="351"/>
+      <c r="AJ34" s="351"/>
+      <c r="AK34" s="9"/>
+      <c r="AL34" s="9"/>
+      <c r="AM34" s="9"/>
+      <c r="AN34" s="9"/>
+      <c r="AO34" s="9"/>
+      <c r="AP34" s="9"/>
+      <c r="AQ34" s="5"/>
+      <c r="BJ34" s="25"/>
+      <c r="BK34" s="25"/>
+      <c r="BL34" s="26"/>
+      <c r="BM34" s="27"/>
+      <c r="BN34" s="27"/>
     </row>
     <row r="35" spans="2:67" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B35" s="6"/>
-[...45 lines deleted...]
-      <c r="BN35" s="29"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="10"/>
+      <c r="D35" s="10"/>
+      <c r="E35" s="10"/>
+      <c r="F35" s="10"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+      <c r="K35" s="7"/>
+      <c r="L35" s="7"/>
+      <c r="M35" s="11"/>
+      <c r="N35" s="12"/>
+      <c r="O35" s="13"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="12"/>
+      <c r="R35" s="12"/>
+      <c r="S35" s="12"/>
+      <c r="T35" s="12"/>
+      <c r="U35" s="12"/>
+      <c r="V35" s="12"/>
+      <c r="W35" s="12"/>
+      <c r="X35" s="12"/>
+      <c r="Y35" s="5"/>
+      <c r="Z35" s="10"/>
+      <c r="AA35" s="10"/>
+      <c r="AB35" s="7"/>
+      <c r="AC35" s="10"/>
+      <c r="AD35" s="10"/>
+      <c r="AE35" s="10"/>
+      <c r="AF35" s="10"/>
+      <c r="AG35" s="10"/>
+      <c r="AH35" s="10"/>
+      <c r="AI35" s="7"/>
+      <c r="AJ35" s="10"/>
+      <c r="AK35" s="14"/>
+      <c r="AL35" s="15"/>
+      <c r="AM35" s="14"/>
+      <c r="AN35" s="14"/>
+      <c r="AO35" s="14"/>
+      <c r="AP35" s="14"/>
+      <c r="AQ35" s="5"/>
+      <c r="BJ35" s="25"/>
+      <c r="BK35" s="25"/>
+      <c r="BL35" s="26"/>
+      <c r="BM35" s="27"/>
+      <c r="BN35" s="27"/>
     </row>
     <row r="36" spans="2:67" ht="18.75" thickBot="1">
-      <c r="B36" s="6"/>
-[...3 lines deleted...]
-      <c r="F36" s="353" t="s">
+      <c r="B36" s="5"/>
+      <c r="C36" s="17"/>
+      <c r="D36" s="9"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="351" t="s">
         <v>80</v>
       </c>
-      <c r="G36" s="353"/>
-[...9 lines deleted...]
-      <c r="Q36" s="381" t="s">
+      <c r="G36" s="351"/>
+      <c r="H36" s="351"/>
+      <c r="I36" s="351"/>
+      <c r="J36" s="351"/>
+      <c r="K36" s="351"/>
+      <c r="L36" s="351"/>
+      <c r="M36" s="351"/>
+      <c r="N36" s="5"/>
+      <c r="O36" s="31"/>
+      <c r="P36" s="9"/>
+      <c r="Q36" s="350" t="s">
         <v>289</v>
       </c>
-      <c r="R36" s="381"/>
-[...29 lines deleted...]
-      <c r="BN36" s="29"/>
+      <c r="R36" s="350"/>
+      <c r="S36" s="350"/>
+      <c r="T36" s="350"/>
+      <c r="U36" s="350"/>
+      <c r="V36" s="352"/>
+      <c r="W36" s="352"/>
+      <c r="X36" s="352"/>
+      <c r="Y36" s="352"/>
+      <c r="Z36" s="352"/>
+      <c r="AA36" s="352"/>
+      <c r="AB36" s="352"/>
+      <c r="AC36" s="352"/>
+      <c r="AD36" s="352"/>
+      <c r="AE36" s="352"/>
+      <c r="AF36" s="352"/>
+      <c r="AG36" s="352"/>
+      <c r="AH36" s="352"/>
+      <c r="AI36" s="352"/>
+      <c r="AJ36" s="352"/>
+      <c r="AK36" s="352"/>
+      <c r="AL36" s="352"/>
+      <c r="AM36" s="352"/>
+      <c r="AN36" s="352"/>
+      <c r="AO36" s="352"/>
+      <c r="AP36" s="9"/>
+      <c r="AQ36" s="5"/>
+      <c r="BJ36" s="25"/>
+      <c r="BK36" s="25"/>
+      <c r="BL36" s="26"/>
+      <c r="BM36" s="27"/>
+      <c r="BN36" s="27"/>
     </row>
     <row r="37" spans="2:67" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B37" s="6"/>
-[...45 lines deleted...]
-      <c r="BN37" s="29"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="10"/>
+      <c r="D37" s="10"/>
+      <c r="E37" s="10"/>
+      <c r="F37" s="10"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
+      <c r="L37" s="7"/>
+      <c r="M37" s="11"/>
+      <c r="N37" s="12"/>
+      <c r="O37" s="13"/>
+      <c r="P37" s="12"/>
+      <c r="Q37" s="12"/>
+      <c r="R37" s="12"/>
+      <c r="S37" s="12"/>
+      <c r="T37" s="12"/>
+      <c r="U37" s="12"/>
+      <c r="V37" s="12"/>
+      <c r="W37" s="12"/>
+      <c r="X37" s="12"/>
+      <c r="Y37" s="5"/>
+      <c r="Z37" s="10"/>
+      <c r="AA37" s="10"/>
+      <c r="AB37" s="7"/>
+      <c r="AC37" s="10"/>
+      <c r="AD37" s="10"/>
+      <c r="AE37" s="10"/>
+      <c r="AF37" s="10"/>
+      <c r="AG37" s="10"/>
+      <c r="AH37" s="10"/>
+      <c r="AI37" s="7"/>
+      <c r="AJ37" s="10"/>
+      <c r="AK37" s="14"/>
+      <c r="AL37" s="15"/>
+      <c r="AM37" s="14"/>
+      <c r="AN37" s="14"/>
+      <c r="AO37" s="14"/>
+      <c r="AP37" s="9"/>
+      <c r="AQ37" s="5"/>
+      <c r="BJ37" s="25"/>
+      <c r="BK37" s="25"/>
+      <c r="BL37" s="26"/>
+      <c r="BM37" s="27"/>
+      <c r="BN37" s="27"/>
     </row>
     <row r="38" spans="2:67" ht="18.75" thickBot="1">
-      <c r="B38" s="6"/>
-[...3 lines deleted...]
-      <c r="F38" s="353" t="s">
+      <c r="B38" s="5"/>
+      <c r="C38" s="17"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="351" t="s">
         <v>81</v>
       </c>
-      <c r="G38" s="353"/>
-[...9 lines deleted...]
-      <c r="Q38" s="381" t="s">
+      <c r="G38" s="351"/>
+      <c r="H38" s="351"/>
+      <c r="I38" s="351"/>
+      <c r="J38" s="351"/>
+      <c r="K38" s="351"/>
+      <c r="L38" s="351"/>
+      <c r="M38" s="351"/>
+      <c r="N38" s="5"/>
+      <c r="O38" s="31"/>
+      <c r="P38" s="9"/>
+      <c r="Q38" s="350" t="s">
         <v>290</v>
       </c>
-      <c r="R38" s="381"/>
-[...29 lines deleted...]
-      <c r="BN38" s="27"/>
+      <c r="R38" s="350"/>
+      <c r="S38" s="350"/>
+      <c r="T38" s="350"/>
+      <c r="U38" s="350"/>
+      <c r="V38" s="352"/>
+      <c r="W38" s="352"/>
+      <c r="X38" s="352"/>
+      <c r="Y38" s="352"/>
+      <c r="Z38" s="352"/>
+      <c r="AA38" s="352"/>
+      <c r="AB38" s="352"/>
+      <c r="AC38" s="352"/>
+      <c r="AD38" s="352"/>
+      <c r="AE38" s="352"/>
+      <c r="AF38" s="352"/>
+      <c r="AG38" s="352"/>
+      <c r="AH38" s="352"/>
+      <c r="AI38" s="352"/>
+      <c r="AJ38" s="352"/>
+      <c r="AK38" s="352"/>
+      <c r="AL38" s="352"/>
+      <c r="AM38" s="352"/>
+      <c r="AN38" s="352"/>
+      <c r="AO38" s="352"/>
+      <c r="AP38" s="9"/>
+      <c r="AQ38" s="5"/>
+      <c r="BJ38" s="25"/>
+      <c r="BK38" s="25"/>
+      <c r="BL38" s="25"/>
+      <c r="BM38" s="25"/>
+      <c r="BN38" s="25"/>
     </row>
     <row r="39" spans="2:67" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B39" s="6"/>
-[...45 lines deleted...]
-      <c r="BN39" s="29"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="10"/>
+      <c r="D39" s="10"/>
+      <c r="E39" s="10"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="7"/>
+      <c r="H39" s="7"/>
+      <c r="I39" s="7"/>
+      <c r="J39" s="7"/>
+      <c r="K39" s="7"/>
+      <c r="L39" s="7"/>
+      <c r="M39" s="11"/>
+      <c r="N39" s="12"/>
+      <c r="O39" s="13"/>
+      <c r="P39" s="12"/>
+      <c r="Q39" s="12"/>
+      <c r="R39" s="12"/>
+      <c r="S39" s="12"/>
+      <c r="T39" s="12"/>
+      <c r="U39" s="12"/>
+      <c r="V39" s="12"/>
+      <c r="W39" s="12"/>
+      <c r="X39" s="12"/>
+      <c r="Y39" s="5"/>
+      <c r="Z39" s="10"/>
+      <c r="AA39" s="10"/>
+      <c r="AB39" s="7"/>
+      <c r="AC39" s="10"/>
+      <c r="AD39" s="10"/>
+      <c r="AE39" s="10"/>
+      <c r="AF39" s="10"/>
+      <c r="AG39" s="10"/>
+      <c r="AH39" s="10"/>
+      <c r="AI39" s="7"/>
+      <c r="AJ39" s="10"/>
+      <c r="AK39" s="14"/>
+      <c r="AL39" s="15"/>
+      <c r="AM39" s="14"/>
+      <c r="AN39" s="14"/>
+      <c r="AO39" s="14"/>
+      <c r="AP39" s="9"/>
+      <c r="AQ39" s="5"/>
+      <c r="BJ39" s="25"/>
+      <c r="BK39" s="25"/>
+      <c r="BL39" s="26"/>
+      <c r="BM39" s="27"/>
+      <c r="BN39" s="27"/>
     </row>
     <row r="40" spans="2:67" ht="18.75" thickBot="1">
-      <c r="B40" s="6"/>
-[...3 lines deleted...]
-      <c r="F40" s="353" t="s">
+      <c r="B40" s="5"/>
+      <c r="C40" s="17"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="351" t="s">
         <v>82</v>
       </c>
-      <c r="G40" s="353"/>
-[...7 lines deleted...]
-      <c r="O40" s="37" t="s">
+      <c r="G40" s="351"/>
+      <c r="H40" s="351"/>
+      <c r="I40" s="351"/>
+      <c r="J40" s="351"/>
+      <c r="K40" s="351"/>
+      <c r="L40" s="351"/>
+      <c r="M40" s="351"/>
+      <c r="N40" s="5"/>
+      <c r="O40" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="P40" s="10"/>
-      <c r="Q40" s="368" t="s">
+      <c r="P40" s="9"/>
+      <c r="Q40" s="357" t="s">
         <v>0</v>
       </c>
-      <c r="R40" s="368"/>
-[...3 lines deleted...]
-      <c r="V40" s="392">
+      <c r="R40" s="357"/>
+      <c r="S40" s="357"/>
+      <c r="T40" s="357"/>
+      <c r="U40" s="357"/>
+      <c r="V40" s="351">
         <f>Risikovurdering!H10</f>
         <v>0</v>
       </c>
-      <c r="W40" s="392"/>
-[...24 lines deleted...]
-      <c r="BN40" s="27"/>
+      <c r="W40" s="351"/>
+      <c r="X40" s="351"/>
+      <c r="Y40" s="351"/>
+      <c r="Z40" s="351"/>
+      <c r="AA40" s="351"/>
+      <c r="AB40" s="351"/>
+      <c r="AC40" s="351"/>
+      <c r="AD40" s="351"/>
+      <c r="AE40" s="351"/>
+      <c r="AF40" s="351"/>
+      <c r="AG40" s="351"/>
+      <c r="AH40" s="351"/>
+      <c r="AI40" s="351"/>
+      <c r="AJ40" s="351"/>
+      <c r="AK40" s="351"/>
+      <c r="AL40" s="351"/>
+      <c r="AM40" s="351"/>
+      <c r="AN40" s="351"/>
+      <c r="AO40" s="351"/>
+      <c r="AP40" s="9"/>
+      <c r="AQ40" s="5"/>
+      <c r="BJ40" s="25"/>
+      <c r="BK40" s="25"/>
+      <c r="BL40" s="25"/>
+      <c r="BM40" s="25"/>
+      <c r="BN40" s="25"/>
     </row>
     <row r="41" spans="2:67" ht="6.75" customHeight="1">
-      <c r="B41" s="6"/>
-[...45 lines deleted...]
-      <c r="BN41" s="29"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="10"/>
+      <c r="D41" s="10"/>
+      <c r="E41" s="10"/>
+      <c r="F41" s="10"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+      <c r="K41" s="7"/>
+      <c r="L41" s="7"/>
+      <c r="M41" s="11"/>
+      <c r="N41" s="12"/>
+      <c r="O41" s="13"/>
+      <c r="P41" s="12"/>
+      <c r="Q41" s="12"/>
+      <c r="R41" s="12"/>
+      <c r="S41" s="12"/>
+      <c r="T41" s="12"/>
+      <c r="U41" s="12"/>
+      <c r="V41" s="12"/>
+      <c r="W41" s="12"/>
+      <c r="X41" s="12"/>
+      <c r="Y41" s="5"/>
+      <c r="Z41" s="10"/>
+      <c r="AA41" s="10"/>
+      <c r="AB41" s="7"/>
+      <c r="AC41" s="10"/>
+      <c r="AD41" s="10"/>
+      <c r="AE41" s="10"/>
+      <c r="AF41" s="10"/>
+      <c r="AG41" s="10"/>
+      <c r="AH41" s="10"/>
+      <c r="AI41" s="7"/>
+      <c r="AJ41" s="10"/>
+      <c r="AK41" s="14"/>
+      <c r="AL41" s="15"/>
+      <c r="AM41" s="14"/>
+      <c r="AN41" s="14"/>
+      <c r="AO41" s="14"/>
+      <c r="AP41" s="9"/>
+      <c r="AQ41" s="5"/>
+      <c r="BJ41" s="25"/>
+      <c r="BK41" s="25"/>
+      <c r="BL41" s="26"/>
+      <c r="BM41" s="27"/>
+      <c r="BN41" s="27"/>
     </row>
     <row r="42" spans="2:67" ht="18">
-      <c r="B42" s="6"/>
-      <c r="C42" s="123" t="s">
+      <c r="B42" s="5"/>
+      <c r="C42" s="109" t="s">
         <v>68</v>
       </c>
-      <c r="D42" s="12"/>
-      <c r="E42" s="353" t="s">
+      <c r="D42" s="11"/>
+      <c r="E42" s="351" t="s">
         <v>104</v>
       </c>
-      <c r="F42" s="353"/>
-[...4 lines deleted...]
-      <c r="K42" s="23" t="s">
+      <c r="F42" s="351"/>
+      <c r="G42" s="351"/>
+      <c r="H42" s="351"/>
+      <c r="I42" s="351"/>
+      <c r="J42" s="351"/>
+      <c r="K42" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="L42" s="353">
+      <c r="L42" s="351">
         <f>Risikovurdering!L9</f>
         <v>0</v>
       </c>
-      <c r="M42" s="353"/>
-[...13 lines deleted...]
-      <c r="AA42" s="377" t="s">
+      <c r="M42" s="351"/>
+      <c r="N42" s="351"/>
+      <c r="O42" s="351"/>
+      <c r="P42" s="351"/>
+      <c r="Q42" s="351"/>
+      <c r="R42" s="351"/>
+      <c r="S42" s="351"/>
+      <c r="T42" s="351"/>
+      <c r="U42" s="351"/>
+      <c r="V42" s="351"/>
+      <c r="W42" s="351"/>
+      <c r="X42" s="21"/>
+      <c r="Y42" s="21"/>
+      <c r="Z42" s="9"/>
+      <c r="AA42" s="358" t="s">
         <v>292</v>
       </c>
-      <c r="AB42" s="377"/>
-[...2 lines deleted...]
-      <c r="AE42" s="376">
+      <c r="AB42" s="358"/>
+      <c r="AC42" s="358"/>
+      <c r="AD42" s="358"/>
+      <c r="AE42" s="371">
         <f>Risikovurdering!AD9</f>
         <v>0</v>
       </c>
-      <c r="AF42" s="376"/>
-[...15 lines deleted...]
-      <c r="BN42" s="27"/>
+      <c r="AF42" s="371"/>
+      <c r="AG42" s="371"/>
+      <c r="AH42" s="371"/>
+      <c r="AI42" s="371"/>
+      <c r="AJ42" s="371"/>
+      <c r="AK42" s="371"/>
+      <c r="AL42" s="371"/>
+      <c r="AM42" s="371"/>
+      <c r="AN42" s="371"/>
+      <c r="AO42" s="371"/>
+      <c r="AP42" s="9"/>
+      <c r="AQ42" s="5"/>
+      <c r="BJ42" s="25"/>
+      <c r="BK42" s="25"/>
+      <c r="BL42" s="25"/>
+      <c r="BM42" s="25"/>
+      <c r="BN42" s="25"/>
     </row>
     <row r="43" spans="2:67" ht="6.75" customHeight="1">
-      <c r="B43" s="6"/>
-[...28 lines deleted...]
-      <c r="AE43" s="59" t="s">
+      <c r="B43" s="5"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="7"/>
+      <c r="J43" s="7"/>
+      <c r="K43" s="7"/>
+      <c r="L43" s="7"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="13"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="12"/>
+      <c r="S43" s="12"/>
+      <c r="T43" s="12"/>
+      <c r="U43" s="12"/>
+      <c r="V43" s="12"/>
+      <c r="W43" s="12"/>
+      <c r="X43" s="12"/>
+      <c r="Y43" s="5"/>
+      <c r="Z43" s="10"/>
+      <c r="AA43" s="10"/>
+      <c r="AB43" s="7"/>
+      <c r="AC43" s="10"/>
+      <c r="AD43" s="10"/>
+      <c r="AE43" s="53" t="s">
         <v>0</v>
       </c>
-      <c r="AF43" s="9"/>
-[...15 lines deleted...]
-      <c r="BN43" s="29"/>
+      <c r="AF43" s="8"/>
+      <c r="AG43" s="8"/>
+      <c r="AH43" s="8"/>
+      <c r="AI43" s="8"/>
+      <c r="AJ43" s="8"/>
+      <c r="AK43" s="8"/>
+      <c r="AL43" s="8"/>
+      <c r="AM43" s="8"/>
+      <c r="AN43" s="8"/>
+      <c r="AO43" s="8"/>
+      <c r="AP43" s="9"/>
+      <c r="AQ43" s="5"/>
+      <c r="BJ43" s="25"/>
+      <c r="BK43" s="25"/>
+      <c r="BL43" s="26"/>
+      <c r="BM43" s="27"/>
+      <c r="BN43" s="27"/>
     </row>
     <row r="44" spans="2:67" ht="18" customHeight="1">
-      <c r="B44" s="6"/>
-      <c r="C44" s="123" t="s">
+      <c r="B44" s="5"/>
+      <c r="C44" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="D44" s="17"/>
-      <c r="E44" s="377" t="s">
+      <c r="D44" s="16"/>
+      <c r="E44" s="358" t="s">
         <v>286</v>
       </c>
-      <c r="F44" s="377"/>
-[...5 lines deleted...]
-      <c r="L44" s="376">
+      <c r="F44" s="358"/>
+      <c r="G44" s="358"/>
+      <c r="H44" s="358"/>
+      <c r="I44" s="358"/>
+      <c r="J44" s="358"/>
+      <c r="K44" s="21"/>
+      <c r="L44" s="371">
         <f>Arbeidsvarslingsplan!L12</f>
         <v>0</v>
       </c>
-      <c r="M44" s="376"/>
-[...10 lines deleted...]
-      <c r="X44" s="125" t="s">
+      <c r="M44" s="371"/>
+      <c r="N44" s="371"/>
+      <c r="O44" s="371"/>
+      <c r="P44" s="371"/>
+      <c r="Q44" s="371"/>
+      <c r="R44" s="371"/>
+      <c r="S44" s="371"/>
+      <c r="T44" s="371"/>
+      <c r="U44" s="371"/>
+      <c r="V44" s="371"/>
+      <c r="W44" s="371"/>
+      <c r="X44" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="Y44" s="23"/>
-[...1 lines deleted...]
-      <c r="AA44" s="377" t="s">
+      <c r="Y44" s="21"/>
+      <c r="Z44" s="21"/>
+      <c r="AA44" s="358" t="s">
         <v>292</v>
       </c>
-      <c r="AB44" s="377"/>
-[...2 lines deleted...]
-      <c r="AE44" s="376">
+      <c r="AB44" s="358"/>
+      <c r="AC44" s="358"/>
+      <c r="AD44" s="358"/>
+      <c r="AE44" s="371">
         <f>Arbeidsvarslingsplan!AE12</f>
         <v>0</v>
       </c>
-      <c r="AF44" s="376"/>
-[...16 lines deleted...]
-      <c r="BN44" s="27"/>
+      <c r="AF44" s="371"/>
+      <c r="AG44" s="371"/>
+      <c r="AH44" s="371"/>
+      <c r="AI44" s="371"/>
+      <c r="AJ44" s="371"/>
+      <c r="AK44" s="371"/>
+      <c r="AL44" s="371"/>
+      <c r="AM44" s="371"/>
+      <c r="AN44" s="371"/>
+      <c r="AO44" s="371"/>
+      <c r="AP44" s="9"/>
+      <c r="AQ44" s="5"/>
+      <c r="BJ44" s="25"/>
+      <c r="BK44" s="28"/>
+      <c r="BL44" s="25"/>
+      <c r="BM44" s="25"/>
+      <c r="BN44" s="25"/>
       <c r="BO44" s="1"/>
     </row>
     <row r="45" spans="2:67" ht="3" customHeight="1">
-      <c r="B45" s="6"/>
-      <c r="C45" s="123" t="s">
+      <c r="B45" s="5"/>
+      <c r="C45" s="109" t="s">
         <v>0</v>
       </c>
-      <c r="D45" s="17"/>
-[...1 lines deleted...]
-      <c r="F45" s="376" t="s">
+      <c r="D45" s="16"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="371" t="s">
         <v>0</v>
       </c>
-      <c r="G45" s="353"/>
-[...23 lines deleted...]
-      <c r="AE45" s="60" t="s">
+      <c r="G45" s="351"/>
+      <c r="H45" s="351"/>
+      <c r="I45" s="11"/>
+      <c r="J45" s="11"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="11"/>
+      <c r="O45" s="11"/>
+      <c r="P45" s="11"/>
+      <c r="Q45" s="11"/>
+      <c r="R45" s="11"/>
+      <c r="S45" s="11"/>
+      <c r="T45" s="11"/>
+      <c r="U45" s="11"/>
+      <c r="V45" s="11"/>
+      <c r="W45" s="11"/>
+      <c r="X45" s="11"/>
+      <c r="Y45" s="11"/>
+      <c r="Z45" s="11"/>
+      <c r="AA45" s="11"/>
+      <c r="AB45" s="11"/>
+      <c r="AC45" s="11"/>
+      <c r="AD45" s="11"/>
+      <c r="AE45" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="AF45" s="10"/>
-[...11 lines deleted...]
-      <c r="AR45" s="4"/>
+      <c r="AF45" s="9"/>
+      <c r="AG45" s="9"/>
+      <c r="AH45" s="9"/>
+      <c r="AI45" s="9"/>
+      <c r="AJ45" s="9"/>
+      <c r="AK45" s="9"/>
+      <c r="AL45" s="9"/>
+      <c r="AM45" s="9"/>
+      <c r="AN45" s="9"/>
+      <c r="AO45" s="9"/>
+      <c r="AP45" s="9"/>
+      <c r="AQ45" s="5"/>
     </row>
     <row r="46" spans="2:67" ht="3.75" customHeight="1">
-      <c r="B46" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ46" s="6"/>
+      <c r="B46" s="5"/>
+      <c r="C46" s="10"/>
+      <c r="D46" s="10"/>
+      <c r="E46" s="10"/>
+      <c r="F46" s="10"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="7"/>
+      <c r="I46" s="7"/>
+      <c r="J46" s="7"/>
+      <c r="K46" s="7"/>
+      <c r="L46" s="7"/>
+      <c r="M46" s="11"/>
+      <c r="N46" s="12"/>
+      <c r="O46" s="13"/>
+      <c r="P46" s="12"/>
+      <c r="Q46" s="12"/>
+      <c r="R46" s="12"/>
+      <c r="S46" s="12"/>
+      <c r="T46" s="12"/>
+      <c r="U46" s="12"/>
+      <c r="V46" s="12"/>
+      <c r="W46" s="12"/>
+      <c r="X46" s="12"/>
+      <c r="Y46" s="5"/>
+      <c r="Z46" s="10"/>
+      <c r="AA46" s="10"/>
+      <c r="AB46" s="7"/>
+      <c r="AC46" s="10"/>
+      <c r="AD46" s="10"/>
+      <c r="AE46" s="10"/>
+      <c r="AF46" s="10"/>
+      <c r="AG46" s="10"/>
+      <c r="AH46" s="10"/>
+      <c r="AI46" s="7"/>
+      <c r="AJ46" s="10"/>
+      <c r="AK46" s="14"/>
+      <c r="AL46" s="15"/>
+      <c r="AM46" s="14"/>
+      <c r="AN46" s="14"/>
+      <c r="AO46" s="14"/>
+      <c r="AP46" s="9"/>
+      <c r="AQ46" s="5"/>
       <c r="BJ46" s="1"/>
       <c r="BK46" s="1"/>
       <c r="BL46" s="3"/>
       <c r="BM46" s="2"/>
       <c r="BN46" s="2"/>
     </row>
     <row r="47" spans="2:67" ht="18">
-      <c r="B47" s="6"/>
-      <c r="C47" s="17" t="s">
+      <c r="B47" s="5"/>
+      <c r="C47" s="16" t="s">
         <v>70</v>
       </c>
-      <c r="D47" s="12"/>
-      <c r="E47" s="23" t="s">
+      <c r="D47" s="11"/>
+      <c r="E47" s="21" t="s">
         <v>287</v>
       </c>
-      <c r="F47" s="21"/>
-[...41 lines deleted...]
-      <c r="BN47" s="27"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+      <c r="K47" s="11"/>
+      <c r="L47" s="11"/>
+      <c r="M47" s="11"/>
+      <c r="N47" s="11"/>
+      <c r="O47" s="11"/>
+      <c r="P47" s="11"/>
+      <c r="Q47" s="11"/>
+      <c r="R47" s="11"/>
+      <c r="S47" s="11"/>
+      <c r="T47" s="11"/>
+      <c r="U47" s="11"/>
+      <c r="V47" s="9"/>
+      <c r="W47" s="373"/>
+      <c r="X47" s="373"/>
+      <c r="Y47" s="373"/>
+      <c r="Z47" s="373"/>
+      <c r="AA47" s="373"/>
+      <c r="AB47" s="373"/>
+      <c r="AC47" s="373"/>
+      <c r="AD47" s="373"/>
+      <c r="AE47" s="9"/>
+      <c r="AF47" s="9"/>
+      <c r="AG47" s="9"/>
+      <c r="AH47" s="9"/>
+      <c r="AI47" s="9"/>
+      <c r="AJ47" s="9"/>
+      <c r="AK47" s="9"/>
+      <c r="AL47" s="9"/>
+      <c r="AM47" s="9"/>
+      <c r="AN47" s="9"/>
+      <c r="AO47" s="9"/>
+      <c r="AP47" s="9"/>
+      <c r="AQ47" s="5"/>
+      <c r="BJ47" s="25"/>
+      <c r="BK47" s="25"/>
+      <c r="BL47" s="25"/>
+      <c r="BM47" s="25"/>
+      <c r="BN47" s="25"/>
     </row>
     <row r="48" spans="2:67" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B48" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ48" s="6"/>
+      <c r="B48" s="5"/>
+      <c r="C48" s="10"/>
+      <c r="D48" s="10"/>
+      <c r="E48" s="10"/>
+      <c r="F48" s="10"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="7"/>
+      <c r="M48" s="11"/>
+      <c r="N48" s="12"/>
+      <c r="O48" s="13"/>
+      <c r="P48" s="12"/>
+      <c r="Q48" s="12"/>
+      <c r="R48" s="12"/>
+      <c r="S48" s="12"/>
+      <c r="T48" s="12"/>
+      <c r="U48" s="12"/>
+      <c r="V48" s="12"/>
+      <c r="W48" s="12"/>
+      <c r="X48" s="12"/>
+      <c r="Y48" s="5"/>
+      <c r="Z48" s="10"/>
+      <c r="AA48" s="10"/>
+      <c r="AB48" s="7"/>
+      <c r="AC48" s="10"/>
+      <c r="AD48" s="10"/>
+      <c r="AE48" s="10"/>
+      <c r="AF48" s="10"/>
+      <c r="AG48" s="10"/>
+      <c r="AH48" s="10"/>
+      <c r="AI48" s="7"/>
+      <c r="AJ48" s="10"/>
+      <c r="AK48" s="14"/>
+      <c r="AL48" s="15"/>
+      <c r="AM48" s="14"/>
+      <c r="AN48" s="14"/>
+      <c r="AO48" s="14"/>
+      <c r="AP48" s="14"/>
+      <c r="AQ48" s="5"/>
       <c r="BJ48" s="1"/>
       <c r="BK48" s="1"/>
       <c r="BL48" s="3"/>
       <c r="BM48" s="2"/>
       <c r="BN48" s="2"/>
     </row>
     <row r="49" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B49" s="6"/>
-      <c r="C49" s="17" t="s">
+      <c r="B49" s="5"/>
+      <c r="C49" s="16" t="s">
         <v>122</v>
       </c>
-      <c r="D49" s="12"/>
-      <c r="E49" s="353" t="s">
+      <c r="D49" s="11"/>
+      <c r="E49" s="351" t="s">
         <v>123</v>
       </c>
-      <c r="F49" s="353"/>
-[...41 lines deleted...]
-      <c r="BN49" s="27"/>
+      <c r="F49" s="351"/>
+      <c r="G49" s="351"/>
+      <c r="H49" s="351"/>
+      <c r="I49" s="351"/>
+      <c r="J49" s="351"/>
+      <c r="K49" s="351"/>
+      <c r="L49" s="351"/>
+      <c r="M49" s="351"/>
+      <c r="N49" s="9"/>
+      <c r="O49" s="31"/>
+      <c r="P49" s="9"/>
+      <c r="Q49" s="9"/>
+      <c r="R49" s="9"/>
+      <c r="S49" s="9"/>
+      <c r="T49" s="9"/>
+      <c r="U49" s="9"/>
+      <c r="V49" s="9"/>
+      <c r="W49" s="9"/>
+      <c r="X49" s="9"/>
+      <c r="Y49" s="9"/>
+      <c r="Z49" s="9"/>
+      <c r="AA49" s="9"/>
+      <c r="AB49" s="9"/>
+      <c r="AC49" s="9"/>
+      <c r="AD49" s="9"/>
+      <c r="AE49" s="9"/>
+      <c r="AF49" s="9"/>
+      <c r="AG49" s="9"/>
+      <c r="AH49" s="9"/>
+      <c r="AI49" s="9"/>
+      <c r="AJ49" s="9"/>
+      <c r="AK49" s="9"/>
+      <c r="AL49" s="9"/>
+      <c r="AM49" s="9"/>
+      <c r="AN49" s="9"/>
+      <c r="AO49" s="9"/>
+      <c r="AP49" s="9"/>
+      <c r="AQ49" s="5"/>
+      <c r="BJ49" s="25"/>
+      <c r="BK49" s="25"/>
+      <c r="BL49" s="25"/>
+      <c r="BM49" s="25"/>
+      <c r="BN49" s="25"/>
     </row>
     <row r="50" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B50" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ50" s="6"/>
+      <c r="B50" s="5"/>
+      <c r="C50" s="10"/>
+      <c r="D50" s="10"/>
+      <c r="E50" s="10"/>
+      <c r="F50" s="10"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="7"/>
+      <c r="I50" s="7"/>
+      <c r="J50" s="7"/>
+      <c r="K50" s="7"/>
+      <c r="L50" s="7"/>
+      <c r="M50" s="11"/>
+      <c r="N50" s="12"/>
+      <c r="O50" s="13"/>
+      <c r="P50" s="12"/>
+      <c r="Q50" s="12"/>
+      <c r="R50" s="12"/>
+      <c r="S50" s="12"/>
+      <c r="T50" s="12"/>
+      <c r="U50" s="12"/>
+      <c r="V50" s="12"/>
+      <c r="W50" s="12"/>
+      <c r="X50" s="12"/>
+      <c r="Y50" s="5"/>
+      <c r="Z50" s="10"/>
+      <c r="AA50" s="10"/>
+      <c r="AB50" s="7"/>
+      <c r="AC50" s="10"/>
+      <c r="AD50" s="10"/>
+      <c r="AE50" s="10"/>
+      <c r="AF50" s="10"/>
+      <c r="AG50" s="10"/>
+      <c r="AH50" s="10"/>
+      <c r="AI50" s="7"/>
+      <c r="AJ50" s="10"/>
+      <c r="AK50" s="14"/>
+      <c r="AL50" s="15"/>
+      <c r="AM50" s="14"/>
+      <c r="AN50" s="14"/>
+      <c r="AO50" s="14"/>
+      <c r="AP50" s="14"/>
+      <c r="AQ50" s="5"/>
       <c r="BJ50" s="1"/>
       <c r="BK50" s="1"/>
       <c r="BL50" s="3"/>
       <c r="BM50" s="2"/>
       <c r="BN50" s="2"/>
     </row>
     <row r="51" spans="2:66" ht="18">
-      <c r="B51" s="6"/>
-      <c r="C51" s="17" t="s">
+      <c r="B51" s="5"/>
+      <c r="C51" s="16" t="s">
         <v>114</v>
       </c>
-      <c r="D51" s="12"/>
-      <c r="E51" s="12" t="s">
+      <c r="D51" s="11"/>
+      <c r="E51" s="11" t="s">
         <v>252</v>
       </c>
-      <c r="F51" s="12"/>
-[...41 lines deleted...]
-      <c r="BN51" s="27"/>
+      <c r="F51" s="11"/>
+      <c r="G51" s="11"/>
+      <c r="H51" s="11"/>
+      <c r="I51" s="11"/>
+      <c r="J51" s="11"/>
+      <c r="K51" s="11"/>
+      <c r="L51" s="11"/>
+      <c r="M51" s="11"/>
+      <c r="N51" s="9"/>
+      <c r="O51" s="19"/>
+      <c r="P51" s="9"/>
+      <c r="Q51" s="9"/>
+      <c r="R51" s="9"/>
+      <c r="S51" s="9"/>
+      <c r="T51" s="9"/>
+      <c r="U51" s="9"/>
+      <c r="V51" s="9"/>
+      <c r="W51" s="9"/>
+      <c r="X51" s="9"/>
+      <c r="Y51" s="9"/>
+      <c r="Z51" s="9"/>
+      <c r="AA51" s="9"/>
+      <c r="AB51" s="9"/>
+      <c r="AC51" s="9"/>
+      <c r="AD51" s="9"/>
+      <c r="AE51" s="9"/>
+      <c r="AF51" s="9"/>
+      <c r="AG51" s="9"/>
+      <c r="AH51" s="9"/>
+      <c r="AI51" s="9"/>
+      <c r="AJ51" s="9"/>
+      <c r="AK51" s="9"/>
+      <c r="AL51" s="9"/>
+      <c r="AM51" s="9"/>
+      <c r="AN51" s="9"/>
+      <c r="AO51" s="9"/>
+      <c r="AP51" s="9"/>
+      <c r="AQ51" s="5"/>
+      <c r="BJ51" s="25"/>
+      <c r="BK51" s="25"/>
+      <c r="BL51" s="25"/>
+      <c r="BM51" s="25"/>
+      <c r="BN51" s="25"/>
     </row>
     <row r="52" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B52" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ52" s="6"/>
+      <c r="B52" s="5"/>
+      <c r="C52" s="10"/>
+      <c r="D52" s="10"/>
+      <c r="E52" s="10"/>
+      <c r="F52" s="10"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="7"/>
+      <c r="M52" s="11"/>
+      <c r="N52" s="12"/>
+      <c r="O52" s="13"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="12"/>
+      <c r="R52" s="12"/>
+      <c r="S52" s="12"/>
+      <c r="T52" s="12"/>
+      <c r="U52" s="12"/>
+      <c r="V52" s="12"/>
+      <c r="W52" s="12"/>
+      <c r="X52" s="12"/>
+      <c r="Y52" s="5"/>
+      <c r="Z52" s="10"/>
+      <c r="AA52" s="10"/>
+      <c r="AB52" s="9"/>
+      <c r="AC52" s="10"/>
+      <c r="AD52" s="10"/>
+      <c r="AE52" s="10"/>
+      <c r="AF52" s="10"/>
+      <c r="AG52" s="10"/>
+      <c r="AH52" s="10"/>
+      <c r="AI52" s="7"/>
+      <c r="AJ52" s="10"/>
+      <c r="AK52" s="14"/>
+      <c r="AL52" s="15"/>
+      <c r="AM52" s="14"/>
+      <c r="AN52" s="14"/>
+      <c r="AO52" s="14"/>
+      <c r="AP52" s="14"/>
+      <c r="AQ52" s="5"/>
       <c r="BJ52" s="1"/>
       <c r="BK52" s="1"/>
       <c r="BL52" s="3"/>
       <c r="BM52" s="2"/>
       <c r="BN52" s="2"/>
     </row>
     <row r="53" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B53" s="6"/>
-[...3 lines deleted...]
-      <c r="F53" s="369" t="s">
+      <c r="B53" s="5"/>
+      <c r="C53" s="17"/>
+      <c r="D53" s="9"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="367" t="s">
         <v>83</v>
       </c>
-      <c r="G53" s="369"/>
-[...9 lines deleted...]
-      <c r="Q53" s="369" t="s">
+      <c r="G53" s="367"/>
+      <c r="H53" s="367"/>
+      <c r="I53" s="367"/>
+      <c r="J53" s="367"/>
+      <c r="K53" s="367"/>
+      <c r="L53" s="367"/>
+      <c r="M53" s="367"/>
+      <c r="N53" s="9"/>
+      <c r="O53" s="31"/>
+      <c r="P53" s="9"/>
+      <c r="Q53" s="367" t="s">
         <v>84</v>
       </c>
-      <c r="R53" s="369"/>
-[...7 lines deleted...]
-      <c r="Z53" s="37" t="s">
+      <c r="R53" s="367"/>
+      <c r="S53" s="367"/>
+      <c r="T53" s="367"/>
+      <c r="U53" s="367"/>
+      <c r="V53" s="367"/>
+      <c r="W53" s="367"/>
+      <c r="X53" s="367"/>
+      <c r="Y53" s="5"/>
+      <c r="Z53" s="31" t="s">
         <v>307</v>
       </c>
-      <c r="AA53" s="10"/>
-[...2 lines deleted...]
-      <c r="AD53" s="390" t="s">
+      <c r="AA53" s="9"/>
+      <c r="AB53" s="9"/>
+      <c r="AC53" s="11"/>
+      <c r="AD53" s="368" t="s">
         <v>156</v>
       </c>
-      <c r="AE53" s="390"/>
-[...8 lines deleted...]
-      <c r="AN53" s="37" t="s">
+      <c r="AE53" s="368"/>
+      <c r="AF53" s="368"/>
+      <c r="AG53" s="368"/>
+      <c r="AH53" s="368"/>
+      <c r="AI53" s="368"/>
+      <c r="AJ53" s="368"/>
+      <c r="AK53" s="368"/>
+      <c r="AL53" s="368"/>
+      <c r="AM53" s="9"/>
+      <c r="AN53" s="31" t="s">
         <v>307</v>
       </c>
-      <c r="AO53" s="10"/>
-[...1 lines deleted...]
-      <c r="AQ53" s="6"/>
+      <c r="AO53" s="9"/>
+      <c r="AP53" s="9"/>
+      <c r="AQ53" s="5"/>
     </row>
     <row r="54" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B54" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ54" s="6"/>
+      <c r="B54" s="5"/>
+      <c r="C54" s="10"/>
+      <c r="D54" s="10"/>
+      <c r="E54" s="10"/>
+      <c r="F54" s="10"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+      <c r="I54" s="7"/>
+      <c r="J54" s="7"/>
+      <c r="K54" s="7"/>
+      <c r="L54" s="7"/>
+      <c r="M54" s="11"/>
+      <c r="N54" s="12"/>
+      <c r="O54" s="13"/>
+      <c r="P54" s="12"/>
+      <c r="Q54" s="12"/>
+      <c r="R54" s="12"/>
+      <c r="S54" s="12"/>
+      <c r="T54" s="12"/>
+      <c r="U54" s="12"/>
+      <c r="V54" s="12"/>
+      <c r="W54" s="12"/>
+      <c r="X54" s="12"/>
+      <c r="Y54" s="5"/>
+      <c r="Z54" s="10"/>
+      <c r="AA54" s="10"/>
+      <c r="AB54" s="7"/>
+      <c r="AC54" s="10"/>
+      <c r="AD54" s="10"/>
+      <c r="AE54" s="10"/>
+      <c r="AF54" s="10"/>
+      <c r="AG54" s="10"/>
+      <c r="AH54" s="10"/>
+      <c r="AI54" s="7"/>
+      <c r="AJ54" s="10"/>
+      <c r="AK54" s="14"/>
+      <c r="AL54" s="15"/>
+      <c r="AM54" s="14"/>
+      <c r="AN54" s="14"/>
+      <c r="AO54" s="14"/>
+      <c r="AP54" s="14"/>
+      <c r="AQ54" s="5"/>
       <c r="BJ54" s="1"/>
       <c r="BK54" s="1"/>
       <c r="BL54" s="3"/>
       <c r="BM54" s="2"/>
       <c r="BN54" s="2"/>
     </row>
     <row r="55" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B55" s="6"/>
-[...3 lines deleted...]
-      <c r="F55" s="369" t="s">
+      <c r="B55" s="5"/>
+      <c r="C55" s="17"/>
+      <c r="D55" s="9"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="367" t="s">
         <v>87</v>
       </c>
-      <c r="G55" s="369"/>
-[...35 lines deleted...]
-      <c r="AQ55" s="6"/>
+      <c r="G55" s="367"/>
+      <c r="H55" s="367"/>
+      <c r="I55" s="367"/>
+      <c r="J55" s="367"/>
+      <c r="K55" s="367"/>
+      <c r="L55" s="367"/>
+      <c r="M55" s="367"/>
+      <c r="N55" s="9"/>
+      <c r="O55" s="31"/>
+      <c r="P55" s="9"/>
+      <c r="Q55" s="9"/>
+      <c r="R55" s="9"/>
+      <c r="S55" s="9"/>
+      <c r="T55" s="9"/>
+      <c r="U55" s="9"/>
+      <c r="V55" s="9"/>
+      <c r="W55" s="9"/>
+      <c r="X55" s="9"/>
+      <c r="Y55" s="9"/>
+      <c r="Z55" s="9"/>
+      <c r="AA55" s="9"/>
+      <c r="AB55" s="9"/>
+      <c r="AC55" s="9"/>
+      <c r="AD55" s="9"/>
+      <c r="AE55" s="9"/>
+      <c r="AF55" s="9"/>
+      <c r="AG55" s="9"/>
+      <c r="AH55" s="9"/>
+      <c r="AI55" s="9"/>
+      <c r="AJ55" s="9"/>
+      <c r="AK55" s="9"/>
+      <c r="AL55" s="9"/>
+      <c r="AM55" s="9"/>
+      <c r="AN55" s="9"/>
+      <c r="AO55" s="9"/>
+      <c r="AP55" s="9"/>
+      <c r="AQ55" s="5"/>
     </row>
     <row r="56" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B56" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ56" s="6"/>
+      <c r="B56" s="5"/>
+      <c r="C56" s="10"/>
+      <c r="D56" s="10"/>
+      <c r="E56" s="10"/>
+      <c r="F56" s="10"/>
+      <c r="G56" s="7"/>
+      <c r="H56" s="7"/>
+      <c r="I56" s="7"/>
+      <c r="J56" s="7"/>
+      <c r="K56" s="7"/>
+      <c r="L56" s="7"/>
+      <c r="M56" s="11"/>
+      <c r="N56" s="12"/>
+      <c r="O56" s="13"/>
+      <c r="P56" s="12"/>
+      <c r="Q56" s="12"/>
+      <c r="R56" s="12"/>
+      <c r="S56" s="12"/>
+      <c r="T56" s="12"/>
+      <c r="U56" s="12"/>
+      <c r="V56" s="12"/>
+      <c r="W56" s="12"/>
+      <c r="X56" s="12"/>
+      <c r="Y56" s="5"/>
+      <c r="Z56" s="10"/>
+      <c r="AA56" s="10"/>
+      <c r="AB56" s="7"/>
+      <c r="AC56" s="10"/>
+      <c r="AD56" s="10"/>
+      <c r="AE56" s="10"/>
+      <c r="AF56" s="10"/>
+      <c r="AG56" s="10"/>
+      <c r="AH56" s="10"/>
+      <c r="AI56" s="7"/>
+      <c r="AJ56" s="10"/>
+      <c r="AK56" s="14"/>
+      <c r="AL56" s="15"/>
+      <c r="AM56" s="14"/>
+      <c r="AN56" s="14"/>
+      <c r="AO56" s="14"/>
+      <c r="AP56" s="14"/>
+      <c r="AQ56" s="5"/>
       <c r="BJ56" s="1"/>
       <c r="BK56" s="1"/>
       <c r="BL56" s="3"/>
       <c r="BM56" s="2"/>
       <c r="BN56" s="2"/>
     </row>
     <row r="57" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B57" s="6"/>
-[...3 lines deleted...]
-      <c r="F57" s="369" t="s">
+      <c r="B57" s="5"/>
+      <c r="C57" s="17"/>
+      <c r="D57" s="9"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="367" t="s">
         <v>85</v>
       </c>
-      <c r="G57" s="369"/>
-[...9 lines deleted...]
-      <c r="Q57" s="368" t="s">
+      <c r="G57" s="367"/>
+      <c r="H57" s="367"/>
+      <c r="I57" s="367"/>
+      <c r="J57" s="367"/>
+      <c r="K57" s="367"/>
+      <c r="L57" s="367"/>
+      <c r="M57" s="367"/>
+      <c r="N57" s="9"/>
+      <c r="O57" s="31"/>
+      <c r="P57" s="9"/>
+      <c r="Q57" s="357" t="s">
         <v>126</v>
       </c>
-      <c r="R57" s="368"/>
-[...24 lines deleted...]
-      <c r="AQ57" s="6"/>
+      <c r="R57" s="357"/>
+      <c r="S57" s="357"/>
+      <c r="T57" s="357"/>
+      <c r="U57" s="357"/>
+      <c r="V57" s="352"/>
+      <c r="W57" s="352"/>
+      <c r="X57" s="352"/>
+      <c r="Y57" s="352"/>
+      <c r="Z57" s="352"/>
+      <c r="AA57" s="352"/>
+      <c r="AB57" s="352"/>
+      <c r="AC57" s="352"/>
+      <c r="AD57" s="352"/>
+      <c r="AE57" s="352"/>
+      <c r="AF57" s="352"/>
+      <c r="AG57" s="352"/>
+      <c r="AH57" s="352"/>
+      <c r="AI57" s="352"/>
+      <c r="AJ57" s="352"/>
+      <c r="AK57" s="352"/>
+      <c r="AL57" s="352"/>
+      <c r="AM57" s="352"/>
+      <c r="AN57" s="352"/>
+      <c r="AO57" s="352"/>
+      <c r="AP57" s="9"/>
+      <c r="AQ57" s="5"/>
     </row>
     <row r="58" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B58" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ58" s="6"/>
+      <c r="B58" s="5"/>
+      <c r="C58" s="10"/>
+      <c r="D58" s="10"/>
+      <c r="E58" s="10"/>
+      <c r="F58" s="10"/>
+      <c r="G58" s="7"/>
+      <c r="H58" s="7"/>
+      <c r="I58" s="7"/>
+      <c r="J58" s="7"/>
+      <c r="K58" s="7"/>
+      <c r="L58" s="7"/>
+      <c r="M58" s="11"/>
+      <c r="N58" s="12"/>
+      <c r="O58" s="13"/>
+      <c r="P58" s="12"/>
+      <c r="Q58" s="10"/>
+      <c r="R58" s="10"/>
+      <c r="S58" s="10"/>
+      <c r="T58" s="10"/>
+      <c r="U58" s="10"/>
+      <c r="V58" s="10"/>
+      <c r="W58" s="10"/>
+      <c r="X58" s="10"/>
+      <c r="Y58" s="11"/>
+      <c r="Z58" s="10"/>
+      <c r="AA58" s="10"/>
+      <c r="AB58" s="7"/>
+      <c r="AC58" s="10"/>
+      <c r="AD58" s="10"/>
+      <c r="AE58" s="10"/>
+      <c r="AF58" s="10"/>
+      <c r="AG58" s="10"/>
+      <c r="AH58" s="10"/>
+      <c r="AI58" s="7"/>
+      <c r="AJ58" s="10"/>
+      <c r="AK58" s="18"/>
+      <c r="AL58" s="20"/>
+      <c r="AM58" s="18"/>
+      <c r="AN58" s="18"/>
+      <c r="AO58" s="18"/>
+      <c r="AP58" s="14"/>
+      <c r="AQ58" s="5"/>
       <c r="BJ58" s="1"/>
       <c r="BK58" s="1"/>
       <c r="BL58" s="3"/>
       <c r="BM58" s="2"/>
       <c r="BN58" s="2"/>
     </row>
     <row r="59" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B59" s="6"/>
-[...3 lines deleted...]
-      <c r="F59" s="369" t="s">
+      <c r="B59" s="5"/>
+      <c r="C59" s="17"/>
+      <c r="D59" s="9"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="367" t="s">
         <v>86</v>
       </c>
-      <c r="G59" s="369"/>
-[...9 lines deleted...]
-      <c r="Q59" s="368" t="s">
+      <c r="G59" s="367"/>
+      <c r="H59" s="367"/>
+      <c r="I59" s="367"/>
+      <c r="J59" s="367"/>
+      <c r="K59" s="367"/>
+      <c r="L59" s="367"/>
+      <c r="M59" s="367"/>
+      <c r="N59" s="9"/>
+      <c r="O59" s="31"/>
+      <c r="P59" s="9"/>
+      <c r="Q59" s="357" t="s">
         <v>127</v>
       </c>
-      <c r="R59" s="368"/>
-[...24 lines deleted...]
-      <c r="AQ59" s="6"/>
+      <c r="R59" s="357"/>
+      <c r="S59" s="357"/>
+      <c r="T59" s="357"/>
+      <c r="U59" s="357"/>
+      <c r="V59" s="352"/>
+      <c r="W59" s="352"/>
+      <c r="X59" s="352"/>
+      <c r="Y59" s="352"/>
+      <c r="Z59" s="352"/>
+      <c r="AA59" s="352"/>
+      <c r="AB59" s="352"/>
+      <c r="AC59" s="352"/>
+      <c r="AD59" s="352"/>
+      <c r="AE59" s="352"/>
+      <c r="AF59" s="352"/>
+      <c r="AG59" s="352"/>
+      <c r="AH59" s="352"/>
+      <c r="AI59" s="352"/>
+      <c r="AJ59" s="352"/>
+      <c r="AK59" s="352"/>
+      <c r="AL59" s="352"/>
+      <c r="AM59" s="352"/>
+      <c r="AN59" s="352"/>
+      <c r="AO59" s="352"/>
+      <c r="AP59" s="9"/>
+      <c r="AQ59" s="5"/>
     </row>
     <row r="60" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B60" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ60" s="6"/>
+      <c r="B60" s="5"/>
+      <c r="C60" s="10"/>
+      <c r="D60" s="10"/>
+      <c r="E60" s="10"/>
+      <c r="F60" s="10"/>
+      <c r="G60" s="7"/>
+      <c r="H60" s="7"/>
+      <c r="I60" s="7"/>
+      <c r="J60" s="7"/>
+      <c r="K60" s="7"/>
+      <c r="L60" s="7"/>
+      <c r="M60" s="11"/>
+      <c r="N60" s="12"/>
+      <c r="O60" s="13"/>
+      <c r="P60" s="12"/>
+      <c r="Q60" s="10"/>
+      <c r="R60" s="10"/>
+      <c r="S60" s="10"/>
+      <c r="T60" s="10"/>
+      <c r="U60" s="10"/>
+      <c r="V60" s="10"/>
+      <c r="W60" s="10"/>
+      <c r="X60" s="10"/>
+      <c r="Y60" s="11"/>
+      <c r="Z60" s="10"/>
+      <c r="AA60" s="10"/>
+      <c r="AB60" s="7"/>
+      <c r="AC60" s="10"/>
+      <c r="AD60" s="10"/>
+      <c r="AE60" s="10"/>
+      <c r="AF60" s="10"/>
+      <c r="AG60" s="10"/>
+      <c r="AH60" s="10"/>
+      <c r="AI60" s="7"/>
+      <c r="AJ60" s="10"/>
+      <c r="AK60" s="18"/>
+      <c r="AL60" s="20"/>
+      <c r="AM60" s="18"/>
+      <c r="AN60" s="18"/>
+      <c r="AO60" s="18"/>
+      <c r="AP60" s="14"/>
+      <c r="AQ60" s="5"/>
       <c r="BJ60" s="1"/>
       <c r="BK60" s="1"/>
       <c r="BL60" s="3"/>
       <c r="BM60" s="2"/>
       <c r="BN60" s="2"/>
     </row>
     <row r="61" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B61" s="6"/>
-[...3 lines deleted...]
-      <c r="F61" s="369" t="s">
+      <c r="B61" s="5"/>
+      <c r="C61" s="17"/>
+      <c r="D61" s="9"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="367" t="s">
         <v>88</v>
       </c>
-      <c r="G61" s="369"/>
-[...9 lines deleted...]
-      <c r="Q61" s="368" t="s">
+      <c r="G61" s="367"/>
+      <c r="H61" s="367"/>
+      <c r="I61" s="367"/>
+      <c r="J61" s="367"/>
+      <c r="K61" s="367"/>
+      <c r="L61" s="367"/>
+      <c r="M61" s="367"/>
+      <c r="N61" s="9"/>
+      <c r="O61" s="31"/>
+      <c r="P61" s="9"/>
+      <c r="Q61" s="357" t="s">
         <v>125</v>
       </c>
-      <c r="R61" s="368"/>
-[...24 lines deleted...]
-      <c r="AQ61" s="6"/>
+      <c r="R61" s="357"/>
+      <c r="S61" s="357"/>
+      <c r="T61" s="357"/>
+      <c r="U61" s="357"/>
+      <c r="V61" s="352"/>
+      <c r="W61" s="352"/>
+      <c r="X61" s="352"/>
+      <c r="Y61" s="352"/>
+      <c r="Z61" s="352"/>
+      <c r="AA61" s="352"/>
+      <c r="AB61" s="352"/>
+      <c r="AC61" s="352"/>
+      <c r="AD61" s="352"/>
+      <c r="AE61" s="352"/>
+      <c r="AF61" s="352"/>
+      <c r="AG61" s="352"/>
+      <c r="AH61" s="352"/>
+      <c r="AI61" s="352"/>
+      <c r="AJ61" s="352"/>
+      <c r="AK61" s="352"/>
+      <c r="AL61" s="352"/>
+      <c r="AM61" s="352"/>
+      <c r="AN61" s="352"/>
+      <c r="AO61" s="352"/>
+      <c r="AP61" s="9"/>
+      <c r="AQ61" s="5"/>
     </row>
     <row r="62" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B62" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ62" s="6"/>
+      <c r="B62" s="5"/>
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="7"/>
+      <c r="H62" s="7"/>
+      <c r="I62" s="7"/>
+      <c r="J62" s="7"/>
+      <c r="K62" s="7"/>
+      <c r="L62" s="7"/>
+      <c r="M62" s="11"/>
+      <c r="N62" s="12"/>
+      <c r="O62" s="13"/>
+      <c r="P62" s="12"/>
+      <c r="Q62" s="12"/>
+      <c r="R62" s="12"/>
+      <c r="S62" s="12"/>
+      <c r="T62" s="12"/>
+      <c r="U62" s="12"/>
+      <c r="V62" s="12"/>
+      <c r="W62" s="12"/>
+      <c r="X62" s="12"/>
+      <c r="Y62" s="5"/>
+      <c r="Z62" s="10"/>
+      <c r="AA62" s="10"/>
+      <c r="AB62" s="7"/>
+      <c r="AC62" s="10"/>
+      <c r="AD62" s="18"/>
+      <c r="AE62" s="10"/>
+      <c r="AF62" s="10"/>
+      <c r="AG62" s="10"/>
+      <c r="AH62" s="10"/>
+      <c r="AI62" s="7"/>
+      <c r="AJ62" s="10"/>
+      <c r="AK62" s="14"/>
+      <c r="AL62" s="15"/>
+      <c r="AM62" s="14"/>
+      <c r="AN62" s="14"/>
+      <c r="AO62" s="14"/>
+      <c r="AP62" s="14"/>
+      <c r="AQ62" s="5"/>
       <c r="BJ62" s="1"/>
       <c r="BK62" s="1"/>
       <c r="BL62" s="3"/>
       <c r="BM62" s="2"/>
       <c r="BN62" s="2"/>
     </row>
     <row r="63" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B63" s="6"/>
-[...3 lines deleted...]
-      <c r="F63" s="369" t="s">
+      <c r="B63" s="5"/>
+      <c r="C63" s="17"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="367" t="s">
         <v>129</v>
       </c>
-      <c r="G63" s="369"/>
-[...9 lines deleted...]
-      <c r="Q63" s="368" t="s">
+      <c r="G63" s="367"/>
+      <c r="H63" s="367"/>
+      <c r="I63" s="367"/>
+      <c r="J63" s="367"/>
+      <c r="K63" s="367"/>
+      <c r="L63" s="367"/>
+      <c r="M63" s="367"/>
+      <c r="N63" s="9"/>
+      <c r="O63" s="31"/>
+      <c r="P63" s="9"/>
+      <c r="Q63" s="357" t="s">
         <v>125</v>
       </c>
-      <c r="R63" s="368"/>
-[...24 lines deleted...]
-      <c r="AQ63" s="6"/>
+      <c r="R63" s="357"/>
+      <c r="S63" s="357"/>
+      <c r="T63" s="357"/>
+      <c r="U63" s="11"/>
+      <c r="V63" s="352"/>
+      <c r="W63" s="352"/>
+      <c r="X63" s="352"/>
+      <c r="Y63" s="352"/>
+      <c r="Z63" s="352"/>
+      <c r="AA63" s="352"/>
+      <c r="AB63" s="352"/>
+      <c r="AC63" s="352"/>
+      <c r="AD63" s="352"/>
+      <c r="AE63" s="352"/>
+      <c r="AF63" s="352"/>
+      <c r="AG63" s="352"/>
+      <c r="AH63" s="352"/>
+      <c r="AI63" s="352"/>
+      <c r="AJ63" s="352"/>
+      <c r="AK63" s="352"/>
+      <c r="AL63" s="352"/>
+      <c r="AM63" s="352"/>
+      <c r="AN63" s="352"/>
+      <c r="AO63" s="352"/>
+      <c r="AP63" s="9"/>
+      <c r="AQ63" s="5"/>
     </row>
     <row r="64" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B64" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ64" s="6"/>
+      <c r="B64" s="5"/>
+      <c r="C64" s="10"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="7"/>
+      <c r="H64" s="7"/>
+      <c r="I64" s="7"/>
+      <c r="J64" s="7"/>
+      <c r="K64" s="7"/>
+      <c r="L64" s="7"/>
+      <c r="M64" s="11"/>
+      <c r="N64" s="12"/>
+      <c r="O64" s="13"/>
+      <c r="P64" s="12"/>
+      <c r="Q64" s="12"/>
+      <c r="R64" s="12"/>
+      <c r="S64" s="12"/>
+      <c r="T64" s="12"/>
+      <c r="U64" s="12"/>
+      <c r="V64" s="12"/>
+      <c r="W64" s="12"/>
+      <c r="X64" s="12"/>
+      <c r="Y64" s="5"/>
+      <c r="Z64" s="10"/>
+      <c r="AA64" s="10"/>
+      <c r="AB64" s="7"/>
+      <c r="AC64" s="10"/>
+      <c r="AD64" s="10"/>
+      <c r="AE64" s="10"/>
+      <c r="AF64" s="10"/>
+      <c r="AG64" s="10"/>
+      <c r="AH64" s="10"/>
+      <c r="AI64" s="7"/>
+      <c r="AJ64" s="10"/>
+      <c r="AK64" s="14"/>
+      <c r="AL64" s="15"/>
+      <c r="AM64" s="14"/>
+      <c r="AN64" s="14"/>
+      <c r="AO64" s="14"/>
+      <c r="AP64" s="14"/>
+      <c r="AQ64" s="5"/>
       <c r="BJ64" s="1"/>
       <c r="BK64" s="1"/>
       <c r="BL64" s="3"/>
       <c r="BM64" s="2"/>
       <c r="BN64" s="2"/>
     </row>
     <row r="65" spans="2:66" ht="18">
-      <c r="B65" s="6"/>
-      <c r="C65" s="17" t="s">
+      <c r="B65" s="5"/>
+      <c r="C65" s="16" t="s">
         <v>71</v>
       </c>
-      <c r="D65" s="12"/>
-      <c r="E65" s="12" t="s">
+      <c r="D65" s="11"/>
+      <c r="E65" s="11" t="s">
         <v>74</v>
       </c>
-      <c r="F65" s="12"/>
-[...41 lines deleted...]
-      <c r="BN65" s="27"/>
+      <c r="F65" s="11"/>
+      <c r="G65" s="11"/>
+      <c r="H65" s="11"/>
+      <c r="I65" s="11"/>
+      <c r="J65" s="11"/>
+      <c r="K65" s="11"/>
+      <c r="L65" s="11"/>
+      <c r="M65" s="11"/>
+      <c r="N65" s="9"/>
+      <c r="O65" s="19"/>
+      <c r="P65" s="9"/>
+      <c r="Q65" s="9"/>
+      <c r="R65" s="9"/>
+      <c r="S65" s="9"/>
+      <c r="T65" s="9"/>
+      <c r="U65" s="9"/>
+      <c r="V65" s="9"/>
+      <c r="W65" s="9"/>
+      <c r="X65" s="9"/>
+      <c r="Y65" s="9"/>
+      <c r="Z65" s="9"/>
+      <c r="AA65" s="9"/>
+      <c r="AB65" s="9"/>
+      <c r="AC65" s="9"/>
+      <c r="AD65" s="9"/>
+      <c r="AE65" s="9"/>
+      <c r="AF65" s="9"/>
+      <c r="AG65" s="9"/>
+      <c r="AH65" s="9"/>
+      <c r="AI65" s="9"/>
+      <c r="AJ65" s="9"/>
+      <c r="AK65" s="9"/>
+      <c r="AL65" s="9"/>
+      <c r="AM65" s="9"/>
+      <c r="AN65" s="9"/>
+      <c r="AO65" s="9"/>
+      <c r="AP65" s="9"/>
+      <c r="AQ65" s="5"/>
+      <c r="BJ65" s="25"/>
+      <c r="BK65" s="25"/>
+      <c r="BL65" s="25"/>
+      <c r="BM65" s="25"/>
+      <c r="BN65" s="25"/>
     </row>
     <row r="66" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B66" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ66" s="6"/>
+      <c r="B66" s="5"/>
+      <c r="C66" s="10"/>
+      <c r="D66" s="10"/>
+      <c r="E66" s="10"/>
+      <c r="F66" s="10"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="7"/>
+      <c r="I66" s="7"/>
+      <c r="J66" s="7"/>
+      <c r="K66" s="7"/>
+      <c r="L66" s="7"/>
+      <c r="M66" s="11"/>
+      <c r="N66" s="12"/>
+      <c r="O66" s="13"/>
+      <c r="P66" s="12"/>
+      <c r="Q66" s="12"/>
+      <c r="R66" s="12"/>
+      <c r="S66" s="12"/>
+      <c r="T66" s="12"/>
+      <c r="U66" s="12"/>
+      <c r="V66" s="12"/>
+      <c r="W66" s="12"/>
+      <c r="X66" s="12"/>
+      <c r="Y66" s="5"/>
+      <c r="Z66" s="10"/>
+      <c r="AA66" s="10"/>
+      <c r="AB66" s="7"/>
+      <c r="AC66" s="10"/>
+      <c r="AD66" s="10"/>
+      <c r="AE66" s="10"/>
+      <c r="AF66" s="10"/>
+      <c r="AG66" s="10"/>
+      <c r="AH66" s="10"/>
+      <c r="AI66" s="7"/>
+      <c r="AJ66" s="10"/>
+      <c r="AK66" s="14"/>
+      <c r="AL66" s="15"/>
+      <c r="AM66" s="14"/>
+      <c r="AN66" s="14"/>
+      <c r="AO66" s="14"/>
+      <c r="AP66" s="14"/>
+      <c r="AQ66" s="5"/>
       <c r="BJ66" s="1"/>
       <c r="BK66" s="1"/>
       <c r="BL66" s="3"/>
       <c r="BM66" s="2"/>
       <c r="BN66" s="2"/>
     </row>
     <row r="67" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B67" s="6"/>
-[...3 lines deleted...]
-      <c r="F67" s="369" t="s">
+      <c r="B67" s="5"/>
+      <c r="C67" s="17"/>
+      <c r="D67" s="9"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="367" t="s">
         <v>76</v>
       </c>
-      <c r="G67" s="369"/>
-[...5 lines deleted...]
-      <c r="M67" s="369" t="s">
+      <c r="G67" s="367"/>
+      <c r="H67" s="367"/>
+      <c r="I67" s="367"/>
+      <c r="J67" s="367"/>
+      <c r="K67" s="367"/>
+      <c r="L67" s="367"/>
+      <c r="M67" s="367" t="s">
         <v>0</v>
       </c>
-      <c r="N67" s="10"/>
-[...4 lines deleted...]
-      <c r="S67" s="353" t="s">
+      <c r="N67" s="9"/>
+      <c r="O67" s="31"/>
+      <c r="P67" s="9"/>
+      <c r="Q67" s="9"/>
+      <c r="R67" s="9"/>
+      <c r="S67" s="351" t="s">
         <v>75</v>
       </c>
-      <c r="T67" s="353"/>
-[...22 lines deleted...]
-      <c r="AQ67" s="6"/>
+      <c r="T67" s="351"/>
+      <c r="U67" s="351"/>
+      <c r="V67" s="351"/>
+      <c r="W67" s="351"/>
+      <c r="X67" s="351"/>
+      <c r="Y67" s="369"/>
+      <c r="Z67" s="31"/>
+      <c r="AA67" s="9"/>
+      <c r="AB67" s="9"/>
+      <c r="AC67" s="9"/>
+      <c r="AD67" s="9"/>
+      <c r="AE67" s="9"/>
+      <c r="AF67" s="9"/>
+      <c r="AG67" s="9"/>
+      <c r="AH67" s="9"/>
+      <c r="AI67" s="9"/>
+      <c r="AJ67" s="9"/>
+      <c r="AK67" s="9"/>
+      <c r="AL67" s="9"/>
+      <c r="AM67" s="9"/>
+      <c r="AN67" s="9"/>
+      <c r="AO67" s="9"/>
+      <c r="AP67" s="9"/>
+      <c r="AQ67" s="5"/>
     </row>
     <row r="68" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B68" s="6"/>
-[...3 lines deleted...]
-      <c r="F68" s="375" t="s">
+      <c r="B68" s="5"/>
+      <c r="C68" s="10"/>
+      <c r="D68" s="10"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="372" t="s">
         <v>77</v>
       </c>
-      <c r="G68" s="375"/>
-[...35 lines deleted...]
-      <c r="AQ68" s="6"/>
+      <c r="G68" s="372"/>
+      <c r="H68" s="372"/>
+      <c r="I68" s="372"/>
+      <c r="J68" s="372"/>
+      <c r="K68" s="372"/>
+      <c r="L68" s="372"/>
+      <c r="M68" s="372"/>
+      <c r="N68" s="372"/>
+      <c r="O68" s="13"/>
+      <c r="P68" s="12"/>
+      <c r="Q68" s="12"/>
+      <c r="R68" s="12"/>
+      <c r="S68" s="12"/>
+      <c r="T68" s="12"/>
+      <c r="U68" s="12"/>
+      <c r="V68" s="12"/>
+      <c r="W68" s="12"/>
+      <c r="X68" s="12"/>
+      <c r="Y68" s="5"/>
+      <c r="Z68" s="10"/>
+      <c r="AA68" s="10"/>
+      <c r="AB68" s="7"/>
+      <c r="AC68" s="10"/>
+      <c r="AD68" s="10"/>
+      <c r="AE68" s="10"/>
+      <c r="AF68" s="10"/>
+      <c r="AG68" s="10"/>
+      <c r="AH68" s="10"/>
+      <c r="AI68" s="7"/>
+      <c r="AJ68" s="10"/>
+      <c r="AK68" s="14"/>
+      <c r="AL68" s="15"/>
+      <c r="AM68" s="14"/>
+      <c r="AN68" s="14"/>
+      <c r="AO68" s="14"/>
+      <c r="AP68" s="14"/>
+      <c r="AQ68" s="5"/>
       <c r="BJ68" s="1"/>
       <c r="BK68" s="1"/>
       <c r="BL68" s="3"/>
       <c r="BM68" s="2"/>
       <c r="BN68" s="2"/>
     </row>
     <row r="69" spans="2:66" ht="11.25" customHeight="1">
-      <c r="B69" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ69" s="6"/>
+      <c r="B69" s="5"/>
+      <c r="C69" s="17"/>
+      <c r="D69" s="9"/>
+      <c r="E69" s="9"/>
+      <c r="F69" s="372"/>
+      <c r="G69" s="372"/>
+      <c r="H69" s="372"/>
+      <c r="I69" s="372"/>
+      <c r="J69" s="372"/>
+      <c r="K69" s="372"/>
+      <c r="L69" s="372"/>
+      <c r="M69" s="372"/>
+      <c r="N69" s="372"/>
+      <c r="O69" s="9"/>
+      <c r="P69" s="9"/>
+      <c r="Q69" s="9"/>
+      <c r="R69" s="9"/>
+      <c r="S69" s="9"/>
+      <c r="T69" s="9"/>
+      <c r="U69" s="9"/>
+      <c r="V69" s="9"/>
+      <c r="W69" s="9"/>
+      <c r="X69" s="9"/>
+      <c r="Y69" s="9"/>
+      <c r="Z69" s="9"/>
+      <c r="AA69" s="9"/>
+      <c r="AB69" s="9"/>
+      <c r="AC69" s="9"/>
+      <c r="AD69" s="9"/>
+      <c r="AE69" s="9"/>
+      <c r="AF69" s="9"/>
+      <c r="AG69" s="9"/>
+      <c r="AH69" s="9"/>
+      <c r="AI69" s="9"/>
+      <c r="AJ69" s="9"/>
+      <c r="AK69" s="9"/>
+      <c r="AL69" s="9"/>
+      <c r="AM69" s="9"/>
+      <c r="AN69" s="9"/>
+      <c r="AO69" s="9"/>
+      <c r="AP69" s="9"/>
+      <c r="AQ69" s="5"/>
     </row>
     <row r="70" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B70" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ70" s="6"/>
+      <c r="B70" s="5"/>
+      <c r="C70" s="10"/>
+      <c r="D70" s="10"/>
+      <c r="E70" s="10"/>
+      <c r="F70" s="10"/>
+      <c r="G70" s="7"/>
+      <c r="H70" s="7"/>
+      <c r="I70" s="7"/>
+      <c r="J70" s="7"/>
+      <c r="K70" s="7"/>
+      <c r="L70" s="7"/>
+      <c r="M70" s="11"/>
+      <c r="N70" s="12"/>
+      <c r="O70" s="13"/>
+      <c r="P70" s="12"/>
+      <c r="Q70" s="12"/>
+      <c r="R70" s="12"/>
+      <c r="S70" s="12"/>
+      <c r="T70" s="12"/>
+      <c r="U70" s="12"/>
+      <c r="V70" s="12"/>
+      <c r="W70" s="12"/>
+      <c r="X70" s="12"/>
+      <c r="Y70" s="5"/>
+      <c r="Z70" s="10"/>
+      <c r="AA70" s="10"/>
+      <c r="AB70" s="7"/>
+      <c r="AC70" s="10"/>
+      <c r="AD70" s="10"/>
+      <c r="AE70" s="10"/>
+      <c r="AF70" s="10"/>
+      <c r="AG70" s="10"/>
+      <c r="AH70" s="10"/>
+      <c r="AI70" s="7"/>
+      <c r="AJ70" s="10"/>
+      <c r="AK70" s="14"/>
+      <c r="AL70" s="15"/>
+      <c r="AM70" s="14"/>
+      <c r="AN70" s="14"/>
+      <c r="AO70" s="14"/>
+      <c r="AP70" s="14"/>
+      <c r="AQ70" s="5"/>
       <c r="BJ70" s="1"/>
       <c r="BK70" s="1"/>
       <c r="BL70" s="3"/>
       <c r="BM70" s="2"/>
       <c r="BN70" s="2"/>
     </row>
     <row r="71" spans="2:66" ht="18">
-      <c r="B71" s="6"/>
-      <c r="C71" s="17" t="s">
+      <c r="B71" s="5"/>
+      <c r="C71" s="16" t="s">
         <v>73</v>
       </c>
-      <c r="D71" s="12"/>
-      <c r="E71" s="60" t="s">
+      <c r="D71" s="11"/>
+      <c r="E71" s="21" t="s">
         <v>297</v>
       </c>
-      <c r="F71" s="12"/>
-[...41 lines deleted...]
-      <c r="BN71" s="27"/>
+      <c r="F71" s="11"/>
+      <c r="G71" s="11"/>
+      <c r="H71" s="11"/>
+      <c r="I71" s="11"/>
+      <c r="J71" s="11"/>
+      <c r="K71" s="11"/>
+      <c r="L71" s="11"/>
+      <c r="M71" s="11"/>
+      <c r="N71" s="9"/>
+      <c r="O71" s="19"/>
+      <c r="P71" s="9"/>
+      <c r="Q71" s="9"/>
+      <c r="R71" s="9"/>
+      <c r="S71" s="9"/>
+      <c r="T71" s="9"/>
+      <c r="U71" s="9"/>
+      <c r="V71" s="9"/>
+      <c r="W71" s="9"/>
+      <c r="X71" s="9"/>
+      <c r="Y71" s="9"/>
+      <c r="Z71" s="9"/>
+      <c r="AA71" s="9"/>
+      <c r="AB71" s="9"/>
+      <c r="AC71" s="9"/>
+      <c r="AD71" s="9"/>
+      <c r="AE71" s="9"/>
+      <c r="AF71" s="9"/>
+      <c r="AG71" s="9"/>
+      <c r="AH71" s="9"/>
+      <c r="AI71" s="9"/>
+      <c r="AJ71" s="9"/>
+      <c r="AK71" s="9"/>
+      <c r="AL71" s="9"/>
+      <c r="AM71" s="9"/>
+      <c r="AN71" s="9"/>
+      <c r="AO71" s="9"/>
+      <c r="AP71" s="9"/>
+      <c r="AQ71" s="5"/>
+      <c r="BJ71" s="25"/>
+      <c r="BK71" s="25"/>
+      <c r="BL71" s="25"/>
+      <c r="BM71" s="25"/>
+      <c r="BN71" s="25"/>
     </row>
     <row r="72" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B72" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ72" s="6"/>
+      <c r="B72" s="5"/>
+      <c r="C72" s="10"/>
+      <c r="D72" s="10"/>
+      <c r="E72" s="10"/>
+      <c r="F72" s="10"/>
+      <c r="G72" s="7"/>
+      <c r="H72" s="7"/>
+      <c r="I72" s="7"/>
+      <c r="J72" s="7"/>
+      <c r="K72" s="7"/>
+      <c r="L72" s="7"/>
+      <c r="M72" s="11"/>
+      <c r="N72" s="12"/>
+      <c r="O72" s="13"/>
+      <c r="P72" s="12"/>
+      <c r="Q72" s="12"/>
+      <c r="R72" s="12"/>
+      <c r="S72" s="12"/>
+      <c r="T72" s="12"/>
+      <c r="U72" s="12"/>
+      <c r="V72" s="12"/>
+      <c r="W72" s="12"/>
+      <c r="X72" s="12"/>
+      <c r="Y72" s="5"/>
+      <c r="Z72" s="10"/>
+      <c r="AA72" s="10"/>
+      <c r="AB72" s="7"/>
+      <c r="AC72" s="10"/>
+      <c r="AD72" s="10"/>
+      <c r="AE72" s="10"/>
+      <c r="AF72" s="10"/>
+      <c r="AG72" s="10"/>
+      <c r="AH72" s="10"/>
+      <c r="AI72" s="7"/>
+      <c r="AJ72" s="10"/>
+      <c r="AK72" s="14"/>
+      <c r="AL72" s="15"/>
+      <c r="AM72" s="14"/>
+      <c r="AN72" s="14"/>
+      <c r="AO72" s="14"/>
+      <c r="AP72" s="14"/>
+      <c r="AQ72" s="5"/>
       <c r="BJ72" s="1"/>
       <c r="BK72" s="1"/>
       <c r="BL72" s="3"/>
       <c r="BM72" s="2"/>
       <c r="BN72" s="2"/>
     </row>
     <row r="73" spans="2:66" ht="18">
-      <c r="B73" s="6"/>
-      <c r="C73" s="17" t="s">
+      <c r="B73" s="5"/>
+      <c r="C73" s="16" t="s">
         <v>78</v>
       </c>
-      <c r="D73" s="12"/>
-      <c r="E73" s="12" t="s">
+      <c r="D73" s="11"/>
+      <c r="E73" s="11" t="s">
         <v>72</v>
       </c>
-      <c r="F73" s="12"/>
-[...41 lines deleted...]
-      <c r="BN73" s="27"/>
+      <c r="F73" s="11"/>
+      <c r="G73" s="11"/>
+      <c r="H73" s="11"/>
+      <c r="I73" s="11"/>
+      <c r="J73" s="11"/>
+      <c r="K73" s="11"/>
+      <c r="L73" s="11"/>
+      <c r="M73" s="11"/>
+      <c r="N73" s="9"/>
+      <c r="O73" s="19"/>
+      <c r="P73" s="9"/>
+      <c r="Q73" s="9"/>
+      <c r="R73" s="9"/>
+      <c r="S73" s="9"/>
+      <c r="T73" s="9"/>
+      <c r="U73" s="9"/>
+      <c r="V73" s="9"/>
+      <c r="W73" s="9"/>
+      <c r="X73" s="9"/>
+      <c r="Y73" s="9"/>
+      <c r="Z73" s="9"/>
+      <c r="AA73" s="9"/>
+      <c r="AB73" s="9"/>
+      <c r="AC73" s="9"/>
+      <c r="AD73" s="9"/>
+      <c r="AE73" s="9"/>
+      <c r="AF73" s="9"/>
+      <c r="AG73" s="9"/>
+      <c r="AH73" s="9"/>
+      <c r="AI73" s="9"/>
+      <c r="AJ73" s="9"/>
+      <c r="AK73" s="9"/>
+      <c r="AL73" s="9"/>
+      <c r="AM73" s="9"/>
+      <c r="AN73" s="9"/>
+      <c r="AO73" s="9"/>
+      <c r="AP73" s="9"/>
+      <c r="AQ73" s="5"/>
+      <c r="BJ73" s="25"/>
+      <c r="BK73" s="25"/>
+      <c r="BL73" s="25"/>
+      <c r="BM73" s="25"/>
+      <c r="BN73" s="25"/>
     </row>
     <row r="74" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B74" s="6"/>
-[...41 lines deleted...]
-      <c r="AR74" s="4"/>
+      <c r="B74" s="5"/>
+      <c r="C74" s="16"/>
+      <c r="D74" s="16"/>
+      <c r="E74" s="11"/>
+      <c r="F74" s="352"/>
+      <c r="G74" s="352"/>
+      <c r="H74" s="352"/>
+      <c r="I74" s="352"/>
+      <c r="J74" s="352"/>
+      <c r="K74" s="352"/>
+      <c r="L74" s="352"/>
+      <c r="M74" s="352"/>
+      <c r="N74" s="352"/>
+      <c r="O74" s="352"/>
+      <c r="P74" s="352"/>
+      <c r="Q74" s="352"/>
+      <c r="R74" s="352"/>
+      <c r="S74" s="352"/>
+      <c r="T74" s="352"/>
+      <c r="U74" s="352"/>
+      <c r="V74" s="352"/>
+      <c r="W74" s="352"/>
+      <c r="X74" s="352"/>
+      <c r="Y74" s="352"/>
+      <c r="Z74" s="352"/>
+      <c r="AA74" s="352"/>
+      <c r="AB74" s="352"/>
+      <c r="AC74" s="352"/>
+      <c r="AD74" s="352"/>
+      <c r="AE74" s="352"/>
+      <c r="AF74" s="352"/>
+      <c r="AG74" s="352"/>
+      <c r="AH74" s="352"/>
+      <c r="AI74" s="352"/>
+      <c r="AJ74" s="352"/>
+      <c r="AK74" s="352"/>
+      <c r="AL74" s="352"/>
+      <c r="AM74" s="352"/>
+      <c r="AN74" s="352"/>
+      <c r="AO74" s="352"/>
+      <c r="AP74" s="9"/>
+      <c r="AQ74" s="5"/>
     </row>
     <row r="75" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B75" s="6"/>
-[...41 lines deleted...]
-      <c r="AR75" s="4"/>
+      <c r="B75" s="5"/>
+      <c r="C75" s="16"/>
+      <c r="D75" s="16"/>
+      <c r="E75" s="11"/>
+      <c r="F75" s="374"/>
+      <c r="G75" s="374"/>
+      <c r="H75" s="374"/>
+      <c r="I75" s="374"/>
+      <c r="J75" s="374"/>
+      <c r="K75" s="374"/>
+      <c r="L75" s="374"/>
+      <c r="M75" s="374"/>
+      <c r="N75" s="374"/>
+      <c r="O75" s="374"/>
+      <c r="P75" s="374"/>
+      <c r="Q75" s="374"/>
+      <c r="R75" s="374"/>
+      <c r="S75" s="374"/>
+      <c r="T75" s="374"/>
+      <c r="U75" s="374"/>
+      <c r="V75" s="374"/>
+      <c r="W75" s="374"/>
+      <c r="X75" s="374"/>
+      <c r="Y75" s="374"/>
+      <c r="Z75" s="374"/>
+      <c r="AA75" s="374"/>
+      <c r="AB75" s="374"/>
+      <c r="AC75" s="374"/>
+      <c r="AD75" s="374"/>
+      <c r="AE75" s="374"/>
+      <c r="AF75" s="374"/>
+      <c r="AG75" s="374"/>
+      <c r="AH75" s="374"/>
+      <c r="AI75" s="374"/>
+      <c r="AJ75" s="374"/>
+      <c r="AK75" s="374"/>
+      <c r="AL75" s="374"/>
+      <c r="AM75" s="374"/>
+      <c r="AN75" s="374"/>
+      <c r="AO75" s="374"/>
+      <c r="AP75" s="9"/>
+      <c r="AQ75" s="5"/>
     </row>
     <row r="76" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B76" s="6"/>
-[...41 lines deleted...]
-      <c r="AR76" s="4"/>
+      <c r="B76" s="5"/>
+      <c r="C76" s="16"/>
+      <c r="D76" s="16"/>
+      <c r="E76" s="11"/>
+      <c r="F76" s="374"/>
+      <c r="G76" s="374"/>
+      <c r="H76" s="374"/>
+      <c r="I76" s="374"/>
+      <c r="J76" s="374"/>
+      <c r="K76" s="374"/>
+      <c r="L76" s="374"/>
+      <c r="M76" s="374"/>
+      <c r="N76" s="374"/>
+      <c r="O76" s="374"/>
+      <c r="P76" s="374"/>
+      <c r="Q76" s="374"/>
+      <c r="R76" s="374"/>
+      <c r="S76" s="374"/>
+      <c r="T76" s="374"/>
+      <c r="U76" s="374"/>
+      <c r="V76" s="374"/>
+      <c r="W76" s="374"/>
+      <c r="X76" s="374"/>
+      <c r="Y76" s="374"/>
+      <c r="Z76" s="374"/>
+      <c r="AA76" s="374"/>
+      <c r="AB76" s="374"/>
+      <c r="AC76" s="374"/>
+      <c r="AD76" s="374"/>
+      <c r="AE76" s="374"/>
+      <c r="AF76" s="374"/>
+      <c r="AG76" s="374"/>
+      <c r="AH76" s="374"/>
+      <c r="AI76" s="374"/>
+      <c r="AJ76" s="374"/>
+      <c r="AK76" s="374"/>
+      <c r="AL76" s="374"/>
+      <c r="AM76" s="374"/>
+      <c r="AN76" s="374"/>
+      <c r="AO76" s="374"/>
+      <c r="AP76" s="9"/>
+      <c r="AQ76" s="5"/>
     </row>
     <row r="77" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B77" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ77" s="6"/>
+      <c r="B77" s="5"/>
+      <c r="C77" s="10"/>
+      <c r="D77" s="10"/>
+      <c r="E77" s="10"/>
+      <c r="F77" s="10"/>
+      <c r="G77" s="7"/>
+      <c r="H77" s="7"/>
+      <c r="I77" s="7"/>
+      <c r="J77" s="7"/>
+      <c r="K77" s="7"/>
+      <c r="L77" s="7"/>
+      <c r="M77" s="11"/>
+      <c r="N77" s="12"/>
+      <c r="O77" s="13"/>
+      <c r="P77" s="12"/>
+      <c r="Q77" s="12"/>
+      <c r="R77" s="12"/>
+      <c r="S77" s="12"/>
+      <c r="T77" s="12"/>
+      <c r="U77" s="12"/>
+      <c r="V77" s="12"/>
+      <c r="W77" s="12"/>
+      <c r="X77" s="12"/>
+      <c r="Y77" s="5"/>
+      <c r="Z77" s="10"/>
+      <c r="AA77" s="10"/>
+      <c r="AB77" s="7"/>
+      <c r="AC77" s="10"/>
+      <c r="AD77" s="10"/>
+      <c r="AE77" s="10"/>
+      <c r="AF77" s="10"/>
+      <c r="AG77" s="10"/>
+      <c r="AH77" s="10"/>
+      <c r="AI77" s="7"/>
+      <c r="AJ77" s="10"/>
+      <c r="AK77" s="14"/>
+      <c r="AL77" s="15"/>
+      <c r="AM77" s="14"/>
+      <c r="AN77" s="14"/>
+      <c r="AO77" s="14"/>
+      <c r="AP77" s="14"/>
+      <c r="AQ77" s="5"/>
       <c r="BJ77" s="1"/>
       <c r="BK77" s="1"/>
       <c r="BL77" s="3"/>
       <c r="BM77" s="2"/>
       <c r="BN77" s="2"/>
     </row>
     <row r="78" spans="2:66" ht="16.5" customHeight="1">
-      <c r="B78" s="6"/>
-[...3 lines deleted...]
-      <c r="F78" s="141" t="s">
+      <c r="B78" s="5"/>
+      <c r="C78" s="16"/>
+      <c r="D78" s="16"/>
+      <c r="E78" s="11"/>
+      <c r="F78" s="125" t="s">
         <v>124</v>
       </c>
-      <c r="G78" s="141"/>
-[...36 lines deleted...]
-      <c r="AR78" s="4"/>
+      <c r="G78" s="125"/>
+      <c r="H78" s="125"/>
+      <c r="I78" s="125"/>
+      <c r="J78" s="125"/>
+      <c r="K78" s="125"/>
+      <c r="L78" s="125"/>
+      <c r="M78" s="125"/>
+      <c r="N78" s="125"/>
+      <c r="O78" s="125"/>
+      <c r="P78" s="125"/>
+      <c r="Q78" s="125"/>
+      <c r="R78" s="125"/>
+      <c r="S78" s="11"/>
+      <c r="T78" s="11"/>
+      <c r="U78" s="11"/>
+      <c r="V78" s="11"/>
+      <c r="W78" s="11"/>
+      <c r="X78" s="11"/>
+      <c r="Y78" s="11"/>
+      <c r="Z78" s="11"/>
+      <c r="AA78" s="11"/>
+      <c r="AB78" s="11"/>
+      <c r="AC78" s="11"/>
+      <c r="AD78" s="11"/>
+      <c r="AE78" s="11"/>
+      <c r="AF78" s="11"/>
+      <c r="AG78" s="11"/>
+      <c r="AH78" s="11"/>
+      <c r="AI78" s="11"/>
+      <c r="AJ78" s="11"/>
+      <c r="AK78" s="11"/>
+      <c r="AL78" s="11"/>
+      <c r="AM78" s="11"/>
+      <c r="AN78" s="11"/>
+      <c r="AO78" s="11"/>
+      <c r="AP78" s="9"/>
+      <c r="AQ78" s="5"/>
     </row>
     <row r="79" spans="2:66" ht="15">
-      <c r="B79" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ79" s="6"/>
+      <c r="B79" s="5"/>
+      <c r="C79" s="9"/>
+      <c r="D79" s="9"/>
+      <c r="E79" s="9"/>
+      <c r="F79" s="9"/>
+      <c r="G79" s="9"/>
+      <c r="H79" s="9"/>
+      <c r="I79" s="9"/>
+      <c r="J79" s="9"/>
+      <c r="K79" s="9"/>
+      <c r="L79" s="9"/>
+      <c r="M79" s="9"/>
+      <c r="N79" s="9"/>
+      <c r="O79" s="9"/>
+      <c r="P79" s="9"/>
+      <c r="Q79" s="9"/>
+      <c r="R79" s="9"/>
+      <c r="S79" s="9"/>
+      <c r="T79" s="9"/>
+      <c r="U79" s="9"/>
+      <c r="V79" s="9"/>
+      <c r="W79" s="9"/>
+      <c r="X79" s="9"/>
+      <c r="Y79" s="9"/>
+      <c r="Z79" s="9"/>
+      <c r="AA79" s="9"/>
+      <c r="AB79" s="9"/>
+      <c r="AC79" s="9"/>
+      <c r="AD79" s="9"/>
+      <c r="AE79" s="9"/>
+      <c r="AF79" s="9"/>
+      <c r="AG79" s="9"/>
+      <c r="AH79" s="9"/>
+      <c r="AI79" s="9"/>
+      <c r="AJ79" s="9"/>
+      <c r="AK79" s="9"/>
+      <c r="AL79" s="9"/>
+      <c r="AM79" s="9"/>
+      <c r="AN79" s="9"/>
+      <c r="AO79" s="9"/>
+      <c r="AP79" s="5"/>
+      <c r="AQ79" s="5"/>
     </row>
     <row r="80" spans="2:66" ht="20.25" customHeight="1">
-      <c r="B80" s="6"/>
-[...2 lines deleted...]
-      <c r="E80" s="371">
+      <c r="B80" s="5"/>
+      <c r="C80" s="9"/>
+      <c r="D80" s="9"/>
+      <c r="E80" s="376">
         <f>Arbeidsvarslingsplan!D74</f>
         <v>0</v>
       </c>
-      <c r="F80" s="371"/>
-[...7 lines deleted...]
-      <c r="N80" s="373">
+      <c r="F80" s="376"/>
+      <c r="G80" s="376"/>
+      <c r="H80" s="376"/>
+      <c r="I80" s="376"/>
+      <c r="J80" s="376"/>
+      <c r="K80" s="376"/>
+      <c r="L80" s="376"/>
+      <c r="M80" s="376"/>
+      <c r="N80" s="378">
         <f>Arbeidsvarslingsplan!M74</f>
         <v>0</v>
       </c>
-      <c r="O80" s="373"/>
-[...27 lines deleted...]
-      <c r="AQ80" s="6"/>
+      <c r="O80" s="378"/>
+      <c r="P80" s="378"/>
+      <c r="Q80" s="378"/>
+      <c r="R80" s="378"/>
+      <c r="S80" s="378"/>
+      <c r="T80" s="378"/>
+      <c r="U80" s="378"/>
+      <c r="V80" s="378"/>
+      <c r="W80" s="378"/>
+      <c r="X80" s="378"/>
+      <c r="Y80" s="9"/>
+      <c r="Z80" s="9"/>
+      <c r="AA80" s="9"/>
+      <c r="AB80" s="307"/>
+      <c r="AC80" s="307"/>
+      <c r="AD80" s="307"/>
+      <c r="AE80" s="307"/>
+      <c r="AF80" s="307"/>
+      <c r="AG80" s="307"/>
+      <c r="AH80" s="307"/>
+      <c r="AI80" s="307"/>
+      <c r="AJ80" s="307"/>
+      <c r="AK80" s="307"/>
+      <c r="AL80" s="307"/>
+      <c r="AM80" s="307"/>
+      <c r="AN80" s="307"/>
+      <c r="AO80" s="307"/>
+      <c r="AP80" s="5"/>
+      <c r="AQ80" s="5"/>
     </row>
     <row r="81" spans="2:43" ht="20.25" customHeight="1">
-      <c r="B81" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ81" s="6"/>
+      <c r="B81" s="5"/>
+      <c r="C81" s="9"/>
+      <c r="D81" s="9"/>
+      <c r="E81" s="376"/>
+      <c r="F81" s="376"/>
+      <c r="G81" s="376"/>
+      <c r="H81" s="376"/>
+      <c r="I81" s="376"/>
+      <c r="J81" s="376"/>
+      <c r="K81" s="376"/>
+      <c r="L81" s="376"/>
+      <c r="M81" s="376"/>
+      <c r="N81" s="378"/>
+      <c r="O81" s="378"/>
+      <c r="P81" s="378"/>
+      <c r="Q81" s="378"/>
+      <c r="R81" s="378"/>
+      <c r="S81" s="378"/>
+      <c r="T81" s="378"/>
+      <c r="U81" s="378"/>
+      <c r="V81" s="378"/>
+      <c r="W81" s="378"/>
+      <c r="X81" s="378"/>
+      <c r="Y81" s="9"/>
+      <c r="Z81" s="9"/>
+      <c r="AA81" s="9"/>
+      <c r="AB81" s="307"/>
+      <c r="AC81" s="307"/>
+      <c r="AD81" s="307"/>
+      <c r="AE81" s="307"/>
+      <c r="AF81" s="307"/>
+      <c r="AG81" s="307"/>
+      <c r="AH81" s="307"/>
+      <c r="AI81" s="307"/>
+      <c r="AJ81" s="307"/>
+      <c r="AK81" s="307"/>
+      <c r="AL81" s="307"/>
+      <c r="AM81" s="307"/>
+      <c r="AN81" s="307"/>
+      <c r="AO81" s="307"/>
+      <c r="AP81" s="5"/>
+      <c r="AQ81" s="5"/>
     </row>
     <row r="82" spans="2:43" ht="20.25" customHeight="1">
-      <c r="B82" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ82" s="6"/>
+      <c r="B82" s="5"/>
+      <c r="C82" s="9"/>
+      <c r="D82" s="9"/>
+      <c r="E82" s="377"/>
+      <c r="F82" s="377"/>
+      <c r="G82" s="377"/>
+      <c r="H82" s="377"/>
+      <c r="I82" s="377"/>
+      <c r="J82" s="377"/>
+      <c r="K82" s="377"/>
+      <c r="L82" s="377"/>
+      <c r="M82" s="377"/>
+      <c r="N82" s="379"/>
+      <c r="O82" s="379"/>
+      <c r="P82" s="379"/>
+      <c r="Q82" s="379"/>
+      <c r="R82" s="379"/>
+      <c r="S82" s="379"/>
+      <c r="T82" s="379"/>
+      <c r="U82" s="379"/>
+      <c r="V82" s="379"/>
+      <c r="W82" s="379"/>
+      <c r="X82" s="379"/>
+      <c r="Y82" s="9"/>
+      <c r="Z82" s="9"/>
+      <c r="AA82" s="9"/>
+      <c r="AB82" s="308"/>
+      <c r="AC82" s="308"/>
+      <c r="AD82" s="308"/>
+      <c r="AE82" s="308"/>
+      <c r="AF82" s="308"/>
+      <c r="AG82" s="308"/>
+      <c r="AH82" s="308"/>
+      <c r="AI82" s="308"/>
+      <c r="AJ82" s="308"/>
+      <c r="AK82" s="308"/>
+      <c r="AL82" s="308"/>
+      <c r="AM82" s="308"/>
+      <c r="AN82" s="308"/>
+      <c r="AO82" s="308"/>
+      <c r="AP82" s="5"/>
+      <c r="AQ82" s="5"/>
     </row>
     <row r="83" spans="2:43" ht="18">
-      <c r="B83" s="6"/>
-[...2 lines deleted...]
-      <c r="E83" s="370" t="s">
+      <c r="B83" s="5"/>
+      <c r="C83" s="5"/>
+      <c r="D83" s="5"/>
+      <c r="E83" s="375" t="s">
         <v>105</v>
       </c>
-      <c r="F83" s="370"/>
-[...7 lines deleted...]
-      <c r="N83" s="370" t="s">
+      <c r="F83" s="375"/>
+      <c r="G83" s="375"/>
+      <c r="H83" s="375"/>
+      <c r="I83" s="375"/>
+      <c r="J83" s="375"/>
+      <c r="K83" s="375"/>
+      <c r="L83" s="375"/>
+      <c r="M83" s="375"/>
+      <c r="N83" s="375" t="s">
         <v>108</v>
       </c>
-      <c r="O83" s="370"/>
-[...12 lines deleted...]
-      <c r="AB83" s="370" t="s">
+      <c r="O83" s="375"/>
+      <c r="P83" s="375"/>
+      <c r="Q83" s="375"/>
+      <c r="R83" s="375"/>
+      <c r="S83" s="375"/>
+      <c r="T83" s="375"/>
+      <c r="U83" s="375"/>
+      <c r="V83" s="375"/>
+      <c r="W83" s="375"/>
+      <c r="X83" s="375"/>
+      <c r="Y83" s="11"/>
+      <c r="Z83" s="11"/>
+      <c r="AA83" s="11"/>
+      <c r="AB83" s="375" t="s">
         <v>79</v>
       </c>
-      <c r="AC83" s="370"/>
-[...13 lines deleted...]
-      <c r="AQ83" s="6"/>
+      <c r="AC83" s="375"/>
+      <c r="AD83" s="375"/>
+      <c r="AE83" s="375"/>
+      <c r="AF83" s="375"/>
+      <c r="AG83" s="375"/>
+      <c r="AH83" s="375"/>
+      <c r="AI83" s="375"/>
+      <c r="AJ83" s="375"/>
+      <c r="AK83" s="375"/>
+      <c r="AL83" s="375"/>
+      <c r="AM83" s="375"/>
+      <c r="AN83" s="375"/>
+      <c r="AO83" s="375"/>
+      <c r="AP83" s="5"/>
+      <c r="AQ83" s="5"/>
     </row>
     <row r="84" spans="2:43">
-      <c r="B84" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ84" s="6"/>
+      <c r="B84" s="5"/>
+      <c r="C84" s="5"/>
+      <c r="D84" s="5"/>
+      <c r="E84" s="5"/>
+      <c r="F84" s="5"/>
+      <c r="G84" s="5"/>
+      <c r="H84" s="5"/>
+      <c r="I84" s="5"/>
+      <c r="J84" s="5"/>
+      <c r="K84" s="5"/>
+      <c r="L84" s="5"/>
+      <c r="M84" s="5"/>
+      <c r="N84" s="5"/>
+      <c r="O84" s="5"/>
+      <c r="P84" s="5"/>
+      <c r="Q84" s="5"/>
+      <c r="R84" s="5"/>
+      <c r="S84" s="5"/>
+      <c r="T84" s="5"/>
+      <c r="U84" s="5"/>
+      <c r="V84" s="5"/>
+      <c r="W84" s="5"/>
+      <c r="X84" s="5"/>
+      <c r="Y84" s="5"/>
+      <c r="Z84" s="5"/>
+      <c r="AA84" s="5"/>
+      <c r="AB84" s="5"/>
+      <c r="AC84" s="5"/>
+      <c r="AD84" s="5"/>
+      <c r="AE84" s="5"/>
+      <c r="AF84" s="5"/>
+      <c r="AG84" s="5"/>
+      <c r="AH84" s="5"/>
+      <c r="AI84" s="5"/>
+      <c r="AJ84" s="5"/>
+      <c r="AK84" s="5"/>
+      <c r="AL84" s="5"/>
+      <c r="AM84" s="5"/>
+      <c r="AN84" s="5"/>
+      <c r="AO84" s="5"/>
+      <c r="AP84" s="5"/>
+      <c r="AQ84" s="5"/>
     </row>
     <row r="98" spans="3:29" ht="18">
-      <c r="C98" s="30" t="s">
+      <c r="C98" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="G98" s="64" t="s">
+      <c r="G98" s="56" t="s">
         <v>103</v>
       </c>
-      <c r="H98" s="35"/>
-[...8 lines deleted...]
-      <c r="Q98" s="306" t="s">
+      <c r="H98" s="25"/>
+      <c r="I98" s="25"/>
+      <c r="J98" s="25"/>
+      <c r="K98" s="25"/>
+      <c r="L98" s="25"/>
+      <c r="M98" s="25"/>
+      <c r="N98" s="25"/>
+      <c r="O98" s="25"/>
+      <c r="P98" s="25"/>
+      <c r="Q98" s="305" t="s">
         <v>46</v>
       </c>
-      <c r="R98" s="306"/>
-      <c r="U98" s="219" t="s">
+      <c r="R98" s="305"/>
+      <c r="U98" s="258" t="s">
         <v>47</v>
       </c>
-      <c r="V98" s="219"/>
-[...2 lines deleted...]
-      <c r="AB98" s="224" t="s">
+      <c r="V98" s="258"/>
+      <c r="W98" s="258"/>
+      <c r="X98" s="258"/>
+      <c r="AB98" s="268" t="s">
         <v>48</v>
       </c>
-      <c r="AC98" s="224"/>
+      <c r="AC98" s="268"/>
     </row>
     <row r="99" spans="3:29" ht="18">
-      <c r="C99" s="30"/>
-[...10 lines deleted...]
-      <c r="Q99" s="306">
+      <c r="C99" s="28"/>
+      <c r="G99" s="56"/>
+      <c r="H99" s="25"/>
+      <c r="I99" s="25"/>
+      <c r="J99" s="25"/>
+      <c r="K99" s="25"/>
+      <c r="L99" s="25"/>
+      <c r="M99" s="25"/>
+      <c r="N99" s="25"/>
+      <c r="O99" s="25"/>
+      <c r="P99" s="25"/>
+      <c r="Q99" s="305">
         <v>1</v>
       </c>
-      <c r="R99" s="306"/>
-      <c r="U99" s="219" t="s">
+      <c r="R99" s="305"/>
+      <c r="U99" s="258" t="s">
         <v>50</v>
       </c>
-      <c r="V99" s="219"/>
-[...5 lines deleted...]
-      <c r="AC99" s="223"/>
+      <c r="V99" s="258"/>
+      <c r="W99" s="258"/>
+      <c r="X99" s="258"/>
+      <c r="AB99" s="257">
+        <v>2026</v>
+      </c>
+      <c r="AC99" s="257"/>
     </row>
     <row r="100" spans="3:29" ht="18">
-      <c r="C100" s="34" t="s">
+      <c r="C100" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="D100" s="34"/>
-      <c r="G100" s="65" t="s">
+      <c r="D100" s="28"/>
+      <c r="G100" s="50" t="s">
         <v>160</v>
       </c>
-      <c r="H100" s="35"/>
-[...8 lines deleted...]
-      <c r="Q100" s="306">
+      <c r="H100" s="25"/>
+      <c r="I100" s="25"/>
+      <c r="J100" s="25"/>
+      <c r="K100" s="25"/>
+      <c r="L100" s="25"/>
+      <c r="M100" s="25"/>
+      <c r="N100" s="25"/>
+      <c r="O100" s="25"/>
+      <c r="P100" s="25"/>
+      <c r="Q100" s="305">
         <v>2</v>
       </c>
-      <c r="R100" s="306"/>
-      <c r="U100" s="219" t="s">
+      <c r="R100" s="305"/>
+      <c r="U100" s="258" t="s">
         <v>51</v>
       </c>
-      <c r="V100" s="219"/>
-[...5 lines deleted...]
-      <c r="AC100" s="223"/>
+      <c r="V100" s="258"/>
+      <c r="W100" s="258"/>
+      <c r="X100" s="258"/>
+      <c r="AB100" s="257">
+        <v>2027</v>
+      </c>
+      <c r="AC100" s="257"/>
     </row>
     <row r="101" spans="3:29" ht="18">
-      <c r="C101" s="34" t="s">
+      <c r="C101" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="D101" s="34"/>
-      <c r="G101" s="65" t="s">
+      <c r="D101" s="28"/>
+      <c r="G101" s="50" t="s">
         <v>31</v>
       </c>
-      <c r="H101" s="35"/>
-[...8 lines deleted...]
-      <c r="Q101" s="306">
+      <c r="H101" s="25"/>
+      <c r="I101" s="25"/>
+      <c r="J101" s="25"/>
+      <c r="K101" s="25"/>
+      <c r="L101" s="25"/>
+      <c r="M101" s="25"/>
+      <c r="N101" s="25"/>
+      <c r="O101" s="25"/>
+      <c r="P101" s="25"/>
+      <c r="Q101" s="305">
         <v>3</v>
       </c>
-      <c r="R101" s="306"/>
-      <c r="U101" s="219" t="s">
+      <c r="R101" s="305"/>
+      <c r="U101" s="258" t="s">
         <v>52</v>
       </c>
-      <c r="V101" s="219"/>
-[...5 lines deleted...]
-      <c r="AC101" s="223"/>
+      <c r="V101" s="258"/>
+      <c r="W101" s="258"/>
+      <c r="X101" s="258"/>
+      <c r="AB101" s="257">
+        <v>2028</v>
+      </c>
+      <c r="AC101" s="257"/>
     </row>
     <row r="102" spans="3:29" ht="18">
-      <c r="C102" s="34" t="s">
+      <c r="C102" s="28" t="s">
         <v>8</v>
       </c>
-      <c r="D102" s="34"/>
-      <c r="G102" s="65" t="s">
+      <c r="D102" s="28"/>
+      <c r="G102" s="50" t="s">
         <v>158</v>
       </c>
-      <c r="H102" s="35"/>
-[...8 lines deleted...]
-      <c r="Q102" s="306">
+      <c r="H102" s="25"/>
+      <c r="I102" s="25"/>
+      <c r="J102" s="25"/>
+      <c r="K102" s="25"/>
+      <c r="L102" s="25"/>
+      <c r="M102" s="25"/>
+      <c r="N102" s="25"/>
+      <c r="O102" s="25"/>
+      <c r="P102" s="25"/>
+      <c r="Q102" s="305">
         <v>4</v>
       </c>
-      <c r="R102" s="306"/>
-      <c r="U102" s="219" t="s">
+      <c r="R102" s="305"/>
+      <c r="U102" s="258" t="s">
         <v>53</v>
       </c>
-      <c r="V102" s="219"/>
-[...5 lines deleted...]
-      <c r="AC102" s="223"/>
+      <c r="V102" s="258"/>
+      <c r="W102" s="258"/>
+      <c r="X102" s="258"/>
+      <c r="AB102" s="257">
+        <v>2029</v>
+      </c>
+      <c r="AC102" s="257"/>
     </row>
     <row r="103" spans="3:29" ht="18">
-      <c r="C103" s="34" t="s">
+      <c r="C103" s="28" t="s">
         <v>9</v>
       </c>
-      <c r="D103" s="34"/>
-      <c r="G103" s="65" t="s">
+      <c r="D103" s="28"/>
+      <c r="G103" s="50" t="s">
         <v>170</v>
       </c>
-      <c r="H103" s="35"/>
-[...8 lines deleted...]
-      <c r="Q103" s="306">
+      <c r="H103" s="25"/>
+      <c r="I103" s="25"/>
+      <c r="J103" s="25"/>
+      <c r="K103" s="25"/>
+      <c r="L103" s="25"/>
+      <c r="M103" s="25"/>
+      <c r="N103" s="25"/>
+      <c r="O103" s="25"/>
+      <c r="P103" s="25"/>
+      <c r="Q103" s="305">
         <v>5</v>
       </c>
-      <c r="R103" s="306"/>
-      <c r="U103" s="219" t="s">
+      <c r="R103" s="305"/>
+      <c r="U103" s="258" t="s">
         <v>54</v>
       </c>
-      <c r="V103" s="219"/>
-[...5 lines deleted...]
-      <c r="AC103" s="223"/>
+      <c r="V103" s="258"/>
+      <c r="W103" s="258"/>
+      <c r="X103" s="258"/>
+      <c r="AB103" s="257">
+        <v>2030</v>
+      </c>
+      <c r="AC103" s="257"/>
     </row>
     <row r="104" spans="3:29" ht="18">
-      <c r="C104" s="34" t="s">
+      <c r="C104" s="28" t="s">
         <v>10</v>
       </c>
-      <c r="D104" s="34"/>
-      <c r="G104" s="65" t="s">
+      <c r="D104" s="28"/>
+      <c r="G104" s="50" t="s">
         <v>162</v>
       </c>
-      <c r="H104" s="35"/>
-[...8 lines deleted...]
-      <c r="Q104" s="306">
+      <c r="H104" s="25"/>
+      <c r="I104" s="25"/>
+      <c r="J104" s="25"/>
+      <c r="K104" s="25"/>
+      <c r="L104" s="25"/>
+      <c r="M104" s="25"/>
+      <c r="N104" s="25"/>
+      <c r="O104" s="25"/>
+      <c r="P104" s="25"/>
+      <c r="Q104" s="305">
         <v>6</v>
       </c>
-      <c r="R104" s="306"/>
-      <c r="U104" s="219" t="s">
+      <c r="R104" s="305"/>
+      <c r="U104" s="258" t="s">
         <v>55</v>
       </c>
-      <c r="V104" s="219"/>
-[...5 lines deleted...]
-      <c r="AC104" s="223"/>
+      <c r="V104" s="258"/>
+      <c r="W104" s="258"/>
+      <c r="X104" s="258"/>
+      <c r="AB104" s="257">
+        <v>2031</v>
+      </c>
+      <c r="AC104" s="257"/>
     </row>
     <row r="105" spans="3:29" ht="18">
-      <c r="C105" s="34" t="s">
+      <c r="C105" s="28" t="s">
         <v>115</v>
       </c>
-      <c r="G105" s="65" t="s">
+      <c r="G105" s="50" t="s">
         <v>166</v>
       </c>
-      <c r="H105" s="35"/>
-[...8 lines deleted...]
-      <c r="Q105" s="306">
+      <c r="H105" s="25"/>
+      <c r="I105" s="25"/>
+      <c r="J105" s="25"/>
+      <c r="K105" s="25"/>
+      <c r="L105" s="25"/>
+      <c r="M105" s="25"/>
+      <c r="N105" s="25"/>
+      <c r="O105" s="25"/>
+      <c r="P105" s="25"/>
+      <c r="Q105" s="305">
         <v>7</v>
       </c>
-      <c r="R105" s="306"/>
-      <c r="U105" s="219" t="s">
+      <c r="R105" s="305"/>
+      <c r="U105" s="258" t="s">
         <v>56</v>
       </c>
-      <c r="V105" s="219"/>
-[...5 lines deleted...]
-      <c r="AC105" s="328"/>
+      <c r="V105" s="258"/>
+      <c r="W105" s="258"/>
+      <c r="X105" s="258"/>
+      <c r="AB105" s="257">
+        <v>2032</v>
+      </c>
+      <c r="AC105" s="257"/>
     </row>
     <row r="106" spans="3:29" ht="18">
-      <c r="G106" s="65" t="s">
+      <c r="G106" s="50" t="s">
         <v>15</v>
       </c>
-      <c r="H106" s="35"/>
-[...8 lines deleted...]
-      <c r="Q106" s="306">
+      <c r="H106" s="25"/>
+      <c r="I106" s="25"/>
+      <c r="J106" s="25"/>
+      <c r="K106" s="25"/>
+      <c r="L106" s="25"/>
+      <c r="M106" s="25"/>
+      <c r="N106" s="25"/>
+      <c r="O106" s="25"/>
+      <c r="P106" s="25"/>
+      <c r="Q106" s="305">
         <v>8</v>
       </c>
-      <c r="R106" s="306"/>
-      <c r="U106" s="219" t="s">
+      <c r="R106" s="305"/>
+      <c r="U106" s="258" t="s">
         <v>57</v>
       </c>
-      <c r="V106" s="219"/>
-[...5 lines deleted...]
-      <c r="AC106" s="223"/>
+      <c r="V106" s="258"/>
+      <c r="W106" s="258"/>
+      <c r="X106" s="258"/>
+      <c r="AB106" s="257">
+        <v>2033</v>
+      </c>
+      <c r="AC106" s="257"/>
     </row>
     <row r="107" spans="3:29" ht="18">
-      <c r="G107" s="65" t="s">
+      <c r="G107" s="50" t="s">
         <v>167</v>
       </c>
-      <c r="H107" s="35"/>
-[...8 lines deleted...]
-      <c r="Q107" s="306">
+      <c r="H107" s="25"/>
+      <c r="I107" s="25"/>
+      <c r="J107" s="25"/>
+      <c r="K107" s="25"/>
+      <c r="L107" s="25"/>
+      <c r="M107" s="25"/>
+      <c r="N107" s="25"/>
+      <c r="O107" s="25"/>
+      <c r="P107" s="25"/>
+      <c r="Q107" s="305">
         <v>9</v>
       </c>
-      <c r="R107" s="306"/>
-      <c r="U107" s="219" t="s">
+      <c r="R107" s="305"/>
+      <c r="U107" s="258" t="s">
         <v>58</v>
       </c>
-      <c r="V107" s="219"/>
-[...5 lines deleted...]
-      <c r="AC107" s="223"/>
+      <c r="V107" s="258"/>
+      <c r="W107" s="258"/>
+      <c r="X107" s="258"/>
+      <c r="AB107" s="257">
+        <v>2034</v>
+      </c>
+      <c r="AC107" s="257"/>
     </row>
     <row r="108" spans="3:29" ht="18">
-      <c r="G108" s="65" t="s">
+      <c r="G108" s="50" t="s">
         <v>168</v>
       </c>
-      <c r="H108" s="35"/>
-[...8 lines deleted...]
-      <c r="Q108" s="306">
+      <c r="H108" s="25"/>
+      <c r="I108" s="25"/>
+      <c r="J108" s="25"/>
+      <c r="K108" s="25"/>
+      <c r="L108" s="25"/>
+      <c r="M108" s="25"/>
+      <c r="N108" s="25"/>
+      <c r="O108" s="25"/>
+      <c r="P108" s="25"/>
+      <c r="Q108" s="305">
         <v>10</v>
       </c>
-      <c r="R108" s="306"/>
-      <c r="U108" s="219" t="s">
+      <c r="R108" s="305"/>
+      <c r="U108" s="258" t="s">
         <v>59</v>
       </c>
-      <c r="V108" s="219"/>
-[...5 lines deleted...]
-      <c r="AC108" s="223"/>
+      <c r="V108" s="258"/>
+      <c r="W108" s="258"/>
+      <c r="X108" s="258"/>
+      <c r="AB108" s="257">
+        <v>2035</v>
+      </c>
+      <c r="AC108" s="257"/>
     </row>
     <row r="109" spans="3:29" ht="18">
-      <c r="G109" s="65" t="s">
+      <c r="G109" s="50" t="s">
         <v>19</v>
       </c>
-      <c r="H109" s="35"/>
-[...8 lines deleted...]
-      <c r="Q109" s="306">
+      <c r="H109" s="25"/>
+      <c r="I109" s="25"/>
+      <c r="J109" s="25"/>
+      <c r="K109" s="25"/>
+      <c r="L109" s="25"/>
+      <c r="M109" s="25"/>
+      <c r="N109" s="25"/>
+      <c r="O109" s="25"/>
+      <c r="P109" s="25"/>
+      <c r="Q109" s="305">
         <v>11</v>
       </c>
-      <c r="R109" s="306"/>
-      <c r="U109" s="219" t="s">
+      <c r="R109" s="305"/>
+      <c r="U109" s="258" t="s">
         <v>60</v>
       </c>
-      <c r="V109" s="219"/>
-[...5 lines deleted...]
-      <c r="AC109" s="223"/>
+      <c r="V109" s="258"/>
+      <c r="W109" s="258"/>
+      <c r="X109" s="258"/>
+      <c r="AB109" s="257">
+        <v>2036</v>
+      </c>
+      <c r="AC109" s="257"/>
     </row>
     <row r="110" spans="3:29" ht="18">
-      <c r="G110" s="65" t="s">
+      <c r="G110" s="50" t="s">
         <v>163</v>
       </c>
-      <c r="H110" s="35"/>
-[...8 lines deleted...]
-      <c r="Q110" s="306">
+      <c r="H110" s="25"/>
+      <c r="I110" s="25"/>
+      <c r="J110" s="25"/>
+      <c r="K110" s="25"/>
+      <c r="L110" s="25"/>
+      <c r="M110" s="25"/>
+      <c r="N110" s="25"/>
+      <c r="O110" s="25"/>
+      <c r="P110" s="25"/>
+      <c r="Q110" s="305">
         <v>12</v>
       </c>
-      <c r="R110" s="306"/>
-      <c r="U110" s="219" t="s">
+      <c r="R110" s="305"/>
+      <c r="U110" s="258" t="s">
         <v>61</v>
       </c>
-      <c r="V110" s="219"/>
-[...5 lines deleted...]
-      <c r="AC110" s="223"/>
+      <c r="V110" s="258"/>
+      <c r="W110" s="258"/>
+      <c r="X110" s="258"/>
+      <c r="AB110" s="257">
+        <v>2037</v>
+      </c>
+      <c r="AC110" s="257"/>
     </row>
     <row r="111" spans="3:29" ht="18">
-      <c r="G111" s="65" t="s">
+      <c r="G111" s="50" t="s">
         <v>161</v>
       </c>
-      <c r="H111" s="35"/>
-[...8 lines deleted...]
-      <c r="Q111" s="306">
+      <c r="H111" s="25"/>
+      <c r="I111" s="25"/>
+      <c r="J111" s="25"/>
+      <c r="K111" s="25"/>
+      <c r="L111" s="25"/>
+      <c r="M111" s="25"/>
+      <c r="N111" s="25"/>
+      <c r="O111" s="25"/>
+      <c r="P111" s="25"/>
+      <c r="Q111" s="305">
         <v>13</v>
       </c>
-      <c r="R111" s="306"/>
-[...3 lines deleted...]
-      <c r="AC111" s="223"/>
+      <c r="R111" s="305"/>
+      <c r="AB111" s="257">
+        <v>2038</v>
+      </c>
+      <c r="AC111" s="257"/>
     </row>
     <row r="112" spans="3:29" ht="18">
-      <c r="G112" s="65" t="s">
+      <c r="G112" s="50" t="s">
         <v>165</v>
       </c>
-      <c r="H112" s="35"/>
-[...8 lines deleted...]
-      <c r="Q112" s="306">
+      <c r="H112" s="25"/>
+      <c r="I112" s="25"/>
+      <c r="J112" s="25"/>
+      <c r="K112" s="25"/>
+      <c r="L112" s="25"/>
+      <c r="M112" s="25"/>
+      <c r="N112" s="25"/>
+      <c r="O112" s="25"/>
+      <c r="P112" s="25"/>
+      <c r="Q112" s="305">
         <v>14</v>
       </c>
-      <c r="R112" s="306"/>
-[...3 lines deleted...]
-      <c r="AC112" s="223"/>
+      <c r="R112" s="305"/>
+      <c r="AB112" s="257">
+        <v>2039</v>
+      </c>
+      <c r="AC112" s="257"/>
     </row>
     <row r="113" spans="7:29" ht="18">
-      <c r="G113" s="65" t="s">
+      <c r="G113" s="50" t="s">
         <v>164</v>
       </c>
-      <c r="H113" s="35"/>
-[...8 lines deleted...]
-      <c r="Q113" s="306">
+      <c r="H113" s="25"/>
+      <c r="I113" s="25"/>
+      <c r="J113" s="25"/>
+      <c r="K113" s="25"/>
+      <c r="L113" s="25"/>
+      <c r="M113" s="25"/>
+      <c r="N113" s="25"/>
+      <c r="O113" s="25"/>
+      <c r="P113" s="25"/>
+      <c r="Q113" s="305">
         <v>15</v>
       </c>
-      <c r="R113" s="306"/>
-[...3 lines deleted...]
-      <c r="AC113" s="223"/>
+      <c r="R113" s="305"/>
+      <c r="AB113" s="257">
+        <v>2040</v>
+      </c>
+      <c r="AC113" s="257"/>
     </row>
     <row r="114" spans="7:29" ht="18">
-      <c r="G114" s="65" t="s">
+      <c r="G114" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="H114" s="35"/>
-[...8 lines deleted...]
-      <c r="Q114" s="306">
+      <c r="H114" s="25"/>
+      <c r="I114" s="25"/>
+      <c r="J114" s="25"/>
+      <c r="K114" s="25"/>
+      <c r="L114" s="25"/>
+      <c r="M114" s="25"/>
+      <c r="N114" s="25"/>
+      <c r="O114" s="25"/>
+      <c r="P114" s="25"/>
+      <c r="Q114" s="305">
         <v>16</v>
       </c>
-      <c r="R114" s="306"/>
+      <c r="R114" s="305"/>
     </row>
     <row r="115" spans="7:29" ht="18">
-      <c r="G115" s="65" t="s">
+      <c r="G115" s="50" t="s">
         <v>157</v>
       </c>
-      <c r="H115" s="35"/>
-[...8 lines deleted...]
-      <c r="Q115" s="306">
+      <c r="H115" s="25"/>
+      <c r="I115" s="25"/>
+      <c r="J115" s="25"/>
+      <c r="K115" s="25"/>
+      <c r="L115" s="25"/>
+      <c r="M115" s="25"/>
+      <c r="N115" s="25"/>
+      <c r="O115" s="25"/>
+      <c r="P115" s="25"/>
+      <c r="Q115" s="305">
         <v>17</v>
       </c>
-      <c r="R115" s="306"/>
+      <c r="R115" s="305"/>
     </row>
     <row r="116" spans="7:29" ht="18">
-      <c r="G116" s="65" t="s">
+      <c r="G116" s="50" t="s">
         <v>169</v>
       </c>
-      <c r="H116" s="35"/>
-[...8 lines deleted...]
-      <c r="Q116" s="306">
+      <c r="H116" s="25"/>
+      <c r="I116" s="25"/>
+      <c r="J116" s="25"/>
+      <c r="K116" s="25"/>
+      <c r="L116" s="25"/>
+      <c r="M116" s="25"/>
+      <c r="N116" s="25"/>
+      <c r="O116" s="25"/>
+      <c r="P116" s="25"/>
+      <c r="Q116" s="305">
         <v>18</v>
       </c>
-      <c r="R116" s="306"/>
+      <c r="R116" s="305"/>
     </row>
     <row r="117" spans="7:29" ht="18">
-      <c r="G117" s="65" t="s">
+      <c r="G117" s="50" t="s">
         <v>28</v>
       </c>
-      <c r="H117" s="35"/>
-[...8 lines deleted...]
-      <c r="Q117" s="306">
+      <c r="H117" s="25"/>
+      <c r="I117" s="25"/>
+      <c r="J117" s="25"/>
+      <c r="K117" s="25"/>
+      <c r="L117" s="25"/>
+      <c r="M117" s="25"/>
+      <c r="N117" s="25"/>
+      <c r="O117" s="25"/>
+      <c r="P117" s="25"/>
+      <c r="Q117" s="305">
         <v>19</v>
       </c>
-      <c r="R117" s="306"/>
+      <c r="R117" s="305"/>
     </row>
     <row r="118" spans="7:29" ht="18">
-      <c r="G118" s="65" t="s">
+      <c r="G118" s="50" t="s">
         <v>27</v>
       </c>
-      <c r="H118" s="35"/>
-[...8 lines deleted...]
-      <c r="Q118" s="306">
+      <c r="H118" s="25"/>
+      <c r="I118" s="25"/>
+      <c r="J118" s="25"/>
+      <c r="K118" s="25"/>
+      <c r="L118" s="25"/>
+      <c r="M118" s="25"/>
+      <c r="N118" s="25"/>
+      <c r="O118" s="25"/>
+      <c r="P118" s="25"/>
+      <c r="Q118" s="305">
         <v>20</v>
       </c>
-      <c r="R118" s="306"/>
+      <c r="R118" s="305"/>
     </row>
     <row r="119" spans="7:29" ht="18">
-      <c r="G119" s="65" t="s">
+      <c r="G119" s="50" t="s">
         <v>32</v>
       </c>
-      <c r="H119" s="35"/>
-[...8 lines deleted...]
-      <c r="Q119" s="306">
+      <c r="H119" s="25"/>
+      <c r="I119" s="25"/>
+      <c r="J119" s="25"/>
+      <c r="K119" s="25"/>
+      <c r="L119" s="25"/>
+      <c r="M119" s="25"/>
+      <c r="N119" s="25"/>
+      <c r="O119" s="25"/>
+      <c r="P119" s="25"/>
+      <c r="Q119" s="305">
         <v>21</v>
       </c>
-      <c r="R119" s="306"/>
+      <c r="R119" s="305"/>
     </row>
     <row r="120" spans="7:29" ht="18">
-      <c r="H120" s="35"/>
-[...8 lines deleted...]
-      <c r="Q120" s="306">
+      <c r="H120" s="25"/>
+      <c r="I120" s="25"/>
+      <c r="J120" s="25"/>
+      <c r="K120" s="25"/>
+      <c r="L120" s="25"/>
+      <c r="M120" s="25"/>
+      <c r="N120" s="25"/>
+      <c r="O120" s="25"/>
+      <c r="P120" s="25"/>
+      <c r="Q120" s="305">
         <v>22</v>
       </c>
-      <c r="R120" s="306"/>
+      <c r="R120" s="305"/>
     </row>
     <row r="121" spans="7:29" ht="18">
-      <c r="H121" s="35"/>
-[...8 lines deleted...]
-      <c r="Q121" s="306">
+      <c r="H121" s="25"/>
+      <c r="I121" s="25"/>
+      <c r="J121" s="25"/>
+      <c r="K121" s="25"/>
+      <c r="L121" s="25"/>
+      <c r="M121" s="25"/>
+      <c r="N121" s="25"/>
+      <c r="O121" s="25"/>
+      <c r="P121" s="25"/>
+      <c r="Q121" s="305">
         <v>23</v>
       </c>
-      <c r="R121" s="306"/>
+      <c r="R121" s="305"/>
     </row>
     <row r="122" spans="7:29" ht="18">
-      <c r="H122" s="35"/>
-[...8 lines deleted...]
-      <c r="Q122" s="306">
+      <c r="H122" s="25"/>
+      <c r="I122" s="25"/>
+      <c r="J122" s="25"/>
+      <c r="K122" s="25"/>
+      <c r="L122" s="25"/>
+      <c r="M122" s="25"/>
+      <c r="N122" s="25"/>
+      <c r="O122" s="25"/>
+      <c r="P122" s="25"/>
+      <c r="Q122" s="305">
         <v>24</v>
       </c>
-      <c r="R122" s="306"/>
+      <c r="R122" s="305"/>
     </row>
     <row r="123" spans="7:29" ht="18">
-      <c r="H123" s="35"/>
-[...8 lines deleted...]
-      <c r="Q123" s="306">
+      <c r="H123" s="25"/>
+      <c r="I123" s="25"/>
+      <c r="J123" s="25"/>
+      <c r="K123" s="25"/>
+      <c r="L123" s="25"/>
+      <c r="M123" s="25"/>
+      <c r="N123" s="25"/>
+      <c r="O123" s="25"/>
+      <c r="P123" s="25"/>
+      <c r="Q123" s="305">
         <v>25</v>
       </c>
-      <c r="R123" s="306"/>
+      <c r="R123" s="305"/>
     </row>
     <row r="124" spans="7:29" ht="18">
-      <c r="H124" s="35"/>
-[...8 lines deleted...]
-      <c r="Q124" s="306">
+      <c r="H124" s="25"/>
+      <c r="I124" s="25"/>
+      <c r="J124" s="25"/>
+      <c r="K124" s="25"/>
+      <c r="L124" s="25"/>
+      <c r="M124" s="25"/>
+      <c r="N124" s="25"/>
+      <c r="O124" s="25"/>
+      <c r="P124" s="25"/>
+      <c r="Q124" s="305">
         <v>26</v>
       </c>
-      <c r="R124" s="306"/>
+      <c r="R124" s="305"/>
     </row>
     <row r="125" spans="7:29" ht="18">
-      <c r="H125" s="35"/>
-[...8 lines deleted...]
-      <c r="Q125" s="306">
+      <c r="H125" s="25"/>
+      <c r="I125" s="25"/>
+      <c r="J125" s="25"/>
+      <c r="K125" s="25"/>
+      <c r="L125" s="25"/>
+      <c r="M125" s="25"/>
+      <c r="N125" s="25"/>
+      <c r="O125" s="25"/>
+      <c r="P125" s="25"/>
+      <c r="Q125" s="305">
         <v>27</v>
       </c>
-      <c r="R125" s="306"/>
+      <c r="R125" s="305"/>
     </row>
     <row r="126" spans="7:29" ht="18">
-      <c r="H126" s="35"/>
-[...8 lines deleted...]
-      <c r="Q126" s="306">
+      <c r="H126" s="25"/>
+      <c r="I126" s="25"/>
+      <c r="J126" s="25"/>
+      <c r="K126" s="25"/>
+      <c r="L126" s="25"/>
+      <c r="M126" s="25"/>
+      <c r="N126" s="25"/>
+      <c r="O126" s="25"/>
+      <c r="P126" s="25"/>
+      <c r="Q126" s="305">
         <v>28</v>
       </c>
-      <c r="R126" s="306"/>
+      <c r="R126" s="305"/>
     </row>
     <row r="127" spans="7:29" ht="18">
-      <c r="H127" s="35"/>
-[...8 lines deleted...]
-      <c r="Q127" s="306">
+      <c r="H127" s="25"/>
+      <c r="I127" s="25"/>
+      <c r="J127" s="25"/>
+      <c r="K127" s="25"/>
+      <c r="L127" s="25"/>
+      <c r="M127" s="25"/>
+      <c r="N127" s="25"/>
+      <c r="O127" s="25"/>
+      <c r="P127" s="25"/>
+      <c r="Q127" s="305">
         <v>29</v>
       </c>
-      <c r="R127" s="306"/>
+      <c r="R127" s="305"/>
     </row>
     <row r="128" spans="7:29" ht="18">
-      <c r="H128" s="35"/>
-[...8 lines deleted...]
-      <c r="Q128" s="306">
+      <c r="H128" s="25"/>
+      <c r="I128" s="25"/>
+      <c r="J128" s="25"/>
+      <c r="K128" s="25"/>
+      <c r="L128" s="25"/>
+      <c r="M128" s="25"/>
+      <c r="N128" s="25"/>
+      <c r="O128" s="25"/>
+      <c r="P128" s="25"/>
+      <c r="Q128" s="305">
         <v>30</v>
       </c>
-      <c r="R128" s="306"/>
+      <c r="R128" s="305"/>
     </row>
     <row r="129" spans="17:24" ht="18">
-      <c r="Q129" s="306">
+      <c r="Q129" s="305">
         <v>31</v>
       </c>
-      <c r="R129" s="306"/>
+      <c r="R129" s="305"/>
     </row>
     <row r="134" spans="17:24">
       <c r="X134" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="180">
+    <mergeCell ref="AK15:AP15"/>
+    <mergeCell ref="AI15:AJ15"/>
+    <mergeCell ref="C29:AP29"/>
+    <mergeCell ref="AB30:AG30"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="F15:Y15"/>
+    <mergeCell ref="C19:AP19"/>
+    <mergeCell ref="F16:Y16"/>
+    <mergeCell ref="Q118:R118"/>
+    <mergeCell ref="Q111:R111"/>
+    <mergeCell ref="Q120:R120"/>
+    <mergeCell ref="Q121:R121"/>
+    <mergeCell ref="Q116:R116"/>
+    <mergeCell ref="Q115:R115"/>
+    <mergeCell ref="Q117:R117"/>
+    <mergeCell ref="Q113:R113"/>
+    <mergeCell ref="Q114:R114"/>
+    <mergeCell ref="Q112:R112"/>
+    <mergeCell ref="Q129:R129"/>
+    <mergeCell ref="Q127:R127"/>
+    <mergeCell ref="Q119:R119"/>
+    <mergeCell ref="Q125:R125"/>
+    <mergeCell ref="Q124:R124"/>
+    <mergeCell ref="Q128:R128"/>
+    <mergeCell ref="Q126:R126"/>
+    <mergeCell ref="Q123:R123"/>
+    <mergeCell ref="Q122:R122"/>
+    <mergeCell ref="AB113:AC113"/>
+    <mergeCell ref="AB112:AC112"/>
+    <mergeCell ref="AB111:AC111"/>
+    <mergeCell ref="AB105:AC105"/>
+    <mergeCell ref="AB106:AC106"/>
+    <mergeCell ref="AB110:AC110"/>
+    <mergeCell ref="V63:AO63"/>
+    <mergeCell ref="Q63:T63"/>
+    <mergeCell ref="U110:X110"/>
+    <mergeCell ref="Q107:R107"/>
+    <mergeCell ref="U106:X106"/>
+    <mergeCell ref="AB107:AC107"/>
+    <mergeCell ref="Q110:R110"/>
+    <mergeCell ref="U109:X109"/>
+    <mergeCell ref="AB108:AC108"/>
+    <mergeCell ref="U108:X108"/>
+    <mergeCell ref="Q104:R104"/>
+    <mergeCell ref="Q109:R109"/>
+    <mergeCell ref="AB109:AC109"/>
+    <mergeCell ref="Q108:R108"/>
+    <mergeCell ref="Q106:R106"/>
+    <mergeCell ref="U107:X107"/>
+    <mergeCell ref="U99:X99"/>
+    <mergeCell ref="U105:X105"/>
+    <mergeCell ref="Q102:R102"/>
+    <mergeCell ref="U101:X101"/>
+    <mergeCell ref="Q101:R101"/>
+    <mergeCell ref="Q105:R105"/>
+    <mergeCell ref="Q103:R103"/>
+    <mergeCell ref="AB101:AC101"/>
+    <mergeCell ref="F59:M59"/>
+    <mergeCell ref="F61:M61"/>
+    <mergeCell ref="F67:M67"/>
+    <mergeCell ref="S67:Y67"/>
+    <mergeCell ref="AB98:AC98"/>
+    <mergeCell ref="AB99:AC99"/>
+    <mergeCell ref="U98:X98"/>
+    <mergeCell ref="E83:M83"/>
+    <mergeCell ref="E80:M82"/>
+    <mergeCell ref="Q98:R98"/>
+    <mergeCell ref="N83:X83"/>
+    <mergeCell ref="V59:AO59"/>
+    <mergeCell ref="Q59:U59"/>
+    <mergeCell ref="Q61:U61"/>
+    <mergeCell ref="V61:AO61"/>
+    <mergeCell ref="AB83:AO83"/>
+    <mergeCell ref="N80:X82"/>
+    <mergeCell ref="AB80:AO82"/>
+    <mergeCell ref="F63:M63"/>
+    <mergeCell ref="F68:N69"/>
+    <mergeCell ref="AB104:AC104"/>
+    <mergeCell ref="U103:X103"/>
+    <mergeCell ref="U104:X104"/>
+    <mergeCell ref="AB103:AC103"/>
+    <mergeCell ref="AE44:AO44"/>
+    <mergeCell ref="L42:W42"/>
+    <mergeCell ref="AA42:AD42"/>
+    <mergeCell ref="E49:M49"/>
+    <mergeCell ref="W47:AD47"/>
+    <mergeCell ref="F45:H45"/>
+    <mergeCell ref="L44:W44"/>
+    <mergeCell ref="F75:AO75"/>
+    <mergeCell ref="F74:AO74"/>
+    <mergeCell ref="AB102:AC102"/>
+    <mergeCell ref="U102:X102"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="Q100:R100"/>
+    <mergeCell ref="AB100:AC100"/>
+    <mergeCell ref="U100:X100"/>
+    <mergeCell ref="F76:AO76"/>
+    <mergeCell ref="F55:M55"/>
+    <mergeCell ref="Q57:U57"/>
+    <mergeCell ref="V57:AO57"/>
+    <mergeCell ref="P6:Z6"/>
+    <mergeCell ref="V36:AO36"/>
+    <mergeCell ref="E44:J44"/>
+    <mergeCell ref="Q36:U36"/>
+    <mergeCell ref="AC16:AP16"/>
+    <mergeCell ref="Z16:AB16"/>
+    <mergeCell ref="C18:AP18"/>
+    <mergeCell ref="C17:AP17"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="F53:M53"/>
+    <mergeCell ref="Q53:X53"/>
+    <mergeCell ref="AD53:AL53"/>
+    <mergeCell ref="Q22:Z22"/>
+    <mergeCell ref="AD22:AL22"/>
+    <mergeCell ref="C31:AP31"/>
+    <mergeCell ref="AD24:AL24"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="AC15:AH15"/>
+    <mergeCell ref="E42:J42"/>
+    <mergeCell ref="F38:M38"/>
+    <mergeCell ref="F57:M57"/>
+    <mergeCell ref="AE42:AO42"/>
+    <mergeCell ref="AA44:AD44"/>
+    <mergeCell ref="AE5:AP5"/>
+    <mergeCell ref="M10:O10"/>
+    <mergeCell ref="AA7:AD7"/>
+    <mergeCell ref="Z10:AB10"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="C9:AB9"/>
+    <mergeCell ref="AA6:AD6"/>
+    <mergeCell ref="Q38:U38"/>
+    <mergeCell ref="V40:AO40"/>
+    <mergeCell ref="F36:M36"/>
+    <mergeCell ref="Q24:AA24"/>
+    <mergeCell ref="V38:AO38"/>
+    <mergeCell ref="Q25:AA25"/>
+    <mergeCell ref="E32:AJ32"/>
+    <mergeCell ref="C28:AP28"/>
+    <mergeCell ref="AD26:AL26"/>
+    <mergeCell ref="E34:AJ34"/>
+    <mergeCell ref="F40:M40"/>
+    <mergeCell ref="Q26:AA26"/>
+    <mergeCell ref="Q40:U40"/>
+    <mergeCell ref="C22:N22"/>
+    <mergeCell ref="E30:AA30"/>
+    <mergeCell ref="AG14:AP14"/>
+    <mergeCell ref="AD14:AF14"/>
+    <mergeCell ref="AA13:AP13"/>
+    <mergeCell ref="F11:AP11"/>
+    <mergeCell ref="F13:V13"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="F14:Q14"/>
+    <mergeCell ref="U14:AC14"/>
+    <mergeCell ref="R14:T14"/>
+    <mergeCell ref="U10:Y10"/>
+    <mergeCell ref="AC9:AP9"/>
     <mergeCell ref="C3:AP3"/>
     <mergeCell ref="W13:Z13"/>
     <mergeCell ref="C8:K8"/>
     <mergeCell ref="S10:T10"/>
     <mergeCell ref="H10:L10"/>
     <mergeCell ref="L6:O6"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="P10:R10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="G5:K5"/>
     <mergeCell ref="L8:AP8"/>
     <mergeCell ref="AA5:AD5"/>
     <mergeCell ref="G6:K6"/>
     <mergeCell ref="AC10:AP10"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="AE6:AP6"/>
     <mergeCell ref="G7:Z7"/>
     <mergeCell ref="P5:Z5"/>
     <mergeCell ref="C4:AP4"/>
     <mergeCell ref="C12:AP12"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="AE7:AP7"/>
-    <mergeCell ref="AA13:AP13"/>
-[...154 lines deleted...]
-    <mergeCell ref="F16:Y16"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <dataValidations count="5">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G100:G103 BJ17:BJ22"/>
-[...2 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F13 AA13:AP13">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="G100:G103 BJ17:BJ22" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
+    <dataValidation errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Kun &quot;x&quot;!" promptTitle="Sett inn &quot;x&quot;!" sqref="M67 M24 AN22 AN24 AN26:AN27 O27 AA22 O24 O36 O38 O40 O22 E24 G24 I24 K24" xr:uid="{00000000-0002-0000-0300-000001000000}"/>
+    <dataValidation operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AB30" xr:uid="{00000000-0002-0000-0300-000002000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F13 AA13:AP13" xr:uid="{00000000-0002-0000-0300-000003000000}">
       <formula1>$C$98:$C$105</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F14 U14:AC14 AG14:AP14 W47">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F14 U14:AC14 AG14:AP14 W47" xr:uid="{00000000-0002-0000-0300-000004000000}">
       <formula1>$G$98:$G$119</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.85" right="0.24" top="0.66" bottom="0.37" header="0.27" footer="0.28999999999999998"/>
   <pageSetup paperSize="9" scale="61" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;RBlankett VE-181 (Excel)</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor indexed="16"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BO96"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A17" zoomScale="75" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="75" workbookViewId="0">
       <selection activeCell="C17" sqref="C17:D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" customWidth="1"/>
     <col min="3" max="25" width="3.7109375" customWidth="1"/>
     <col min="26" max="26" width="4.28515625" customWidth="1"/>
     <col min="27" max="42" width="3.7109375" customWidth="1"/>
     <col min="43" max="43" width="1.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:67" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B2" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="6"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
     </row>
     <row r="3" spans="2:67" ht="91.5" customHeight="1">
-      <c r="B3" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="6"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="318"/>
+      <c r="D3" s="319"/>
+      <c r="E3" s="319"/>
+      <c r="F3" s="319"/>
+      <c r="G3" s="319"/>
+      <c r="H3" s="319"/>
+      <c r="I3" s="319"/>
+      <c r="J3" s="319"/>
+      <c r="K3" s="319"/>
+      <c r="L3" s="319"/>
+      <c r="M3" s="319"/>
+      <c r="N3" s="319"/>
+      <c r="O3" s="319"/>
+      <c r="P3" s="319"/>
+      <c r="Q3" s="319"/>
+      <c r="R3" s="319"/>
+      <c r="S3" s="319"/>
+      <c r="T3" s="319"/>
+      <c r="U3" s="319"/>
+      <c r="V3" s="319"/>
+      <c r="W3" s="319"/>
+      <c r="X3" s="319"/>
+      <c r="Y3" s="319"/>
+      <c r="Z3" s="319"/>
+      <c r="AA3" s="319"/>
+      <c r="AB3" s="319"/>
+      <c r="AC3" s="319"/>
+      <c r="AD3" s="319"/>
+      <c r="AE3" s="319"/>
+      <c r="AF3" s="319"/>
+      <c r="AG3" s="319"/>
+      <c r="AH3" s="319"/>
+      <c r="AI3" s="319"/>
+      <c r="AJ3" s="319"/>
+      <c r="AK3" s="319"/>
+      <c r="AL3" s="319"/>
+      <c r="AM3" s="319"/>
+      <c r="AN3" s="319"/>
+      <c r="AO3" s="319"/>
+      <c r="AP3" s="320"/>
+      <c r="AQ3" s="5"/>
     </row>
     <row r="4" spans="2:67" ht="32.25" customHeight="1">
-      <c r="B4" s="6"/>
-      <c r="C4" s="296" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="189" t="s">
         <v>305</v>
       </c>
-      <c r="D4" s="297"/>
-[...42 lines deleted...]
-      <c r="C5" s="411" t="s">
+      <c r="D4" s="190"/>
+      <c r="E4" s="190"/>
+      <c r="F4" s="190"/>
+      <c r="G4" s="190"/>
+      <c r="H4" s="190"/>
+      <c r="I4" s="190"/>
+      <c r="J4" s="190"/>
+      <c r="K4" s="190"/>
+      <c r="L4" s="190"/>
+      <c r="M4" s="190"/>
+      <c r="N4" s="190"/>
+      <c r="O4" s="190"/>
+      <c r="P4" s="190"/>
+      <c r="Q4" s="190"/>
+      <c r="R4" s="190"/>
+      <c r="S4" s="190"/>
+      <c r="T4" s="190"/>
+      <c r="U4" s="190"/>
+      <c r="V4" s="190"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="190"/>
+      <c r="AA4" s="190"/>
+      <c r="AB4" s="190"/>
+      <c r="AC4" s="190"/>
+      <c r="AD4" s="190"/>
+      <c r="AE4" s="190"/>
+      <c r="AF4" s="190"/>
+      <c r="AG4" s="190"/>
+      <c r="AH4" s="190"/>
+      <c r="AI4" s="190"/>
+      <c r="AJ4" s="190"/>
+      <c r="AK4" s="190"/>
+      <c r="AL4" s="190"/>
+      <c r="AM4" s="190"/>
+      <c r="AN4" s="190"/>
+      <c r="AO4" s="190"/>
+      <c r="AP4" s="191"/>
+      <c r="AQ4" s="5"/>
+    </row>
+    <row r="5" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B5" s="30"/>
+      <c r="C5" s="192" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="409"/>
-[...2 lines deleted...]
-      <c r="G5" s="380">
+      <c r="D5" s="193"/>
+      <c r="E5" s="193"/>
+      <c r="F5" s="193"/>
+      <c r="G5" s="330">
         <f>Arbeidsvarslingsplan!G5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="380"/>
-[...3 lines deleted...]
-      <c r="L5" s="409" t="s">
+      <c r="H5" s="330"/>
+      <c r="I5" s="330"/>
+      <c r="J5" s="330"/>
+      <c r="K5" s="330"/>
+      <c r="L5" s="193" t="s">
         <v>136</v>
       </c>
-      <c r="M5" s="409"/>
-[...2 lines deleted...]
-      <c r="P5" s="380">
+      <c r="M5" s="193"/>
+      <c r="N5" s="193"/>
+      <c r="O5" s="193"/>
+      <c r="P5" s="330">
         <f>Arbeidsvarslingsplan!P5</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="380"/>
-[...9 lines deleted...]
-      <c r="AA5" s="409" t="s">
+      <c r="Q5" s="330"/>
+      <c r="R5" s="330"/>
+      <c r="S5" s="330"/>
+      <c r="T5" s="330"/>
+      <c r="U5" s="330"/>
+      <c r="V5" s="330"/>
+      <c r="W5" s="330"/>
+      <c r="X5" s="330"/>
+      <c r="Y5" s="330"/>
+      <c r="Z5" s="330"/>
+      <c r="AA5" s="193" t="s">
         <v>43</v>
       </c>
-      <c r="AB5" s="409"/>
-[...2 lines deleted...]
-      <c r="AE5" s="380">
+      <c r="AB5" s="193"/>
+      <c r="AC5" s="193"/>
+      <c r="AD5" s="193"/>
+      <c r="AE5" s="330">
         <f>Arbeidsvarslingsplan!AE5</f>
         <v>0</v>
       </c>
-      <c r="AF5" s="380"/>
-[...19 lines deleted...]
-      <c r="C6" s="411" t="s">
+      <c r="AF5" s="330"/>
+      <c r="AG5" s="330"/>
+      <c r="AH5" s="330"/>
+      <c r="AI5" s="330"/>
+      <c r="AJ5" s="330"/>
+      <c r="AK5" s="330"/>
+      <c r="AL5" s="330"/>
+      <c r="AM5" s="330"/>
+      <c r="AN5" s="330"/>
+      <c r="AO5" s="330"/>
+      <c r="AP5" s="336"/>
+      <c r="AQ5" s="30"/>
+      <c r="BJ5" s="22"/>
+      <c r="BK5" s="22"/>
+      <c r="BL5" s="23"/>
+      <c r="BM5" s="23"/>
+      <c r="BN5" s="24"/>
+    </row>
+    <row r="6" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B6" s="30"/>
+      <c r="C6" s="192" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="409"/>
-[...2 lines deleted...]
-      <c r="G6" s="380">
+      <c r="D6" s="193"/>
+      <c r="E6" s="193"/>
+      <c r="F6" s="193"/>
+      <c r="G6" s="330">
         <f>Arbeidsvarslingsplan!G6</f>
         <v>0</v>
       </c>
-      <c r="H6" s="380"/>
-[...3 lines deleted...]
-      <c r="L6" s="409" t="s">
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="193" t="s">
         <v>118</v>
       </c>
-      <c r="M6" s="409"/>
-[...2 lines deleted...]
-      <c r="P6" s="380">
+      <c r="M6" s="193"/>
+      <c r="N6" s="193"/>
+      <c r="O6" s="193"/>
+      <c r="P6" s="330">
         <f>Arbeidsvarslingsplan!P6</f>
         <v>0</v>
       </c>
-      <c r="Q6" s="380"/>
-[...9 lines deleted...]
-      <c r="AA6" s="409" t="s">
+      <c r="Q6" s="330"/>
+      <c r="R6" s="330"/>
+      <c r="S6" s="330"/>
+      <c r="T6" s="330"/>
+      <c r="U6" s="330"/>
+      <c r="V6" s="330"/>
+      <c r="W6" s="330"/>
+      <c r="X6" s="330"/>
+      <c r="Y6" s="330"/>
+      <c r="Z6" s="330"/>
+      <c r="AA6" s="193" t="s">
         <v>119</v>
       </c>
-      <c r="AB6" s="409"/>
-[...2 lines deleted...]
-      <c r="AE6" s="380">
+      <c r="AB6" s="193"/>
+      <c r="AC6" s="193"/>
+      <c r="AD6" s="193"/>
+      <c r="AE6" s="330">
         <f>Arbeidsvarslingsplan!AE6</f>
         <v>0</v>
       </c>
-      <c r="AF6" s="380"/>
-[...19 lines deleted...]
-      <c r="C7" s="411" t="s">
+      <c r="AF6" s="330"/>
+      <c r="AG6" s="330"/>
+      <c r="AH6" s="330"/>
+      <c r="AI6" s="330"/>
+      <c r="AJ6" s="330"/>
+      <c r="AK6" s="330"/>
+      <c r="AL6" s="330"/>
+      <c r="AM6" s="330"/>
+      <c r="AN6" s="330"/>
+      <c r="AO6" s="330"/>
+      <c r="AP6" s="336"/>
+      <c r="AQ6" s="30"/>
+      <c r="BJ6" s="22"/>
+      <c r="BK6" s="22"/>
+      <c r="BL6" s="24"/>
+      <c r="BM6" s="24"/>
+      <c r="BN6" s="24"/>
+    </row>
+    <row r="7" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B7" s="30"/>
+      <c r="C7" s="192" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="409"/>
-[...2 lines deleted...]
-      <c r="G7" s="380">
+      <c r="D7" s="193"/>
+      <c r="E7" s="193"/>
+      <c r="F7" s="193"/>
+      <c r="G7" s="330">
         <f>Arbeidsvarslingsplan!G7</f>
         <v>0</v>
       </c>
-      <c r="H7" s="380"/>
-[...18 lines deleted...]
-      <c r="AA7" s="409" t="s">
+      <c r="H7" s="330"/>
+      <c r="I7" s="330"/>
+      <c r="J7" s="330"/>
+      <c r="K7" s="330"/>
+      <c r="L7" s="330"/>
+      <c r="M7" s="330"/>
+      <c r="N7" s="330"/>
+      <c r="O7" s="330"/>
+      <c r="P7" s="330"/>
+      <c r="Q7" s="330"/>
+      <c r="R7" s="330"/>
+      <c r="S7" s="330"/>
+      <c r="T7" s="330"/>
+      <c r="U7" s="330"/>
+      <c r="V7" s="330"/>
+      <c r="W7" s="330"/>
+      <c r="X7" s="330"/>
+      <c r="Y7" s="330"/>
+      <c r="Z7" s="330"/>
+      <c r="AA7" s="193" t="s">
         <v>49</v>
       </c>
-      <c r="AB7" s="409"/>
-[...2 lines deleted...]
-      <c r="AE7" s="400">
+      <c r="AB7" s="193"/>
+      <c r="AC7" s="193"/>
+      <c r="AD7" s="193"/>
+      <c r="AE7" s="338">
         <f>Arbeidsvarslingsplan!AE7</f>
         <v>0</v>
       </c>
-      <c r="AF7" s="400"/>
-[...19 lines deleted...]
-      <c r="C8" s="411" t="s">
+      <c r="AF7" s="338"/>
+      <c r="AG7" s="338"/>
+      <c r="AH7" s="338"/>
+      <c r="AI7" s="338"/>
+      <c r="AJ7" s="338"/>
+      <c r="AK7" s="338"/>
+      <c r="AL7" s="338"/>
+      <c r="AM7" s="338"/>
+      <c r="AN7" s="338"/>
+      <c r="AO7" s="338"/>
+      <c r="AP7" s="339"/>
+      <c r="AQ7" s="30"/>
+      <c r="BJ7" s="22"/>
+      <c r="BK7" s="22"/>
+      <c r="BL7" s="24"/>
+      <c r="BM7" s="24"/>
+      <c r="BN7" s="24"/>
+    </row>
+    <row r="8" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B8" s="30"/>
+      <c r="C8" s="192" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="409"/>
-[...7 lines deleted...]
-      <c r="L8" s="380">
+      <c r="D8" s="193"/>
+      <c r="E8" s="193"/>
+      <c r="F8" s="193"/>
+      <c r="G8" s="193"/>
+      <c r="H8" s="193"/>
+      <c r="I8" s="193"/>
+      <c r="J8" s="193"/>
+      <c r="K8" s="193"/>
+      <c r="L8" s="330">
         <f>Arbeidsvarslingsplan!L8</f>
         <v>0</v>
       </c>
-      <c r="M8" s="440"/>
-[...38 lines deleted...]
-      <c r="C9" s="411" t="s">
+      <c r="M8" s="408"/>
+      <c r="N8" s="408"/>
+      <c r="O8" s="408"/>
+      <c r="P8" s="408"/>
+      <c r="Q8" s="408"/>
+      <c r="R8" s="408"/>
+      <c r="S8" s="408"/>
+      <c r="T8" s="408"/>
+      <c r="U8" s="408"/>
+      <c r="V8" s="408"/>
+      <c r="W8" s="408"/>
+      <c r="X8" s="408"/>
+      <c r="Y8" s="408"/>
+      <c r="Z8" s="408"/>
+      <c r="AA8" s="408"/>
+      <c r="AB8" s="408"/>
+      <c r="AC8" s="408"/>
+      <c r="AD8" s="408"/>
+      <c r="AE8" s="408"/>
+      <c r="AF8" s="408"/>
+      <c r="AG8" s="408"/>
+      <c r="AH8" s="408"/>
+      <c r="AI8" s="408"/>
+      <c r="AJ8" s="408"/>
+      <c r="AK8" s="408"/>
+      <c r="AL8" s="408"/>
+      <c r="AM8" s="408"/>
+      <c r="AN8" s="408"/>
+      <c r="AO8" s="408"/>
+      <c r="AP8" s="409"/>
+      <c r="AQ8" s="30"/>
+      <c r="BJ8" s="22"/>
+      <c r="BK8" s="22"/>
+      <c r="BL8" s="24"/>
+      <c r="BM8" s="24"/>
+      <c r="BN8" s="24"/>
+    </row>
+    <row r="9" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B9" s="30"/>
+      <c r="C9" s="192" t="s">
         <v>104</v>
       </c>
-      <c r="D9" s="409"/>
-[...7 lines deleted...]
-      <c r="L9" s="380">
+      <c r="D9" s="193"/>
+      <c r="E9" s="193"/>
+      <c r="F9" s="193"/>
+      <c r="G9" s="193"/>
+      <c r="H9" s="193"/>
+      <c r="I9" s="193"/>
+      <c r="J9" s="193"/>
+      <c r="K9" s="193"/>
+      <c r="L9" s="330">
         <f>Risikovurdering!L9</f>
         <v>0</v>
       </c>
-      <c r="M9" s="380"/>
-[...13 lines deleted...]
-      <c r="AA9" s="409" t="s">
+      <c r="M9" s="330"/>
+      <c r="N9" s="330"/>
+      <c r="O9" s="330"/>
+      <c r="P9" s="330"/>
+      <c r="Q9" s="330"/>
+      <c r="R9" s="330"/>
+      <c r="S9" s="330"/>
+      <c r="T9" s="330"/>
+      <c r="U9" s="330"/>
+      <c r="V9" s="330"/>
+      <c r="W9" s="330"/>
+      <c r="X9" s="330"/>
+      <c r="Y9" s="330"/>
+      <c r="Z9" s="330"/>
+      <c r="AA9" s="193" t="s">
         <v>69</v>
       </c>
-      <c r="AB9" s="409"/>
-[...2 lines deleted...]
-      <c r="AE9" s="380">
+      <c r="AB9" s="193"/>
+      <c r="AC9" s="193"/>
+      <c r="AD9" s="193"/>
+      <c r="AE9" s="330">
         <f>Risikovurdering!AD9</f>
         <v>0</v>
       </c>
-      <c r="AF9" s="380"/>
-[...19 lines deleted...]
-      <c r="C10" s="411" t="s">
+      <c r="AF9" s="330"/>
+      <c r="AG9" s="330"/>
+      <c r="AH9" s="330"/>
+      <c r="AI9" s="330"/>
+      <c r="AJ9" s="330"/>
+      <c r="AK9" s="330"/>
+      <c r="AL9" s="330"/>
+      <c r="AM9" s="330"/>
+      <c r="AN9" s="330"/>
+      <c r="AO9" s="330"/>
+      <c r="AP9" s="336"/>
+      <c r="AQ9" s="30"/>
+      <c r="BJ9" s="22"/>
+      <c r="BK9" s="22"/>
+      <c r="BL9" s="24"/>
+      <c r="BM9" s="24"/>
+      <c r="BN9" s="24"/>
+    </row>
+    <row r="10" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B10" s="30"/>
+      <c r="C10" s="192" t="s">
         <v>288</v>
       </c>
-      <c r="D10" s="409"/>
-[...7 lines deleted...]
-      <c r="L10" s="380">
+      <c r="D10" s="193"/>
+      <c r="E10" s="193"/>
+      <c r="F10" s="193"/>
+      <c r="G10" s="193"/>
+      <c r="H10" s="193"/>
+      <c r="I10" s="193"/>
+      <c r="J10" s="193"/>
+      <c r="K10" s="193"/>
+      <c r="L10" s="330">
         <f>Arbeidsvarslingsplan!L12</f>
         <v>0</v>
       </c>
-      <c r="M10" s="380"/>
-[...38 lines deleted...]
-      <c r="C11" s="450" t="s">
+      <c r="M10" s="330"/>
+      <c r="N10" s="330"/>
+      <c r="O10" s="330"/>
+      <c r="P10" s="330"/>
+      <c r="Q10" s="330"/>
+      <c r="R10" s="330"/>
+      <c r="S10" s="330"/>
+      <c r="T10" s="330"/>
+      <c r="U10" s="330"/>
+      <c r="V10" s="330"/>
+      <c r="W10" s="330"/>
+      <c r="X10" s="330"/>
+      <c r="Y10" s="330"/>
+      <c r="Z10" s="330"/>
+      <c r="AA10" s="330"/>
+      <c r="AB10" s="330"/>
+      <c r="AC10" s="330"/>
+      <c r="AD10" s="330"/>
+      <c r="AE10" s="330"/>
+      <c r="AF10" s="330"/>
+      <c r="AG10" s="330"/>
+      <c r="AH10" s="330"/>
+      <c r="AI10" s="330"/>
+      <c r="AJ10" s="330"/>
+      <c r="AK10" s="330"/>
+      <c r="AL10" s="330"/>
+      <c r="AM10" s="330"/>
+      <c r="AN10" s="330"/>
+      <c r="AO10" s="330"/>
+      <c r="AP10" s="336"/>
+      <c r="AQ10" s="30"/>
+      <c r="BJ10" s="22"/>
+      <c r="BK10" s="22"/>
+      <c r="BL10" s="24"/>
+      <c r="BM10" s="24"/>
+      <c r="BN10" s="24"/>
+    </row>
+    <row r="11" spans="2:67" s="4" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+      <c r="B11" s="30"/>
+      <c r="C11" s="390" t="s">
         <v>116</v>
       </c>
-      <c r="D11" s="451"/>
-[...7 lines deleted...]
-      <c r="L11" s="458" t="s">
+      <c r="D11" s="391"/>
+      <c r="E11" s="391"/>
+      <c r="F11" s="391"/>
+      <c r="G11" s="391"/>
+      <c r="H11" s="391"/>
+      <c r="I11" s="64"/>
+      <c r="J11" s="64"/>
+      <c r="K11" s="64"/>
+      <c r="L11" s="398" t="s">
         <v>308</v>
       </c>
-      <c r="M11" s="458"/>
-[...34 lines deleted...]
-      <c r="BN11" s="26"/>
+      <c r="M11" s="398"/>
+      <c r="N11" s="398"/>
+      <c r="O11" s="398"/>
+      <c r="P11" s="398"/>
+      <c r="Q11" s="398"/>
+      <c r="R11" s="398"/>
+      <c r="S11" s="398"/>
+      <c r="T11" s="398"/>
+      <c r="U11" s="398"/>
+      <c r="V11" s="397"/>
+      <c r="W11" s="397"/>
+      <c r="X11" s="397"/>
+      <c r="Y11" s="397"/>
+      <c r="Z11" s="397"/>
+      <c r="AA11" s="397"/>
+      <c r="AB11" s="397"/>
+      <c r="AC11" s="397"/>
+      <c r="AD11" s="64"/>
+      <c r="AE11" s="64"/>
+      <c r="AF11" s="64"/>
+      <c r="AG11" s="64"/>
+      <c r="AH11" s="64"/>
+      <c r="AI11" s="64"/>
+      <c r="AJ11" s="64"/>
+      <c r="AK11" s="64"/>
+      <c r="AL11" s="64"/>
+      <c r="AM11" s="64"/>
+      <c r="AN11" s="64"/>
+      <c r="AO11" s="64"/>
+      <c r="AP11" s="65"/>
+      <c r="AQ11" s="30"/>
+      <c r="BJ11" s="22"/>
+      <c r="BK11" s="22"/>
+      <c r="BL11" s="24"/>
+      <c r="BM11" s="24"/>
+      <c r="BN11" s="24"/>
     </row>
     <row r="12" spans="2:67" ht="9.75" customHeight="1" thickBot="1">
-      <c r="B12" s="36"/>
-[...46 lines deleted...]
-      <c r="BO12" s="5"/>
+      <c r="B12" s="30"/>
+      <c r="C12" s="396"/>
+      <c r="D12" s="396"/>
+      <c r="E12" s="396"/>
+      <c r="F12" s="396"/>
+      <c r="G12" s="396"/>
+      <c r="H12" s="396"/>
+      <c r="I12" s="396"/>
+      <c r="J12" s="396"/>
+      <c r="K12" s="396"/>
+      <c r="L12" s="396"/>
+      <c r="M12" s="396"/>
+      <c r="N12" s="396"/>
+      <c r="O12" s="396"/>
+      <c r="P12" s="396"/>
+      <c r="Q12" s="396"/>
+      <c r="R12" s="396"/>
+      <c r="S12" s="396"/>
+      <c r="T12" s="396"/>
+      <c r="U12" s="396"/>
+      <c r="V12" s="396"/>
+      <c r="W12" s="396"/>
+      <c r="X12" s="396"/>
+      <c r="Y12" s="396"/>
+      <c r="Z12" s="396"/>
+      <c r="AA12" s="396"/>
+      <c r="AB12" s="396"/>
+      <c r="AC12" s="396"/>
+      <c r="AD12" s="396"/>
+      <c r="AE12" s="396"/>
+      <c r="AF12" s="396"/>
+      <c r="AG12" s="396"/>
+      <c r="AH12" s="396"/>
+      <c r="AI12" s="396"/>
+      <c r="AJ12" s="396"/>
+      <c r="AK12" s="396"/>
+      <c r="AL12" s="396"/>
+      <c r="AM12" s="396"/>
+      <c r="AN12" s="396"/>
+      <c r="AO12" s="396"/>
+      <c r="AP12" s="396"/>
+      <c r="AQ12" s="30"/>
+      <c r="BJ12" s="25"/>
+      <c r="BK12" s="25"/>
+      <c r="BL12" s="26"/>
+      <c r="BM12" s="27"/>
+      <c r="BN12" s="27"/>
+      <c r="BO12" s="4"/>
     </row>
     <row r="13" spans="2:67" ht="18">
-      <c r="B13" s="6"/>
-      <c r="C13" s="459" t="s">
+      <c r="B13" s="5"/>
+      <c r="C13" s="399" t="s">
         <v>272</v>
       </c>
-      <c r="D13" s="460"/>
-[...38 lines deleted...]
-      <c r="AQ13" s="6"/>
+      <c r="D13" s="400"/>
+      <c r="E13" s="400"/>
+      <c r="F13" s="400"/>
+      <c r="G13" s="400"/>
+      <c r="H13" s="400"/>
+      <c r="I13" s="400"/>
+      <c r="J13" s="400"/>
+      <c r="K13" s="400"/>
+      <c r="L13" s="400"/>
+      <c r="M13" s="400"/>
+      <c r="N13" s="400"/>
+      <c r="O13" s="400"/>
+      <c r="P13" s="400"/>
+      <c r="Q13" s="400"/>
+      <c r="R13" s="400"/>
+      <c r="S13" s="400"/>
+      <c r="T13" s="400"/>
+      <c r="U13" s="400"/>
+      <c r="V13" s="400"/>
+      <c r="W13" s="400"/>
+      <c r="X13" s="400"/>
+      <c r="Y13" s="400"/>
+      <c r="Z13" s="400"/>
+      <c r="AA13" s="400"/>
+      <c r="AB13" s="400"/>
+      <c r="AC13" s="400"/>
+      <c r="AD13" s="400"/>
+      <c r="AE13" s="400"/>
+      <c r="AF13" s="400"/>
+      <c r="AG13" s="400"/>
+      <c r="AH13" s="400"/>
+      <c r="AI13" s="400"/>
+      <c r="AJ13" s="400"/>
+      <c r="AK13" s="400"/>
+      <c r="AL13" s="400"/>
+      <c r="AM13" s="400"/>
+      <c r="AN13" s="400"/>
+      <c r="AO13" s="400"/>
+      <c r="AP13" s="401"/>
+      <c r="AQ13" s="5"/>
     </row>
     <row r="14" spans="2:67" ht="8.25" customHeight="1">
-      <c r="B14" s="36"/>
-[...40 lines deleted...]
-      <c r="AQ14" s="36"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="393"/>
+      <c r="D14" s="394"/>
+      <c r="E14" s="394"/>
+      <c r="F14" s="394"/>
+      <c r="G14" s="394"/>
+      <c r="H14" s="394"/>
+      <c r="I14" s="394"/>
+      <c r="J14" s="394"/>
+      <c r="K14" s="394"/>
+      <c r="L14" s="394"/>
+      <c r="M14" s="394"/>
+      <c r="N14" s="394"/>
+      <c r="O14" s="394"/>
+      <c r="P14" s="394"/>
+      <c r="Q14" s="394"/>
+      <c r="R14" s="394"/>
+      <c r="S14" s="394"/>
+      <c r="T14" s="394"/>
+      <c r="U14" s="394"/>
+      <c r="V14" s="394"/>
+      <c r="W14" s="394"/>
+      <c r="X14" s="394"/>
+      <c r="Y14" s="394"/>
+      <c r="Z14" s="394"/>
+      <c r="AA14" s="394"/>
+      <c r="AB14" s="394"/>
+      <c r="AC14" s="394"/>
+      <c r="AD14" s="394"/>
+      <c r="AE14" s="394"/>
+      <c r="AF14" s="394"/>
+      <c r="AG14" s="394"/>
+      <c r="AH14" s="394"/>
+      <c r="AI14" s="394"/>
+      <c r="AJ14" s="394"/>
+      <c r="AK14" s="394"/>
+      <c r="AL14" s="394"/>
+      <c r="AM14" s="394"/>
+      <c r="AN14" s="394"/>
+      <c r="AO14" s="394"/>
+      <c r="AP14" s="395"/>
+      <c r="AQ14" s="30"/>
     </row>
     <row r="15" spans="2:67" ht="18">
-      <c r="B15" s="36"/>
-      <c r="C15" s="448" t="s">
+      <c r="B15" s="30"/>
+      <c r="C15" s="385" t="s">
         <v>105</v>
       </c>
-      <c r="D15" s="442"/>
-[...3 lines deleted...]
-      <c r="H15" s="444" t="s">
+      <c r="D15" s="386"/>
+      <c r="E15" s="386"/>
+      <c r="F15" s="386"/>
+      <c r="G15" s="386"/>
+      <c r="H15" s="388" t="s">
         <v>44</v>
       </c>
-      <c r="I15" s="444"/>
-[...5 lines deleted...]
-      <c r="O15" s="444" t="s">
+      <c r="I15" s="388"/>
+      <c r="J15" s="388"/>
+      <c r="K15" s="388"/>
+      <c r="L15" s="388"/>
+      <c r="M15" s="388"/>
+      <c r="N15" s="388"/>
+      <c r="O15" s="388" t="s">
         <v>112</v>
       </c>
-      <c r="P15" s="444"/>
-[...5 lines deleted...]
-      <c r="V15" s="449" t="s">
+      <c r="P15" s="388"/>
+      <c r="Q15" s="388"/>
+      <c r="R15" s="388"/>
+      <c r="S15" s="388"/>
+      <c r="T15" s="388"/>
+      <c r="U15" s="388"/>
+      <c r="V15" s="387" t="s">
         <v>113</v>
       </c>
-      <c r="W15" s="449"/>
-[...5 lines deleted...]
-      <c r="AC15" s="445" t="s">
+      <c r="W15" s="387"/>
+      <c r="X15" s="387"/>
+      <c r="Y15" s="387"/>
+      <c r="Z15" s="387"/>
+      <c r="AA15" s="387"/>
+      <c r="AB15" s="387"/>
+      <c r="AC15" s="402" t="s">
         <v>0</v>
       </c>
-      <c r="AD15" s="445"/>
-[...12 lines deleted...]
-      <c r="AQ15" s="36"/>
+      <c r="AD15" s="402"/>
+      <c r="AE15" s="402"/>
+      <c r="AF15" s="402"/>
+      <c r="AG15" s="402"/>
+      <c r="AH15" s="402"/>
+      <c r="AI15" s="402"/>
+      <c r="AJ15" s="402"/>
+      <c r="AK15" s="402"/>
+      <c r="AL15" s="402"/>
+      <c r="AM15" s="402"/>
+      <c r="AN15" s="402"/>
+      <c r="AO15" s="402"/>
+      <c r="AP15" s="403"/>
+      <c r="AQ15" s="30"/>
     </row>
     <row r="16" spans="2:67" ht="18">
-      <c r="B16" s="36"/>
-      <c r="C16" s="448" t="s">
+      <c r="B16" s="30"/>
+      <c r="C16" s="385" t="s">
         <v>106</v>
       </c>
-      <c r="D16" s="442"/>
-      <c r="E16" s="442" t="s">
+      <c r="D16" s="386"/>
+      <c r="E16" s="386" t="s">
         <v>107</v>
       </c>
-      <c r="F16" s="442"/>
-[...1 lines deleted...]
-      <c r="H16" s="444" t="s">
+      <c r="F16" s="386"/>
+      <c r="G16" s="386"/>
+      <c r="H16" s="388" t="s">
         <v>108</v>
       </c>
-      <c r="I16" s="444"/>
-[...2 lines deleted...]
-      <c r="L16" s="444" t="s">
+      <c r="I16" s="388"/>
+      <c r="J16" s="388"/>
+      <c r="K16" s="388"/>
+      <c r="L16" s="388" t="s">
         <v>109</v>
       </c>
-      <c r="M16" s="444"/>
-[...1 lines deleted...]
-      <c r="O16" s="444" t="s">
+      <c r="M16" s="388"/>
+      <c r="N16" s="388"/>
+      <c r="O16" s="388" t="s">
         <v>108</v>
       </c>
-      <c r="P16" s="444"/>
-[...2 lines deleted...]
-      <c r="S16" s="444" t="s">
+      <c r="P16" s="388"/>
+      <c r="Q16" s="388"/>
+      <c r="R16" s="388"/>
+      <c r="S16" s="388" t="s">
         <v>109</v>
       </c>
-      <c r="T16" s="444"/>
-[...1 lines deleted...]
-      <c r="V16" s="444" t="s">
+      <c r="T16" s="388"/>
+      <c r="U16" s="388"/>
+      <c r="V16" s="388" t="s">
         <v>108</v>
       </c>
-      <c r="W16" s="444"/>
-[...2 lines deleted...]
-      <c r="Z16" s="444" t="s">
+      <c r="W16" s="388"/>
+      <c r="X16" s="388"/>
+      <c r="Y16" s="388"/>
+      <c r="Z16" s="388" t="s">
         <v>109</v>
       </c>
-      <c r="AA16" s="444"/>
-[...1 lines deleted...]
-      <c r="AC16" s="452" t="s">
+      <c r="AA16" s="388"/>
+      <c r="AB16" s="388"/>
+      <c r="AC16" s="392" t="s">
         <v>110</v>
       </c>
-      <c r="AD16" s="452"/>
-[...9 lines deleted...]
-      <c r="AN16" s="442" t="s">
+      <c r="AD16" s="392"/>
+      <c r="AE16" s="392"/>
+      <c r="AF16" s="392"/>
+      <c r="AG16" s="392"/>
+      <c r="AH16" s="392"/>
+      <c r="AI16" s="392"/>
+      <c r="AJ16" s="392"/>
+      <c r="AK16" s="392"/>
+      <c r="AL16" s="392"/>
+      <c r="AM16" s="392"/>
+      <c r="AN16" s="386" t="s">
         <v>111</v>
       </c>
-      <c r="AO16" s="442"/>
-[...1 lines deleted...]
-      <c r="AQ16" s="36"/>
+      <c r="AO16" s="386"/>
+      <c r="AP16" s="410"/>
+      <c r="AQ16" s="30"/>
     </row>
     <row r="17" spans="2:43" ht="27" customHeight="1">
-      <c r="B17" s="36"/>
-[...23 lines deleted...]
-      <c r="Z17" s="427" t="s">
+      <c r="B17" s="30"/>
+      <c r="C17" s="404"/>
+      <c r="D17" s="405"/>
+      <c r="E17" s="405"/>
+      <c r="F17" s="405"/>
+      <c r="G17" s="405"/>
+      <c r="H17" s="406"/>
+      <c r="I17" s="389"/>
+      <c r="J17" s="389"/>
+      <c r="K17" s="389"/>
+      <c r="L17" s="389"/>
+      <c r="M17" s="389"/>
+      <c r="N17" s="389"/>
+      <c r="O17" s="406"/>
+      <c r="P17" s="389"/>
+      <c r="Q17" s="389"/>
+      <c r="R17" s="389"/>
+      <c r="S17" s="389"/>
+      <c r="T17" s="389"/>
+      <c r="U17" s="389"/>
+      <c r="V17" s="389"/>
+      <c r="W17" s="389"/>
+      <c r="X17" s="389"/>
+      <c r="Y17" s="389"/>
+      <c r="Z17" s="389" t="s">
         <v>0</v>
       </c>
-      <c r="AA17" s="427"/>
-[...15 lines deleted...]
-      <c r="AQ17" s="36"/>
+      <c r="AA17" s="389"/>
+      <c r="AB17" s="389"/>
+      <c r="AC17" s="411"/>
+      <c r="AD17" s="411"/>
+      <c r="AE17" s="411"/>
+      <c r="AF17" s="411"/>
+      <c r="AG17" s="411"/>
+      <c r="AH17" s="411"/>
+      <c r="AI17" s="411"/>
+      <c r="AJ17" s="411"/>
+      <c r="AK17" s="411"/>
+      <c r="AL17" s="411"/>
+      <c r="AM17" s="411"/>
+      <c r="AN17" s="405"/>
+      <c r="AO17" s="405"/>
+      <c r="AP17" s="407"/>
+      <c r="AQ17" s="30"/>
     </row>
     <row r="18" spans="2:43" ht="27" customHeight="1">
-      <c r="B18" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ18" s="6"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="404"/>
+      <c r="D18" s="405"/>
+      <c r="E18" s="405"/>
+      <c r="F18" s="405"/>
+      <c r="G18" s="405"/>
+      <c r="H18" s="389"/>
+      <c r="I18" s="389"/>
+      <c r="J18" s="389"/>
+      <c r="K18" s="389"/>
+      <c r="L18" s="389"/>
+      <c r="M18" s="389"/>
+      <c r="N18" s="389"/>
+      <c r="O18" s="389"/>
+      <c r="P18" s="389"/>
+      <c r="Q18" s="389"/>
+      <c r="R18" s="389"/>
+      <c r="S18" s="389"/>
+      <c r="T18" s="389"/>
+      <c r="U18" s="389"/>
+      <c r="V18" s="389"/>
+      <c r="W18" s="389"/>
+      <c r="X18" s="389"/>
+      <c r="Y18" s="389"/>
+      <c r="Z18" s="389"/>
+      <c r="AA18" s="389"/>
+      <c r="AB18" s="389"/>
+      <c r="AC18" s="411"/>
+      <c r="AD18" s="411"/>
+      <c r="AE18" s="411"/>
+      <c r="AF18" s="411"/>
+      <c r="AG18" s="411"/>
+      <c r="AH18" s="411"/>
+      <c r="AI18" s="411"/>
+      <c r="AJ18" s="411"/>
+      <c r="AK18" s="411"/>
+      <c r="AL18" s="411"/>
+      <c r="AM18" s="411"/>
+      <c r="AN18" s="405"/>
+      <c r="AO18" s="405"/>
+      <c r="AP18" s="407"/>
+      <c r="AQ18" s="5"/>
     </row>
     <row r="19" spans="2:43" ht="27" customHeight="1">
-      <c r="B19" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ19" s="6"/>
+      <c r="B19" s="5"/>
+      <c r="C19" s="404"/>
+      <c r="D19" s="405"/>
+      <c r="E19" s="405"/>
+      <c r="F19" s="405"/>
+      <c r="G19" s="405"/>
+      <c r="H19" s="389"/>
+      <c r="I19" s="389"/>
+      <c r="J19" s="389"/>
+      <c r="K19" s="389"/>
+      <c r="L19" s="389"/>
+      <c r="M19" s="389"/>
+      <c r="N19" s="389"/>
+      <c r="O19" s="389"/>
+      <c r="P19" s="389"/>
+      <c r="Q19" s="389"/>
+      <c r="R19" s="389"/>
+      <c r="S19" s="389"/>
+      <c r="T19" s="389"/>
+      <c r="U19" s="389"/>
+      <c r="V19" s="389"/>
+      <c r="W19" s="389"/>
+      <c r="X19" s="389"/>
+      <c r="Y19" s="389"/>
+      <c r="Z19" s="389"/>
+      <c r="AA19" s="389"/>
+      <c r="AB19" s="389"/>
+      <c r="AC19" s="411"/>
+      <c r="AD19" s="411"/>
+      <c r="AE19" s="411"/>
+      <c r="AF19" s="411"/>
+      <c r="AG19" s="411"/>
+      <c r="AH19" s="411"/>
+      <c r="AI19" s="411"/>
+      <c r="AJ19" s="411"/>
+      <c r="AK19" s="411"/>
+      <c r="AL19" s="411"/>
+      <c r="AM19" s="411"/>
+      <c r="AN19" s="405"/>
+      <c r="AO19" s="405"/>
+      <c r="AP19" s="407"/>
+      <c r="AQ19" s="5"/>
     </row>
     <row r="20" spans="2:43" ht="27" customHeight="1">
-      <c r="B20" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ20" s="6"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="404"/>
+      <c r="D20" s="405"/>
+      <c r="E20" s="405"/>
+      <c r="F20" s="405"/>
+      <c r="G20" s="405"/>
+      <c r="H20" s="389"/>
+      <c r="I20" s="389"/>
+      <c r="J20" s="389"/>
+      <c r="K20" s="389"/>
+      <c r="L20" s="389"/>
+      <c r="M20" s="389"/>
+      <c r="N20" s="389"/>
+      <c r="O20" s="389"/>
+      <c r="P20" s="389"/>
+      <c r="Q20" s="389"/>
+      <c r="R20" s="389"/>
+      <c r="S20" s="389"/>
+      <c r="T20" s="389"/>
+      <c r="U20" s="389"/>
+      <c r="V20" s="389"/>
+      <c r="W20" s="389"/>
+      <c r="X20" s="389"/>
+      <c r="Y20" s="389"/>
+      <c r="Z20" s="389"/>
+      <c r="AA20" s="389"/>
+      <c r="AB20" s="389"/>
+      <c r="AC20" s="411"/>
+      <c r="AD20" s="411"/>
+      <c r="AE20" s="411"/>
+      <c r="AF20" s="411"/>
+      <c r="AG20" s="411"/>
+      <c r="AH20" s="411"/>
+      <c r="AI20" s="411"/>
+      <c r="AJ20" s="411"/>
+      <c r="AK20" s="411"/>
+      <c r="AL20" s="411"/>
+      <c r="AM20" s="411"/>
+      <c r="AN20" s="405"/>
+      <c r="AO20" s="405"/>
+      <c r="AP20" s="407"/>
+      <c r="AQ20" s="5"/>
     </row>
     <row r="21" spans="2:43" ht="27" customHeight="1">
-      <c r="B21" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ21" s="6"/>
+      <c r="B21" s="5"/>
+      <c r="C21" s="404"/>
+      <c r="D21" s="405"/>
+      <c r="E21" s="405"/>
+      <c r="F21" s="405"/>
+      <c r="G21" s="405"/>
+      <c r="H21" s="389"/>
+      <c r="I21" s="389"/>
+      <c r="J21" s="389"/>
+      <c r="K21" s="389"/>
+      <c r="L21" s="389"/>
+      <c r="M21" s="389"/>
+      <c r="N21" s="389"/>
+      <c r="O21" s="389"/>
+      <c r="P21" s="389"/>
+      <c r="Q21" s="389"/>
+      <c r="R21" s="389"/>
+      <c r="S21" s="389"/>
+      <c r="T21" s="389"/>
+      <c r="U21" s="389"/>
+      <c r="V21" s="389"/>
+      <c r="W21" s="389"/>
+      <c r="X21" s="389"/>
+      <c r="Y21" s="389"/>
+      <c r="Z21" s="389"/>
+      <c r="AA21" s="389"/>
+      <c r="AB21" s="389"/>
+      <c r="AC21" s="411"/>
+      <c r="AD21" s="411"/>
+      <c r="AE21" s="411"/>
+      <c r="AF21" s="411"/>
+      <c r="AG21" s="411"/>
+      <c r="AH21" s="411"/>
+      <c r="AI21" s="411"/>
+      <c r="AJ21" s="411"/>
+      <c r="AK21" s="411"/>
+      <c r="AL21" s="411"/>
+      <c r="AM21" s="411"/>
+      <c r="AN21" s="405"/>
+      <c r="AO21" s="405"/>
+      <c r="AP21" s="407"/>
+      <c r="AQ21" s="5"/>
     </row>
     <row r="22" spans="2:43" ht="27" customHeight="1">
-      <c r="B22" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ22" s="6"/>
+      <c r="B22" s="5"/>
+      <c r="C22" s="404"/>
+      <c r="D22" s="405"/>
+      <c r="E22" s="405"/>
+      <c r="F22" s="405"/>
+      <c r="G22" s="405"/>
+      <c r="H22" s="389"/>
+      <c r="I22" s="389"/>
+      <c r="J22" s="389"/>
+      <c r="K22" s="389"/>
+      <c r="L22" s="389"/>
+      <c r="M22" s="389"/>
+      <c r="N22" s="389"/>
+      <c r="O22" s="389"/>
+      <c r="P22" s="389"/>
+      <c r="Q22" s="389"/>
+      <c r="R22" s="389"/>
+      <c r="S22" s="389"/>
+      <c r="T22" s="389"/>
+      <c r="U22" s="389"/>
+      <c r="V22" s="389"/>
+      <c r="W22" s="389"/>
+      <c r="X22" s="389"/>
+      <c r="Y22" s="389"/>
+      <c r="Z22" s="389"/>
+      <c r="AA22" s="389"/>
+      <c r="AB22" s="389"/>
+      <c r="AC22" s="411"/>
+      <c r="AD22" s="411"/>
+      <c r="AE22" s="411"/>
+      <c r="AF22" s="411"/>
+      <c r="AG22" s="411"/>
+      <c r="AH22" s="411"/>
+      <c r="AI22" s="411"/>
+      <c r="AJ22" s="411"/>
+      <c r="AK22" s="411"/>
+      <c r="AL22" s="411"/>
+      <c r="AM22" s="411"/>
+      <c r="AN22" s="405"/>
+      <c r="AO22" s="405"/>
+      <c r="AP22" s="407"/>
+      <c r="AQ22" s="5"/>
     </row>
     <row r="23" spans="2:43" ht="27" customHeight="1">
-      <c r="B23" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ23" s="6"/>
+      <c r="B23" s="5"/>
+      <c r="C23" s="404"/>
+      <c r="D23" s="405"/>
+      <c r="E23" s="405"/>
+      <c r="F23" s="405"/>
+      <c r="G23" s="405"/>
+      <c r="H23" s="389"/>
+      <c r="I23" s="389"/>
+      <c r="J23" s="389"/>
+      <c r="K23" s="389"/>
+      <c r="L23" s="389"/>
+      <c r="M23" s="389"/>
+      <c r="N23" s="389"/>
+      <c r="O23" s="389"/>
+      <c r="P23" s="389"/>
+      <c r="Q23" s="389"/>
+      <c r="R23" s="389"/>
+      <c r="S23" s="389"/>
+      <c r="T23" s="389"/>
+      <c r="U23" s="389"/>
+      <c r="V23" s="389"/>
+      <c r="W23" s="389"/>
+      <c r="X23" s="389"/>
+      <c r="Y23" s="389"/>
+      <c r="Z23" s="389"/>
+      <c r="AA23" s="389"/>
+      <c r="AB23" s="389"/>
+      <c r="AC23" s="411"/>
+      <c r="AD23" s="411"/>
+      <c r="AE23" s="411"/>
+      <c r="AF23" s="411"/>
+      <c r="AG23" s="411"/>
+      <c r="AH23" s="411"/>
+      <c r="AI23" s="411"/>
+      <c r="AJ23" s="411"/>
+      <c r="AK23" s="411"/>
+      <c r="AL23" s="411"/>
+      <c r="AM23" s="411"/>
+      <c r="AN23" s="405"/>
+      <c r="AO23" s="405"/>
+      <c r="AP23" s="407"/>
+      <c r="AQ23" s="5"/>
     </row>
     <row r="24" spans="2:43" ht="27" customHeight="1">
-      <c r="B24" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ24" s="6"/>
+      <c r="B24" s="5"/>
+      <c r="C24" s="404"/>
+      <c r="D24" s="405"/>
+      <c r="E24" s="405"/>
+      <c r="F24" s="405"/>
+      <c r="G24" s="405"/>
+      <c r="H24" s="389"/>
+      <c r="I24" s="389"/>
+      <c r="J24" s="389"/>
+      <c r="K24" s="389"/>
+      <c r="L24" s="389"/>
+      <c r="M24" s="389"/>
+      <c r="N24" s="389"/>
+      <c r="O24" s="389"/>
+      <c r="P24" s="389"/>
+      <c r="Q24" s="389"/>
+      <c r="R24" s="389"/>
+      <c r="S24" s="389"/>
+      <c r="T24" s="389"/>
+      <c r="U24" s="389"/>
+      <c r="V24" s="389"/>
+      <c r="W24" s="389"/>
+      <c r="X24" s="389"/>
+      <c r="Y24" s="389"/>
+      <c r="Z24" s="389"/>
+      <c r="AA24" s="389"/>
+      <c r="AB24" s="389"/>
+      <c r="AC24" s="411"/>
+      <c r="AD24" s="411"/>
+      <c r="AE24" s="411"/>
+      <c r="AF24" s="411"/>
+      <c r="AG24" s="411"/>
+      <c r="AH24" s="411"/>
+      <c r="AI24" s="411"/>
+      <c r="AJ24" s="411"/>
+      <c r="AK24" s="411"/>
+      <c r="AL24" s="411"/>
+      <c r="AM24" s="411"/>
+      <c r="AN24" s="405"/>
+      <c r="AO24" s="405"/>
+      <c r="AP24" s="407"/>
+      <c r="AQ24" s="5"/>
     </row>
     <row r="25" spans="2:43" ht="27" customHeight="1">
-      <c r="B25" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ25" s="6"/>
+      <c r="B25" s="5"/>
+      <c r="C25" s="404"/>
+      <c r="D25" s="405"/>
+      <c r="E25" s="405"/>
+      <c r="F25" s="405"/>
+      <c r="G25" s="405"/>
+      <c r="H25" s="389"/>
+      <c r="I25" s="389"/>
+      <c r="J25" s="389"/>
+      <c r="K25" s="389"/>
+      <c r="L25" s="389"/>
+      <c r="M25" s="389"/>
+      <c r="N25" s="389"/>
+      <c r="O25" s="389"/>
+      <c r="P25" s="389"/>
+      <c r="Q25" s="389"/>
+      <c r="R25" s="389"/>
+      <c r="S25" s="389"/>
+      <c r="T25" s="389"/>
+      <c r="U25" s="389"/>
+      <c r="V25" s="389"/>
+      <c r="W25" s="389"/>
+      <c r="X25" s="389"/>
+      <c r="Y25" s="389"/>
+      <c r="Z25" s="389"/>
+      <c r="AA25" s="389"/>
+      <c r="AB25" s="389"/>
+      <c r="AC25" s="411"/>
+      <c r="AD25" s="411"/>
+      <c r="AE25" s="411"/>
+      <c r="AF25" s="411"/>
+      <c r="AG25" s="411"/>
+      <c r="AH25" s="411"/>
+      <c r="AI25" s="411"/>
+      <c r="AJ25" s="411"/>
+      <c r="AK25" s="411"/>
+      <c r="AL25" s="411"/>
+      <c r="AM25" s="411"/>
+      <c r="AN25" s="405"/>
+      <c r="AO25" s="405"/>
+      <c r="AP25" s="407"/>
+      <c r="AQ25" s="5"/>
     </row>
     <row r="26" spans="2:43" ht="27" customHeight="1">
-      <c r="B26" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ26" s="6"/>
+      <c r="B26" s="5"/>
+      <c r="C26" s="404"/>
+      <c r="D26" s="405"/>
+      <c r="E26" s="405"/>
+      <c r="F26" s="405"/>
+      <c r="G26" s="405"/>
+      <c r="H26" s="389"/>
+      <c r="I26" s="389"/>
+      <c r="J26" s="389"/>
+      <c r="K26" s="389"/>
+      <c r="L26" s="389"/>
+      <c r="M26" s="389"/>
+      <c r="N26" s="389"/>
+      <c r="O26" s="389"/>
+      <c r="P26" s="389"/>
+      <c r="Q26" s="389"/>
+      <c r="R26" s="389"/>
+      <c r="S26" s="389"/>
+      <c r="T26" s="389"/>
+      <c r="U26" s="389"/>
+      <c r="V26" s="389"/>
+      <c r="W26" s="389"/>
+      <c r="X26" s="389"/>
+      <c r="Y26" s="389"/>
+      <c r="Z26" s="389"/>
+      <c r="AA26" s="389"/>
+      <c r="AB26" s="389"/>
+      <c r="AC26" s="411"/>
+      <c r="AD26" s="411"/>
+      <c r="AE26" s="411"/>
+      <c r="AF26" s="411"/>
+      <c r="AG26" s="411"/>
+      <c r="AH26" s="411"/>
+      <c r="AI26" s="411"/>
+      <c r="AJ26" s="411"/>
+      <c r="AK26" s="411"/>
+      <c r="AL26" s="411"/>
+      <c r="AM26" s="411"/>
+      <c r="AN26" s="405"/>
+      <c r="AO26" s="405"/>
+      <c r="AP26" s="407"/>
+      <c r="AQ26" s="5"/>
     </row>
     <row r="27" spans="2:43" ht="27" customHeight="1">
-      <c r="B27" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ27" s="6"/>
+      <c r="B27" s="5"/>
+      <c r="C27" s="404"/>
+      <c r="D27" s="405"/>
+      <c r="E27" s="405"/>
+      <c r="F27" s="405"/>
+      <c r="G27" s="405"/>
+      <c r="H27" s="389"/>
+      <c r="I27" s="389"/>
+      <c r="J27" s="389"/>
+      <c r="K27" s="389"/>
+      <c r="L27" s="389"/>
+      <c r="M27" s="389"/>
+      <c r="N27" s="389"/>
+      <c r="O27" s="389"/>
+      <c r="P27" s="389"/>
+      <c r="Q27" s="389"/>
+      <c r="R27" s="389"/>
+      <c r="S27" s="389"/>
+      <c r="T27" s="389"/>
+      <c r="U27" s="389"/>
+      <c r="V27" s="389"/>
+      <c r="W27" s="389"/>
+      <c r="X27" s="389"/>
+      <c r="Y27" s="389"/>
+      <c r="Z27" s="389"/>
+      <c r="AA27" s="389"/>
+      <c r="AB27" s="389"/>
+      <c r="AC27" s="411"/>
+      <c r="AD27" s="411"/>
+      <c r="AE27" s="411"/>
+      <c r="AF27" s="411"/>
+      <c r="AG27" s="411"/>
+      <c r="AH27" s="411"/>
+      <c r="AI27" s="411"/>
+      <c r="AJ27" s="411"/>
+      <c r="AK27" s="411"/>
+      <c r="AL27" s="411"/>
+      <c r="AM27" s="411"/>
+      <c r="AN27" s="405"/>
+      <c r="AO27" s="405"/>
+      <c r="AP27" s="407"/>
+      <c r="AQ27" s="5"/>
     </row>
     <row r="28" spans="2:43" ht="27" customHeight="1">
-      <c r="B28" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ28" s="6"/>
+      <c r="B28" s="5"/>
+      <c r="C28" s="404"/>
+      <c r="D28" s="405"/>
+      <c r="E28" s="405"/>
+      <c r="F28" s="405"/>
+      <c r="G28" s="405"/>
+      <c r="H28" s="389"/>
+      <c r="I28" s="389"/>
+      <c r="J28" s="389"/>
+      <c r="K28" s="389"/>
+      <c r="L28" s="389"/>
+      <c r="M28" s="389"/>
+      <c r="N28" s="389"/>
+      <c r="O28" s="389"/>
+      <c r="P28" s="389"/>
+      <c r="Q28" s="389"/>
+      <c r="R28" s="389"/>
+      <c r="S28" s="389"/>
+      <c r="T28" s="389"/>
+      <c r="U28" s="389"/>
+      <c r="V28" s="389"/>
+      <c r="W28" s="389"/>
+      <c r="X28" s="389"/>
+      <c r="Y28" s="389"/>
+      <c r="Z28" s="389"/>
+      <c r="AA28" s="389"/>
+      <c r="AB28" s="389"/>
+      <c r="AC28" s="411"/>
+      <c r="AD28" s="411"/>
+      <c r="AE28" s="411"/>
+      <c r="AF28" s="411"/>
+      <c r="AG28" s="411"/>
+      <c r="AH28" s="411"/>
+      <c r="AI28" s="411"/>
+      <c r="AJ28" s="411"/>
+      <c r="AK28" s="411"/>
+      <c r="AL28" s="411"/>
+      <c r="AM28" s="411"/>
+      <c r="AN28" s="405"/>
+      <c r="AO28" s="405"/>
+      <c r="AP28" s="407"/>
+      <c r="AQ28" s="5"/>
     </row>
     <row r="29" spans="2:43" ht="27" customHeight="1">
-      <c r="B29" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ29" s="6"/>
+      <c r="B29" s="5"/>
+      <c r="C29" s="404"/>
+      <c r="D29" s="405"/>
+      <c r="E29" s="405"/>
+      <c r="F29" s="405"/>
+      <c r="G29" s="405"/>
+      <c r="H29" s="389"/>
+      <c r="I29" s="389"/>
+      <c r="J29" s="389"/>
+      <c r="K29" s="389"/>
+      <c r="L29" s="389"/>
+      <c r="M29" s="389"/>
+      <c r="N29" s="389"/>
+      <c r="O29" s="389"/>
+      <c r="P29" s="389"/>
+      <c r="Q29" s="389"/>
+      <c r="R29" s="389"/>
+      <c r="S29" s="389"/>
+      <c r="T29" s="389"/>
+      <c r="U29" s="389"/>
+      <c r="V29" s="389"/>
+      <c r="W29" s="389"/>
+      <c r="X29" s="389"/>
+      <c r="Y29" s="389"/>
+      <c r="Z29" s="389"/>
+      <c r="AA29" s="389"/>
+      <c r="AB29" s="389"/>
+      <c r="AC29" s="411"/>
+      <c r="AD29" s="411"/>
+      <c r="AE29" s="411"/>
+      <c r="AF29" s="411"/>
+      <c r="AG29" s="411"/>
+      <c r="AH29" s="411"/>
+      <c r="AI29" s="411"/>
+      <c r="AJ29" s="411"/>
+      <c r="AK29" s="411"/>
+      <c r="AL29" s="411"/>
+      <c r="AM29" s="411"/>
+      <c r="AN29" s="405"/>
+      <c r="AO29" s="405"/>
+      <c r="AP29" s="407"/>
+      <c r="AQ29" s="5"/>
     </row>
     <row r="30" spans="2:43" ht="27" customHeight="1">
-      <c r="B30" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ30" s="6"/>
+      <c r="B30" s="5"/>
+      <c r="C30" s="404"/>
+      <c r="D30" s="405"/>
+      <c r="E30" s="405"/>
+      <c r="F30" s="405"/>
+      <c r="G30" s="405"/>
+      <c r="H30" s="389"/>
+      <c r="I30" s="389"/>
+      <c r="J30" s="389"/>
+      <c r="K30" s="389"/>
+      <c r="L30" s="389"/>
+      <c r="M30" s="389"/>
+      <c r="N30" s="389"/>
+      <c r="O30" s="389"/>
+      <c r="P30" s="389"/>
+      <c r="Q30" s="389"/>
+      <c r="R30" s="389"/>
+      <c r="S30" s="389"/>
+      <c r="T30" s="389"/>
+      <c r="U30" s="389"/>
+      <c r="V30" s="389"/>
+      <c r="W30" s="389"/>
+      <c r="X30" s="389"/>
+      <c r="Y30" s="389"/>
+      <c r="Z30" s="389"/>
+      <c r="AA30" s="389"/>
+      <c r="AB30" s="389"/>
+      <c r="AC30" s="411"/>
+      <c r="AD30" s="411"/>
+      <c r="AE30" s="411"/>
+      <c r="AF30" s="411"/>
+      <c r="AG30" s="411"/>
+      <c r="AH30" s="411"/>
+      <c r="AI30" s="411"/>
+      <c r="AJ30" s="411"/>
+      <c r="AK30" s="411"/>
+      <c r="AL30" s="411"/>
+      <c r="AM30" s="411"/>
+      <c r="AN30" s="405"/>
+      <c r="AO30" s="405"/>
+      <c r="AP30" s="407"/>
+      <c r="AQ30" s="5"/>
     </row>
     <row r="31" spans="2:43" ht="27" customHeight="1">
-      <c r="B31" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ31" s="6"/>
+      <c r="B31" s="5"/>
+      <c r="C31" s="404"/>
+      <c r="D31" s="405"/>
+      <c r="E31" s="405"/>
+      <c r="F31" s="405"/>
+      <c r="G31" s="405"/>
+      <c r="H31" s="389"/>
+      <c r="I31" s="389"/>
+      <c r="J31" s="389"/>
+      <c r="K31" s="389"/>
+      <c r="L31" s="389"/>
+      <c r="M31" s="389"/>
+      <c r="N31" s="389"/>
+      <c r="O31" s="389"/>
+      <c r="P31" s="389"/>
+      <c r="Q31" s="389"/>
+      <c r="R31" s="389"/>
+      <c r="S31" s="389"/>
+      <c r="T31" s="389"/>
+      <c r="U31" s="389"/>
+      <c r="V31" s="389"/>
+      <c r="W31" s="389"/>
+      <c r="X31" s="389"/>
+      <c r="Y31" s="389"/>
+      <c r="Z31" s="389"/>
+      <c r="AA31" s="389"/>
+      <c r="AB31" s="389"/>
+      <c r="AC31" s="411"/>
+      <c r="AD31" s="411"/>
+      <c r="AE31" s="411"/>
+      <c r="AF31" s="411"/>
+      <c r="AG31" s="411"/>
+      <c r="AH31" s="411"/>
+      <c r="AI31" s="411"/>
+      <c r="AJ31" s="411"/>
+      <c r="AK31" s="411"/>
+      <c r="AL31" s="411"/>
+      <c r="AM31" s="411"/>
+      <c r="AN31" s="405"/>
+      <c r="AO31" s="405"/>
+      <c r="AP31" s="407"/>
+      <c r="AQ31" s="5"/>
     </row>
     <row r="32" spans="2:43" ht="27" customHeight="1">
-      <c r="B32" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ32" s="6"/>
+      <c r="B32" s="5"/>
+      <c r="C32" s="404"/>
+      <c r="D32" s="405"/>
+      <c r="E32" s="405"/>
+      <c r="F32" s="405"/>
+      <c r="G32" s="405"/>
+      <c r="H32" s="389"/>
+      <c r="I32" s="389"/>
+      <c r="J32" s="389"/>
+      <c r="K32" s="389"/>
+      <c r="L32" s="389"/>
+      <c r="M32" s="389"/>
+      <c r="N32" s="389"/>
+      <c r="O32" s="389"/>
+      <c r="P32" s="389"/>
+      <c r="Q32" s="389"/>
+      <c r="R32" s="389"/>
+      <c r="S32" s="389"/>
+      <c r="T32" s="389"/>
+      <c r="U32" s="389"/>
+      <c r="V32" s="389"/>
+      <c r="W32" s="389"/>
+      <c r="X32" s="389"/>
+      <c r="Y32" s="389"/>
+      <c r="Z32" s="389"/>
+      <c r="AA32" s="389"/>
+      <c r="AB32" s="389"/>
+      <c r="AC32" s="411"/>
+      <c r="AD32" s="411"/>
+      <c r="AE32" s="411"/>
+      <c r="AF32" s="411"/>
+      <c r="AG32" s="411"/>
+      <c r="AH32" s="411"/>
+      <c r="AI32" s="411"/>
+      <c r="AJ32" s="411"/>
+      <c r="AK32" s="411"/>
+      <c r="AL32" s="411"/>
+      <c r="AM32" s="411"/>
+      <c r="AN32" s="405"/>
+      <c r="AO32" s="405"/>
+      <c r="AP32" s="407"/>
+      <c r="AQ32" s="5"/>
     </row>
     <row r="33" spans="2:43" ht="27" customHeight="1">
-      <c r="B33" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ33" s="6"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="404"/>
+      <c r="D33" s="405"/>
+      <c r="E33" s="405"/>
+      <c r="F33" s="405"/>
+      <c r="G33" s="405"/>
+      <c r="H33" s="389"/>
+      <c r="I33" s="389"/>
+      <c r="J33" s="389"/>
+      <c r="K33" s="389"/>
+      <c r="L33" s="389"/>
+      <c r="M33" s="389"/>
+      <c r="N33" s="389"/>
+      <c r="O33" s="389"/>
+      <c r="P33" s="389"/>
+      <c r="Q33" s="389"/>
+      <c r="R33" s="389"/>
+      <c r="S33" s="389"/>
+      <c r="T33" s="389"/>
+      <c r="U33" s="389"/>
+      <c r="V33" s="389"/>
+      <c r="W33" s="389"/>
+      <c r="X33" s="389"/>
+      <c r="Y33" s="389"/>
+      <c r="Z33" s="389"/>
+      <c r="AA33" s="389"/>
+      <c r="AB33" s="389"/>
+      <c r="AC33" s="411"/>
+      <c r="AD33" s="411"/>
+      <c r="AE33" s="411"/>
+      <c r="AF33" s="411"/>
+      <c r="AG33" s="411"/>
+      <c r="AH33" s="411"/>
+      <c r="AI33" s="411"/>
+      <c r="AJ33" s="411"/>
+      <c r="AK33" s="411"/>
+      <c r="AL33" s="411"/>
+      <c r="AM33" s="411"/>
+      <c r="AN33" s="405"/>
+      <c r="AO33" s="405"/>
+      <c r="AP33" s="407"/>
+      <c r="AQ33" s="5"/>
     </row>
     <row r="34" spans="2:43" ht="27" customHeight="1">
-      <c r="B34" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ34" s="6"/>
+      <c r="B34" s="5"/>
+      <c r="C34" s="404"/>
+      <c r="D34" s="405"/>
+      <c r="E34" s="405"/>
+      <c r="F34" s="405"/>
+      <c r="G34" s="405"/>
+      <c r="H34" s="389"/>
+      <c r="I34" s="389"/>
+      <c r="J34" s="389"/>
+      <c r="K34" s="389"/>
+      <c r="L34" s="389"/>
+      <c r="M34" s="389"/>
+      <c r="N34" s="389"/>
+      <c r="O34" s="389"/>
+      <c r="P34" s="389"/>
+      <c r="Q34" s="389"/>
+      <c r="R34" s="389"/>
+      <c r="S34" s="389"/>
+      <c r="T34" s="389"/>
+      <c r="U34" s="389"/>
+      <c r="V34" s="389"/>
+      <c r="W34" s="389"/>
+      <c r="X34" s="389"/>
+      <c r="Y34" s="389"/>
+      <c r="Z34" s="389"/>
+      <c r="AA34" s="389"/>
+      <c r="AB34" s="389"/>
+      <c r="AC34" s="411"/>
+      <c r="AD34" s="411"/>
+      <c r="AE34" s="411"/>
+      <c r="AF34" s="411"/>
+      <c r="AG34" s="411"/>
+      <c r="AH34" s="411"/>
+      <c r="AI34" s="411"/>
+      <c r="AJ34" s="411"/>
+      <c r="AK34" s="411"/>
+      <c r="AL34" s="411"/>
+      <c r="AM34" s="411"/>
+      <c r="AN34" s="405"/>
+      <c r="AO34" s="405"/>
+      <c r="AP34" s="407"/>
+      <c r="AQ34" s="5"/>
     </row>
     <row r="35" spans="2:43" ht="27" customHeight="1">
-      <c r="B35" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ35" s="6"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="404"/>
+      <c r="D35" s="405"/>
+      <c r="E35" s="405"/>
+      <c r="F35" s="405"/>
+      <c r="G35" s="405"/>
+      <c r="H35" s="389"/>
+      <c r="I35" s="389"/>
+      <c r="J35" s="389"/>
+      <c r="K35" s="389"/>
+      <c r="L35" s="389"/>
+      <c r="M35" s="389"/>
+      <c r="N35" s="389"/>
+      <c r="O35" s="389"/>
+      <c r="P35" s="389"/>
+      <c r="Q35" s="389"/>
+      <c r="R35" s="389"/>
+      <c r="S35" s="389"/>
+      <c r="T35" s="389"/>
+      <c r="U35" s="389"/>
+      <c r="V35" s="389"/>
+      <c r="W35" s="389"/>
+      <c r="X35" s="389"/>
+      <c r="Y35" s="389"/>
+      <c r="Z35" s="389"/>
+      <c r="AA35" s="389"/>
+      <c r="AB35" s="389"/>
+      <c r="AC35" s="411"/>
+      <c r="AD35" s="411"/>
+      <c r="AE35" s="411"/>
+      <c r="AF35" s="411"/>
+      <c r="AG35" s="411"/>
+      <c r="AH35" s="411"/>
+      <c r="AI35" s="411"/>
+      <c r="AJ35" s="411"/>
+      <c r="AK35" s="411"/>
+      <c r="AL35" s="411"/>
+      <c r="AM35" s="411"/>
+      <c r="AN35" s="405"/>
+      <c r="AO35" s="405"/>
+      <c r="AP35" s="407"/>
+      <c r="AQ35" s="5"/>
     </row>
     <row r="36" spans="2:43" ht="27" customHeight="1">
-      <c r="B36" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ36" s="6"/>
+      <c r="B36" s="5"/>
+      <c r="C36" s="404"/>
+      <c r="D36" s="405"/>
+      <c r="E36" s="405"/>
+      <c r="F36" s="405"/>
+      <c r="G36" s="405"/>
+      <c r="H36" s="389"/>
+      <c r="I36" s="389"/>
+      <c r="J36" s="389"/>
+      <c r="K36" s="389"/>
+      <c r="L36" s="389"/>
+      <c r="M36" s="389"/>
+      <c r="N36" s="389"/>
+      <c r="O36" s="389"/>
+      <c r="P36" s="389"/>
+      <c r="Q36" s="389"/>
+      <c r="R36" s="389"/>
+      <c r="S36" s="389"/>
+      <c r="T36" s="389"/>
+      <c r="U36" s="389"/>
+      <c r="V36" s="389"/>
+      <c r="W36" s="389"/>
+      <c r="X36" s="389"/>
+      <c r="Y36" s="389"/>
+      <c r="Z36" s="389"/>
+      <c r="AA36" s="389"/>
+      <c r="AB36" s="389"/>
+      <c r="AC36" s="411"/>
+      <c r="AD36" s="411"/>
+      <c r="AE36" s="411"/>
+      <c r="AF36" s="411"/>
+      <c r="AG36" s="411"/>
+      <c r="AH36" s="411"/>
+      <c r="AI36" s="411"/>
+      <c r="AJ36" s="411"/>
+      <c r="AK36" s="411"/>
+      <c r="AL36" s="411"/>
+      <c r="AM36" s="411"/>
+      <c r="AN36" s="405"/>
+      <c r="AO36" s="405"/>
+      <c r="AP36" s="407"/>
+      <c r="AQ36" s="5"/>
     </row>
     <row r="37" spans="2:43" ht="27" customHeight="1">
-      <c r="B37" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ37" s="6"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="404"/>
+      <c r="D37" s="405"/>
+      <c r="E37" s="405"/>
+      <c r="F37" s="405"/>
+      <c r="G37" s="405"/>
+      <c r="H37" s="389"/>
+      <c r="I37" s="389"/>
+      <c r="J37" s="389"/>
+      <c r="K37" s="389"/>
+      <c r="L37" s="389"/>
+      <c r="M37" s="389"/>
+      <c r="N37" s="389"/>
+      <c r="O37" s="389"/>
+      <c r="P37" s="389"/>
+      <c r="Q37" s="389"/>
+      <c r="R37" s="389"/>
+      <c r="S37" s="389"/>
+      <c r="T37" s="389"/>
+      <c r="U37" s="389"/>
+      <c r="V37" s="389"/>
+      <c r="W37" s="389"/>
+      <c r="X37" s="389"/>
+      <c r="Y37" s="389"/>
+      <c r="Z37" s="389"/>
+      <c r="AA37" s="389"/>
+      <c r="AB37" s="389"/>
+      <c r="AC37" s="411"/>
+      <c r="AD37" s="411"/>
+      <c r="AE37" s="411"/>
+      <c r="AF37" s="411"/>
+      <c r="AG37" s="411"/>
+      <c r="AH37" s="411"/>
+      <c r="AI37" s="411"/>
+      <c r="AJ37" s="411"/>
+      <c r="AK37" s="411"/>
+      <c r="AL37" s="411"/>
+      <c r="AM37" s="411"/>
+      <c r="AN37" s="405"/>
+      <c r="AO37" s="405"/>
+      <c r="AP37" s="407"/>
+      <c r="AQ37" s="5"/>
     </row>
     <row r="38" spans="2:43" ht="27" customHeight="1">
-      <c r="B38" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ38" s="6"/>
+      <c r="B38" s="5"/>
+      <c r="C38" s="404"/>
+      <c r="D38" s="405"/>
+      <c r="E38" s="405"/>
+      <c r="F38" s="405"/>
+      <c r="G38" s="405"/>
+      <c r="H38" s="389"/>
+      <c r="I38" s="389"/>
+      <c r="J38" s="389"/>
+      <c r="K38" s="389"/>
+      <c r="L38" s="389"/>
+      <c r="M38" s="389"/>
+      <c r="N38" s="389"/>
+      <c r="O38" s="389"/>
+      <c r="P38" s="389"/>
+      <c r="Q38" s="389"/>
+      <c r="R38" s="389"/>
+      <c r="S38" s="389"/>
+      <c r="T38" s="389"/>
+      <c r="U38" s="389"/>
+      <c r="V38" s="389"/>
+      <c r="W38" s="389"/>
+      <c r="X38" s="389"/>
+      <c r="Y38" s="389"/>
+      <c r="Z38" s="389"/>
+      <c r="AA38" s="389"/>
+      <c r="AB38" s="389"/>
+      <c r="AC38" s="411"/>
+      <c r="AD38" s="411"/>
+      <c r="AE38" s="411"/>
+      <c r="AF38" s="411"/>
+      <c r="AG38" s="411"/>
+      <c r="AH38" s="411"/>
+      <c r="AI38" s="411"/>
+      <c r="AJ38" s="411"/>
+      <c r="AK38" s="411"/>
+      <c r="AL38" s="411"/>
+      <c r="AM38" s="411"/>
+      <c r="AN38" s="405"/>
+      <c r="AO38" s="405"/>
+      <c r="AP38" s="407"/>
+      <c r="AQ38" s="5"/>
     </row>
     <row r="39" spans="2:43" ht="27" customHeight="1">
-      <c r="B39" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ39" s="6"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="404"/>
+      <c r="D39" s="405"/>
+      <c r="E39" s="405"/>
+      <c r="F39" s="405"/>
+      <c r="G39" s="405"/>
+      <c r="H39" s="389"/>
+      <c r="I39" s="389"/>
+      <c r="J39" s="389"/>
+      <c r="K39" s="389"/>
+      <c r="L39" s="389"/>
+      <c r="M39" s="389"/>
+      <c r="N39" s="389"/>
+      <c r="O39" s="389"/>
+      <c r="P39" s="389"/>
+      <c r="Q39" s="389"/>
+      <c r="R39" s="389"/>
+      <c r="S39" s="389"/>
+      <c r="T39" s="389"/>
+      <c r="U39" s="389"/>
+      <c r="V39" s="389"/>
+      <c r="W39" s="389"/>
+      <c r="X39" s="389"/>
+      <c r="Y39" s="389"/>
+      <c r="Z39" s="389"/>
+      <c r="AA39" s="389"/>
+      <c r="AB39" s="389"/>
+      <c r="AC39" s="411"/>
+      <c r="AD39" s="411"/>
+      <c r="AE39" s="411"/>
+      <c r="AF39" s="411"/>
+      <c r="AG39" s="411"/>
+      <c r="AH39" s="411"/>
+      <c r="AI39" s="411"/>
+      <c r="AJ39" s="411"/>
+      <c r="AK39" s="411"/>
+      <c r="AL39" s="411"/>
+      <c r="AM39" s="411"/>
+      <c r="AN39" s="405"/>
+      <c r="AO39" s="405"/>
+      <c r="AP39" s="407"/>
+      <c r="AQ39" s="5"/>
     </row>
     <row r="40" spans="2:43" ht="27" customHeight="1">
-      <c r="B40" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ40" s="6"/>
+      <c r="B40" s="5"/>
+      <c r="C40" s="404"/>
+      <c r="D40" s="405"/>
+      <c r="E40" s="405"/>
+      <c r="F40" s="405"/>
+      <c r="G40" s="405"/>
+      <c r="H40" s="389"/>
+      <c r="I40" s="389"/>
+      <c r="J40" s="389"/>
+      <c r="K40" s="389"/>
+      <c r="L40" s="389"/>
+      <c r="M40" s="389"/>
+      <c r="N40" s="389"/>
+      <c r="O40" s="389"/>
+      <c r="P40" s="389"/>
+      <c r="Q40" s="389"/>
+      <c r="R40" s="389"/>
+      <c r="S40" s="389"/>
+      <c r="T40" s="389"/>
+      <c r="U40" s="389"/>
+      <c r="V40" s="389"/>
+      <c r="W40" s="389"/>
+      <c r="X40" s="389"/>
+      <c r="Y40" s="389"/>
+      <c r="Z40" s="389"/>
+      <c r="AA40" s="389"/>
+      <c r="AB40" s="389"/>
+      <c r="AC40" s="411"/>
+      <c r="AD40" s="411"/>
+      <c r="AE40" s="411"/>
+      <c r="AF40" s="411"/>
+      <c r="AG40" s="411"/>
+      <c r="AH40" s="411"/>
+      <c r="AI40" s="411"/>
+      <c r="AJ40" s="411"/>
+      <c r="AK40" s="411"/>
+      <c r="AL40" s="411"/>
+      <c r="AM40" s="411"/>
+      <c r="AN40" s="405"/>
+      <c r="AO40" s="405"/>
+      <c r="AP40" s="407"/>
+      <c r="AQ40" s="5"/>
     </row>
     <row r="41" spans="2:43" ht="27" customHeight="1">
-      <c r="B41" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ41" s="6"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="404"/>
+      <c r="D41" s="405"/>
+      <c r="E41" s="405"/>
+      <c r="F41" s="405"/>
+      <c r="G41" s="405"/>
+      <c r="H41" s="389"/>
+      <c r="I41" s="389"/>
+      <c r="J41" s="389"/>
+      <c r="K41" s="389"/>
+      <c r="L41" s="389"/>
+      <c r="M41" s="389"/>
+      <c r="N41" s="389"/>
+      <c r="O41" s="389"/>
+      <c r="P41" s="389"/>
+      <c r="Q41" s="389"/>
+      <c r="R41" s="389"/>
+      <c r="S41" s="389"/>
+      <c r="T41" s="389"/>
+      <c r="U41" s="389"/>
+      <c r="V41" s="389"/>
+      <c r="W41" s="389"/>
+      <c r="X41" s="389"/>
+      <c r="Y41" s="389"/>
+      <c r="Z41" s="389"/>
+      <c r="AA41" s="389"/>
+      <c r="AB41" s="389"/>
+      <c r="AC41" s="411"/>
+      <c r="AD41" s="411"/>
+      <c r="AE41" s="411"/>
+      <c r="AF41" s="411"/>
+      <c r="AG41" s="411"/>
+      <c r="AH41" s="411"/>
+      <c r="AI41" s="411"/>
+      <c r="AJ41" s="411"/>
+      <c r="AK41" s="411"/>
+      <c r="AL41" s="411"/>
+      <c r="AM41" s="411"/>
+      <c r="AN41" s="405"/>
+      <c r="AO41" s="405"/>
+      <c r="AP41" s="407"/>
+      <c r="AQ41" s="5"/>
     </row>
     <row r="42" spans="2:43" ht="27" customHeight="1">
-      <c r="B42" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ42" s="6"/>
+      <c r="B42" s="5"/>
+      <c r="C42" s="404"/>
+      <c r="D42" s="405"/>
+      <c r="E42" s="405"/>
+      <c r="F42" s="405"/>
+      <c r="G42" s="405"/>
+      <c r="H42" s="389"/>
+      <c r="I42" s="389"/>
+      <c r="J42" s="389"/>
+      <c r="K42" s="389"/>
+      <c r="L42" s="389"/>
+      <c r="M42" s="389"/>
+      <c r="N42" s="389"/>
+      <c r="O42" s="389"/>
+      <c r="P42" s="389"/>
+      <c r="Q42" s="389"/>
+      <c r="R42" s="389"/>
+      <c r="S42" s="389"/>
+      <c r="T42" s="389"/>
+      <c r="U42" s="389"/>
+      <c r="V42" s="389"/>
+      <c r="W42" s="389"/>
+      <c r="X42" s="389"/>
+      <c r="Y42" s="389"/>
+      <c r="Z42" s="389"/>
+      <c r="AA42" s="389"/>
+      <c r="AB42" s="389"/>
+      <c r="AC42" s="411"/>
+      <c r="AD42" s="411"/>
+      <c r="AE42" s="411"/>
+      <c r="AF42" s="411"/>
+      <c r="AG42" s="411"/>
+      <c r="AH42" s="411"/>
+      <c r="AI42" s="411"/>
+      <c r="AJ42" s="411"/>
+      <c r="AK42" s="411"/>
+      <c r="AL42" s="411"/>
+      <c r="AM42" s="411"/>
+      <c r="AN42" s="405"/>
+      <c r="AO42" s="405"/>
+      <c r="AP42" s="407"/>
+      <c r="AQ42" s="5"/>
     </row>
     <row r="43" spans="2:43" ht="27" customHeight="1">
-      <c r="B43" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ43" s="6"/>
+      <c r="B43" s="5"/>
+      <c r="C43" s="404"/>
+      <c r="D43" s="405"/>
+      <c r="E43" s="405"/>
+      <c r="F43" s="405"/>
+      <c r="G43" s="405"/>
+      <c r="H43" s="389"/>
+      <c r="I43" s="389"/>
+      <c r="J43" s="389"/>
+      <c r="K43" s="389"/>
+      <c r="L43" s="389"/>
+      <c r="M43" s="389"/>
+      <c r="N43" s="389"/>
+      <c r="O43" s="389"/>
+      <c r="P43" s="389"/>
+      <c r="Q43" s="389"/>
+      <c r="R43" s="389"/>
+      <c r="S43" s="389"/>
+      <c r="T43" s="389"/>
+      <c r="U43" s="389"/>
+      <c r="V43" s="389"/>
+      <c r="W43" s="389"/>
+      <c r="X43" s="389"/>
+      <c r="Y43" s="389"/>
+      <c r="Z43" s="389"/>
+      <c r="AA43" s="389"/>
+      <c r="AB43" s="389"/>
+      <c r="AC43" s="411"/>
+      <c r="AD43" s="411"/>
+      <c r="AE43" s="411"/>
+      <c r="AF43" s="411"/>
+      <c r="AG43" s="411"/>
+      <c r="AH43" s="411"/>
+      <c r="AI43" s="411"/>
+      <c r="AJ43" s="411"/>
+      <c r="AK43" s="411"/>
+      <c r="AL43" s="411"/>
+      <c r="AM43" s="411"/>
+      <c r="AN43" s="405"/>
+      <c r="AO43" s="405"/>
+      <c r="AP43" s="407"/>
+      <c r="AQ43" s="5"/>
     </row>
     <row r="44" spans="2:43" ht="27" customHeight="1">
-      <c r="B44" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ44" s="6"/>
+      <c r="B44" s="5"/>
+      <c r="C44" s="404"/>
+      <c r="D44" s="405"/>
+      <c r="E44" s="405"/>
+      <c r="F44" s="405"/>
+      <c r="G44" s="405"/>
+      <c r="H44" s="389"/>
+      <c r="I44" s="389"/>
+      <c r="J44" s="389"/>
+      <c r="K44" s="389"/>
+      <c r="L44" s="389"/>
+      <c r="M44" s="389"/>
+      <c r="N44" s="389"/>
+      <c r="O44" s="389"/>
+      <c r="P44" s="389"/>
+      <c r="Q44" s="389"/>
+      <c r="R44" s="389"/>
+      <c r="S44" s="389"/>
+      <c r="T44" s="389"/>
+      <c r="U44" s="389"/>
+      <c r="V44" s="389"/>
+      <c r="W44" s="389"/>
+      <c r="X44" s="389"/>
+      <c r="Y44" s="389"/>
+      <c r="Z44" s="389"/>
+      <c r="AA44" s="389"/>
+      <c r="AB44" s="389"/>
+      <c r="AC44" s="411"/>
+      <c r="AD44" s="411"/>
+      <c r="AE44" s="411"/>
+      <c r="AF44" s="411"/>
+      <c r="AG44" s="411"/>
+      <c r="AH44" s="411"/>
+      <c r="AI44" s="411"/>
+      <c r="AJ44" s="411"/>
+      <c r="AK44" s="411"/>
+      <c r="AL44" s="411"/>
+      <c r="AM44" s="411"/>
+      <c r="AN44" s="405"/>
+      <c r="AO44" s="405"/>
+      <c r="AP44" s="407"/>
+      <c r="AQ44" s="5"/>
     </row>
     <row r="45" spans="2:43" ht="27" customHeight="1">
-      <c r="B45" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ45" s="6"/>
+      <c r="B45" s="5"/>
+      <c r="C45" s="404"/>
+      <c r="D45" s="405"/>
+      <c r="E45" s="405"/>
+      <c r="F45" s="405"/>
+      <c r="G45" s="405"/>
+      <c r="H45" s="389"/>
+      <c r="I45" s="389"/>
+      <c r="J45" s="389"/>
+      <c r="K45" s="389"/>
+      <c r="L45" s="389"/>
+      <c r="M45" s="389"/>
+      <c r="N45" s="389"/>
+      <c r="O45" s="389"/>
+      <c r="P45" s="389"/>
+      <c r="Q45" s="389"/>
+      <c r="R45" s="389"/>
+      <c r="S45" s="389"/>
+      <c r="T45" s="389"/>
+      <c r="U45" s="389"/>
+      <c r="V45" s="389"/>
+      <c r="W45" s="389"/>
+      <c r="X45" s="389"/>
+      <c r="Y45" s="389"/>
+      <c r="Z45" s="389"/>
+      <c r="AA45" s="389"/>
+      <c r="AB45" s="389"/>
+      <c r="AC45" s="411"/>
+      <c r="AD45" s="411"/>
+      <c r="AE45" s="411"/>
+      <c r="AF45" s="411"/>
+      <c r="AG45" s="411"/>
+      <c r="AH45" s="411"/>
+      <c r="AI45" s="411"/>
+      <c r="AJ45" s="411"/>
+      <c r="AK45" s="411"/>
+      <c r="AL45" s="411"/>
+      <c r="AM45" s="411"/>
+      <c r="AN45" s="405"/>
+      <c r="AO45" s="405"/>
+      <c r="AP45" s="407"/>
+      <c r="AQ45" s="5"/>
     </row>
     <row r="46" spans="2:43" ht="27" customHeight="1">
-      <c r="B46" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ46" s="6"/>
+      <c r="B46" s="5"/>
+      <c r="C46" s="404"/>
+      <c r="D46" s="405"/>
+      <c r="E46" s="405"/>
+      <c r="F46" s="405"/>
+      <c r="G46" s="405"/>
+      <c r="H46" s="389"/>
+      <c r="I46" s="389"/>
+      <c r="J46" s="389"/>
+      <c r="K46" s="389"/>
+      <c r="L46" s="389"/>
+      <c r="M46" s="389"/>
+      <c r="N46" s="389"/>
+      <c r="O46" s="389"/>
+      <c r="P46" s="389"/>
+      <c r="Q46" s="389"/>
+      <c r="R46" s="389"/>
+      <c r="S46" s="389"/>
+      <c r="T46" s="389"/>
+      <c r="U46" s="389"/>
+      <c r="V46" s="389"/>
+      <c r="W46" s="389"/>
+      <c r="X46" s="389"/>
+      <c r="Y46" s="389"/>
+      <c r="Z46" s="389"/>
+      <c r="AA46" s="389"/>
+      <c r="AB46" s="389"/>
+      <c r="AC46" s="411"/>
+      <c r="AD46" s="411"/>
+      <c r="AE46" s="411"/>
+      <c r="AF46" s="411"/>
+      <c r="AG46" s="411"/>
+      <c r="AH46" s="411"/>
+      <c r="AI46" s="411"/>
+      <c r="AJ46" s="411"/>
+      <c r="AK46" s="411"/>
+      <c r="AL46" s="411"/>
+      <c r="AM46" s="411"/>
+      <c r="AN46" s="405"/>
+      <c r="AO46" s="405"/>
+      <c r="AP46" s="407"/>
+      <c r="AQ46" s="5"/>
     </row>
     <row r="47" spans="2:43" ht="27" customHeight="1">
-      <c r="B47" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ47" s="6"/>
+      <c r="B47" s="5"/>
+      <c r="C47" s="404"/>
+      <c r="D47" s="405"/>
+      <c r="E47" s="405"/>
+      <c r="F47" s="405"/>
+      <c r="G47" s="405"/>
+      <c r="H47" s="389"/>
+      <c r="I47" s="389"/>
+      <c r="J47" s="389"/>
+      <c r="K47" s="389"/>
+      <c r="L47" s="389"/>
+      <c r="M47" s="389"/>
+      <c r="N47" s="389"/>
+      <c r="O47" s="389"/>
+      <c r="P47" s="389"/>
+      <c r="Q47" s="389"/>
+      <c r="R47" s="389"/>
+      <c r="S47" s="389"/>
+      <c r="T47" s="389"/>
+      <c r="U47" s="389"/>
+      <c r="V47" s="389"/>
+      <c r="W47" s="389"/>
+      <c r="X47" s="389"/>
+      <c r="Y47" s="389"/>
+      <c r="Z47" s="389"/>
+      <c r="AA47" s="389"/>
+      <c r="AB47" s="389"/>
+      <c r="AC47" s="411"/>
+      <c r="AD47" s="411"/>
+      <c r="AE47" s="411"/>
+      <c r="AF47" s="411"/>
+      <c r="AG47" s="411"/>
+      <c r="AH47" s="411"/>
+      <c r="AI47" s="411"/>
+      <c r="AJ47" s="411"/>
+      <c r="AK47" s="411"/>
+      <c r="AL47" s="411"/>
+      <c r="AM47" s="411"/>
+      <c r="AN47" s="405"/>
+      <c r="AO47" s="405"/>
+      <c r="AP47" s="407"/>
+      <c r="AQ47" s="5"/>
     </row>
     <row r="48" spans="2:43" ht="27" customHeight="1">
-      <c r="B48" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ48" s="6"/>
+      <c r="B48" s="5"/>
+      <c r="C48" s="404"/>
+      <c r="D48" s="405"/>
+      <c r="E48" s="405"/>
+      <c r="F48" s="405"/>
+      <c r="G48" s="405"/>
+      <c r="H48" s="389"/>
+      <c r="I48" s="389"/>
+      <c r="J48" s="389"/>
+      <c r="K48" s="389"/>
+      <c r="L48" s="389"/>
+      <c r="M48" s="389"/>
+      <c r="N48" s="389"/>
+      <c r="O48" s="389"/>
+      <c r="P48" s="389"/>
+      <c r="Q48" s="389"/>
+      <c r="R48" s="389"/>
+      <c r="S48" s="389"/>
+      <c r="T48" s="389"/>
+      <c r="U48" s="389"/>
+      <c r="V48" s="389"/>
+      <c r="W48" s="389"/>
+      <c r="X48" s="389"/>
+      <c r="Y48" s="389"/>
+      <c r="Z48" s="389"/>
+      <c r="AA48" s="389"/>
+      <c r="AB48" s="389"/>
+      <c r="AC48" s="411"/>
+      <c r="AD48" s="411"/>
+      <c r="AE48" s="411"/>
+      <c r="AF48" s="411"/>
+      <c r="AG48" s="411"/>
+      <c r="AH48" s="411"/>
+      <c r="AI48" s="411"/>
+      <c r="AJ48" s="411"/>
+      <c r="AK48" s="411"/>
+      <c r="AL48" s="411"/>
+      <c r="AM48" s="411"/>
+      <c r="AN48" s="405"/>
+      <c r="AO48" s="405"/>
+      <c r="AP48" s="407"/>
+      <c r="AQ48" s="5"/>
     </row>
     <row r="49" spans="2:43" ht="27" customHeight="1">
-      <c r="B49" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ49" s="6"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="404"/>
+      <c r="D49" s="405"/>
+      <c r="E49" s="405"/>
+      <c r="F49" s="405"/>
+      <c r="G49" s="405"/>
+      <c r="H49" s="389"/>
+      <c r="I49" s="389"/>
+      <c r="J49" s="389"/>
+      <c r="K49" s="389"/>
+      <c r="L49" s="389"/>
+      <c r="M49" s="389"/>
+      <c r="N49" s="389"/>
+      <c r="O49" s="389"/>
+      <c r="P49" s="389"/>
+      <c r="Q49" s="389"/>
+      <c r="R49" s="389"/>
+      <c r="S49" s="389"/>
+      <c r="T49" s="389"/>
+      <c r="U49" s="389"/>
+      <c r="V49" s="389"/>
+      <c r="W49" s="389"/>
+      <c r="X49" s="389"/>
+      <c r="Y49" s="389"/>
+      <c r="Z49" s="389"/>
+      <c r="AA49" s="389"/>
+      <c r="AB49" s="389"/>
+      <c r="AC49" s="411"/>
+      <c r="AD49" s="411"/>
+      <c r="AE49" s="411"/>
+      <c r="AF49" s="411"/>
+      <c r="AG49" s="411"/>
+      <c r="AH49" s="411"/>
+      <c r="AI49" s="411"/>
+      <c r="AJ49" s="411"/>
+      <c r="AK49" s="411"/>
+      <c r="AL49" s="411"/>
+      <c r="AM49" s="411"/>
+      <c r="AN49" s="405"/>
+      <c r="AO49" s="405"/>
+      <c r="AP49" s="407"/>
+      <c r="AQ49" s="5"/>
     </row>
     <row r="50" spans="2:43" ht="27" customHeight="1" thickBot="1">
-      <c r="B50" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ50" s="6"/>
+      <c r="B50" s="5"/>
+      <c r="C50" s="413"/>
+      <c r="D50" s="414"/>
+      <c r="E50" s="414"/>
+      <c r="F50" s="414"/>
+      <c r="G50" s="414"/>
+      <c r="H50" s="412"/>
+      <c r="I50" s="412"/>
+      <c r="J50" s="412"/>
+      <c r="K50" s="412"/>
+      <c r="L50" s="412"/>
+      <c r="M50" s="412"/>
+      <c r="N50" s="412"/>
+      <c r="O50" s="412"/>
+      <c r="P50" s="412"/>
+      <c r="Q50" s="412"/>
+      <c r="R50" s="412"/>
+      <c r="S50" s="412"/>
+      <c r="T50" s="412"/>
+      <c r="U50" s="412"/>
+      <c r="V50" s="412"/>
+      <c r="W50" s="412"/>
+      <c r="X50" s="412"/>
+      <c r="Y50" s="412"/>
+      <c r="Z50" s="412"/>
+      <c r="AA50" s="412"/>
+      <c r="AB50" s="412"/>
+      <c r="AC50" s="416"/>
+      <c r="AD50" s="416"/>
+      <c r="AE50" s="416"/>
+      <c r="AF50" s="416"/>
+      <c r="AG50" s="416"/>
+      <c r="AH50" s="416"/>
+      <c r="AI50" s="416"/>
+      <c r="AJ50" s="416"/>
+      <c r="AK50" s="416"/>
+      <c r="AL50" s="416"/>
+      <c r="AM50" s="416"/>
+      <c r="AN50" s="414"/>
+      <c r="AO50" s="414"/>
+      <c r="AP50" s="415"/>
+      <c r="AQ50" s="5"/>
     </row>
     <row r="51" spans="2:43" ht="8.25" customHeight="1">
-      <c r="B51" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ51" s="6"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="5"/>
+      <c r="D51" s="5"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5"/>
+      <c r="K51" s="5"/>
+      <c r="L51" s="5"/>
+      <c r="M51" s="5"/>
+      <c r="N51" s="5"/>
+      <c r="O51" s="5"/>
+      <c r="P51" s="5"/>
+      <c r="Q51" s="5"/>
+      <c r="R51" s="5"/>
+      <c r="S51" s="5"/>
+      <c r="T51" s="5"/>
+      <c r="U51" s="5"/>
+      <c r="V51" s="5"/>
+      <c r="W51" s="5"/>
+      <c r="X51" s="5"/>
+      <c r="Y51" s="5"/>
+      <c r="Z51" s="5"/>
+      <c r="AA51" s="5"/>
+      <c r="AB51" s="5"/>
+      <c r="AC51" s="5"/>
+      <c r="AD51" s="5"/>
+      <c r="AE51" s="5"/>
+      <c r="AF51" s="5"/>
+      <c r="AG51" s="5"/>
+      <c r="AH51" s="5"/>
+      <c r="AI51" s="5"/>
+      <c r="AJ51" s="5"/>
+      <c r="AK51" s="5"/>
+      <c r="AL51" s="5"/>
+      <c r="AM51" s="5"/>
+      <c r="AN51" s="5"/>
+      <c r="AO51" s="5"/>
+      <c r="AP51" s="5"/>
+      <c r="AQ51" s="5"/>
     </row>
     <row r="52" spans="2:43" ht="18">
-      <c r="C52" s="30"/>
-[...38 lines deleted...]
-      <c r="AP52" s="30"/>
+      <c r="C52" s="28"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="28"/>
+      <c r="F52" s="28"/>
+      <c r="G52" s="28"/>
+      <c r="H52" s="28"/>
+      <c r="I52" s="28"/>
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="L52" s="28"/>
+      <c r="M52" s="28"/>
+      <c r="N52" s="28"/>
+      <c r="O52" s="28"/>
+      <c r="P52" s="28"/>
+      <c r="Q52" s="28"/>
+      <c r="R52" s="28"/>
+      <c r="S52" s="28"/>
+      <c r="T52" s="28"/>
+      <c r="U52" s="28"/>
+      <c r="V52" s="28"/>
+      <c r="W52" s="28"/>
+      <c r="X52" s="28"/>
+      <c r="Y52" s="28"/>
+      <c r="Z52" s="28"/>
+      <c r="AA52" s="28"/>
+      <c r="AB52" s="28"/>
+      <c r="AC52" s="28"/>
+      <c r="AD52" s="28"/>
+      <c r="AE52" s="28"/>
+      <c r="AF52" s="28"/>
+      <c r="AG52" s="28"/>
+      <c r="AH52" s="28"/>
+      <c r="AI52" s="28"/>
+      <c r="AJ52" s="28"/>
+      <c r="AK52" s="28"/>
+      <c r="AL52" s="28"/>
+      <c r="AM52" s="28"/>
+      <c r="AN52" s="28"/>
+      <c r="AO52" s="28"/>
+      <c r="AP52" s="28"/>
     </row>
     <row r="53" spans="2:43" ht="18">
-      <c r="C53" s="30"/>
-[...38 lines deleted...]
-      <c r="AP53" s="30"/>
+      <c r="C53" s="28"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="28"/>
+      <c r="F53" s="28"/>
+      <c r="G53" s="28"/>
+      <c r="H53" s="28"/>
+      <c r="I53" s="28"/>
+      <c r="J53" s="28"/>
+      <c r="K53" s="28"/>
+      <c r="L53" s="28"/>
+      <c r="M53" s="28"/>
+      <c r="N53" s="28"/>
+      <c r="O53" s="28"/>
+      <c r="P53" s="28"/>
+      <c r="Q53" s="28"/>
+      <c r="R53" s="28"/>
+      <c r="S53" s="28"/>
+      <c r="T53" s="28"/>
+      <c r="U53" s="28"/>
+      <c r="V53" s="28"/>
+      <c r="W53" s="28"/>
+      <c r="X53" s="28"/>
+      <c r="Y53" s="28"/>
+      <c r="Z53" s="28"/>
+      <c r="AA53" s="28"/>
+      <c r="AB53" s="28"/>
+      <c r="AC53" s="28"/>
+      <c r="AD53" s="28"/>
+      <c r="AE53" s="28"/>
+      <c r="AF53" s="28"/>
+      <c r="AG53" s="28"/>
+      <c r="AH53" s="28"/>
+      <c r="AI53" s="28"/>
+      <c r="AJ53" s="28"/>
+      <c r="AK53" s="28"/>
+      <c r="AL53" s="28"/>
+      <c r="AM53" s="28"/>
+      <c r="AN53" s="28"/>
+      <c r="AO53" s="28"/>
+      <c r="AP53" s="28"/>
     </row>
     <row r="54" spans="2:43" ht="18">
-      <c r="C54" s="30"/>
-[...38 lines deleted...]
-      <c r="AP54" s="30"/>
+      <c r="C54" s="28"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="28"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="28"/>
+      <c r="H54" s="28"/>
+      <c r="I54" s="28"/>
+      <c r="J54" s="28"/>
+      <c r="K54" s="28"/>
+      <c r="L54" s="28"/>
+      <c r="M54" s="28"/>
+      <c r="N54" s="28"/>
+      <c r="O54" s="28"/>
+      <c r="P54" s="28"/>
+      <c r="Q54" s="28"/>
+      <c r="R54" s="28"/>
+      <c r="S54" s="28"/>
+      <c r="T54" s="28"/>
+      <c r="U54" s="28"/>
+      <c r="V54" s="28"/>
+      <c r="W54" s="28"/>
+      <c r="X54" s="28"/>
+      <c r="Y54" s="28"/>
+      <c r="Z54" s="28"/>
+      <c r="AA54" s="28"/>
+      <c r="AB54" s="28"/>
+      <c r="AC54" s="28"/>
+      <c r="AD54" s="28"/>
+      <c r="AE54" s="28"/>
+      <c r="AF54" s="28"/>
+      <c r="AG54" s="28"/>
+      <c r="AH54" s="28"/>
+      <c r="AI54" s="28"/>
+      <c r="AJ54" s="28"/>
+      <c r="AK54" s="28"/>
+      <c r="AL54" s="28"/>
+      <c r="AM54" s="28"/>
+      <c r="AN54" s="28"/>
+      <c r="AO54" s="28"/>
+      <c r="AP54" s="28"/>
     </row>
     <row r="55" spans="2:43" ht="18">
-      <c r="C55" s="30"/>
-[...38 lines deleted...]
-      <c r="AP55" s="30"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="28"/>
+      <c r="H55" s="28"/>
+      <c r="I55" s="28"/>
+      <c r="J55" s="28"/>
+      <c r="K55" s="28"/>
+      <c r="L55" s="28"/>
+      <c r="M55" s="28"/>
+      <c r="N55" s="28"/>
+      <c r="O55" s="28"/>
+      <c r="P55" s="28"/>
+      <c r="Q55" s="28"/>
+      <c r="R55" s="28"/>
+      <c r="S55" s="28"/>
+      <c r="T55" s="28"/>
+      <c r="U55" s="28"/>
+      <c r="V55" s="28"/>
+      <c r="W55" s="28"/>
+      <c r="X55" s="28"/>
+      <c r="Y55" s="28"/>
+      <c r="Z55" s="28"/>
+      <c r="AA55" s="28"/>
+      <c r="AB55" s="28"/>
+      <c r="AC55" s="28"/>
+      <c r="AD55" s="28"/>
+      <c r="AE55" s="28"/>
+      <c r="AF55" s="28"/>
+      <c r="AG55" s="28"/>
+      <c r="AH55" s="28"/>
+      <c r="AI55" s="28"/>
+      <c r="AJ55" s="28"/>
+      <c r="AK55" s="28"/>
+      <c r="AL55" s="28"/>
+      <c r="AM55" s="28"/>
+      <c r="AN55" s="28"/>
+      <c r="AO55" s="28"/>
+      <c r="AP55" s="28"/>
     </row>
     <row r="56" spans="2:43" ht="18">
-      <c r="C56" s="30"/>
-[...38 lines deleted...]
-      <c r="AP56" s="30"/>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="28"/>
+      <c r="G56" s="28"/>
+      <c r="H56" s="28"/>
+      <c r="I56" s="28"/>
+      <c r="J56" s="28"/>
+      <c r="K56" s="28"/>
+      <c r="L56" s="28"/>
+      <c r="M56" s="28"/>
+      <c r="N56" s="28"/>
+      <c r="O56" s="28"/>
+      <c r="P56" s="28"/>
+      <c r="Q56" s="28"/>
+      <c r="R56" s="28"/>
+      <c r="S56" s="28"/>
+      <c r="T56" s="28"/>
+      <c r="U56" s="28"/>
+      <c r="V56" s="28"/>
+      <c r="W56" s="28"/>
+      <c r="X56" s="28"/>
+      <c r="Y56" s="28"/>
+      <c r="Z56" s="28"/>
+      <c r="AA56" s="28"/>
+      <c r="AB56" s="28"/>
+      <c r="AC56" s="28"/>
+      <c r="AD56" s="28"/>
+      <c r="AE56" s="28"/>
+      <c r="AF56" s="28"/>
+      <c r="AG56" s="28"/>
+      <c r="AH56" s="28"/>
+      <c r="AI56" s="28"/>
+      <c r="AJ56" s="28"/>
+      <c r="AK56" s="28"/>
+      <c r="AL56" s="28"/>
+      <c r="AM56" s="28"/>
+      <c r="AN56" s="28"/>
+      <c r="AO56" s="28"/>
+      <c r="AP56" s="28"/>
     </row>
     <row r="57" spans="2:43" ht="18">
-      <c r="C57" s="30" t="s">
+      <c r="C57" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="D57" s="30"/>
-[...37 lines deleted...]
-      <c r="AP57" s="30"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="28"/>
+      <c r="F57" s="28"/>
+      <c r="G57" s="28"/>
+      <c r="H57" s="28"/>
+      <c r="I57" s="28"/>
+      <c r="J57" s="28"/>
+      <c r="K57" s="28"/>
+      <c r="L57" s="28"/>
+      <c r="M57" s="28"/>
+      <c r="N57" s="28"/>
+      <c r="O57" s="28"/>
+      <c r="P57" s="28"/>
+      <c r="Q57" s="28"/>
+      <c r="R57" s="28"/>
+      <c r="S57" s="28"/>
+      <c r="T57" s="28"/>
+      <c r="U57" s="28"/>
+      <c r="V57" s="28"/>
+      <c r="W57" s="28"/>
+      <c r="X57" s="28"/>
+      <c r="Y57" s="28"/>
+      <c r="Z57" s="28"/>
+      <c r="AA57" s="28"/>
+      <c r="AB57" s="28"/>
+      <c r="AC57" s="28"/>
+      <c r="AD57" s="28"/>
+      <c r="AE57" s="28"/>
+      <c r="AF57" s="28"/>
+      <c r="AG57" s="28"/>
+      <c r="AH57" s="28"/>
+      <c r="AI57" s="28"/>
+      <c r="AJ57" s="28"/>
+      <c r="AK57" s="28"/>
+      <c r="AL57" s="28"/>
+      <c r="AM57" s="28"/>
+      <c r="AN57" s="28"/>
+      <c r="AO57" s="28"/>
+      <c r="AP57" s="28"/>
     </row>
     <row r="58" spans="2:43" ht="18">
-      <c r="C58" s="35" t="s">
+      <c r="C58" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="D58" s="30"/>
-[...37 lines deleted...]
-      <c r="AP58" s="30"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="28"/>
+      <c r="F58" s="28"/>
+      <c r="G58" s="28"/>
+      <c r="H58" s="28"/>
+      <c r="I58" s="28"/>
+      <c r="J58" s="28"/>
+      <c r="K58" s="28"/>
+      <c r="L58" s="28"/>
+      <c r="M58" s="28"/>
+      <c r="N58" s="28"/>
+      <c r="O58" s="28"/>
+      <c r="P58" s="28"/>
+      <c r="Q58" s="28"/>
+      <c r="R58" s="28"/>
+      <c r="S58" s="28"/>
+      <c r="T58" s="28"/>
+      <c r="U58" s="28"/>
+      <c r="V58" s="28"/>
+      <c r="W58" s="28"/>
+      <c r="X58" s="28"/>
+      <c r="Y58" s="28"/>
+      <c r="Z58" s="28"/>
+      <c r="AA58" s="28"/>
+      <c r="AB58" s="28"/>
+      <c r="AC58" s="28"/>
+      <c r="AD58" s="28"/>
+      <c r="AE58" s="28"/>
+      <c r="AF58" s="28"/>
+      <c r="AG58" s="28"/>
+      <c r="AH58" s="28"/>
+      <c r="AI58" s="28"/>
+      <c r="AJ58" s="28"/>
+      <c r="AK58" s="28"/>
+      <c r="AL58" s="28"/>
+      <c r="AM58" s="28"/>
+      <c r="AN58" s="28"/>
+      <c r="AO58" s="28"/>
+      <c r="AP58" s="28"/>
     </row>
     <row r="59" spans="2:43" ht="18">
-      <c r="C59" s="35" t="s">
+      <c r="C59" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="D59" s="30"/>
-[...37 lines deleted...]
-      <c r="AP59" s="30"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="28"/>
+      <c r="G59" s="28"/>
+      <c r="H59" s="28"/>
+      <c r="I59" s="28"/>
+      <c r="J59" s="28"/>
+      <c r="K59" s="28"/>
+      <c r="L59" s="28"/>
+      <c r="M59" s="28"/>
+      <c r="N59" s="28"/>
+      <c r="O59" s="28"/>
+      <c r="P59" s="28"/>
+      <c r="Q59" s="28"/>
+      <c r="R59" s="28"/>
+      <c r="S59" s="28"/>
+      <c r="T59" s="28"/>
+      <c r="U59" s="28"/>
+      <c r="V59" s="28"/>
+      <c r="W59" s="28"/>
+      <c r="X59" s="28"/>
+      <c r="Y59" s="28"/>
+      <c r="Z59" s="28"/>
+      <c r="AA59" s="28"/>
+      <c r="AB59" s="28"/>
+      <c r="AC59" s="28"/>
+      <c r="AD59" s="28"/>
+      <c r="AE59" s="28"/>
+      <c r="AF59" s="28"/>
+      <c r="AG59" s="28"/>
+      <c r="AH59" s="28"/>
+      <c r="AI59" s="28"/>
+      <c r="AJ59" s="28"/>
+      <c r="AK59" s="28"/>
+      <c r="AL59" s="28"/>
+      <c r="AM59" s="28"/>
+      <c r="AN59" s="28"/>
+      <c r="AO59" s="28"/>
+      <c r="AP59" s="28"/>
     </row>
     <row r="60" spans="2:43" ht="18">
-      <c r="C60" s="35" t="s">
+      <c r="C60" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="D60" s="30"/>
-[...37 lines deleted...]
-      <c r="AP60" s="30"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="28"/>
+      <c r="F60" s="28"/>
+      <c r="G60" s="28"/>
+      <c r="H60" s="28"/>
+      <c r="I60" s="28"/>
+      <c r="J60" s="28"/>
+      <c r="K60" s="28"/>
+      <c r="L60" s="28"/>
+      <c r="M60" s="28"/>
+      <c r="N60" s="28"/>
+      <c r="O60" s="28"/>
+      <c r="P60" s="28"/>
+      <c r="Q60" s="28"/>
+      <c r="R60" s="28"/>
+      <c r="S60" s="28"/>
+      <c r="T60" s="28"/>
+      <c r="U60" s="28"/>
+      <c r="V60" s="28"/>
+      <c r="W60" s="28"/>
+      <c r="X60" s="28"/>
+      <c r="Y60" s="28"/>
+      <c r="Z60" s="28"/>
+      <c r="AA60" s="28"/>
+      <c r="AB60" s="28"/>
+      <c r="AC60" s="28"/>
+      <c r="AD60" s="28"/>
+      <c r="AE60" s="28"/>
+      <c r="AF60" s="28"/>
+      <c r="AG60" s="28"/>
+      <c r="AH60" s="28"/>
+      <c r="AI60" s="28"/>
+      <c r="AJ60" s="28"/>
+      <c r="AK60" s="28"/>
+      <c r="AL60" s="28"/>
+      <c r="AM60" s="28"/>
+      <c r="AN60" s="28"/>
+      <c r="AO60" s="28"/>
+      <c r="AP60" s="28"/>
     </row>
     <row r="61" spans="2:43" ht="18">
-      <c r="C61" s="35" t="s">
+      <c r="C61" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="D61" s="30"/>
-[...37 lines deleted...]
-      <c r="AP61" s="30"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="28"/>
+      <c r="F61" s="28"/>
+      <c r="G61" s="28"/>
+      <c r="H61" s="28"/>
+      <c r="I61" s="28"/>
+      <c r="J61" s="28"/>
+      <c r="K61" s="28"/>
+      <c r="L61" s="28"/>
+      <c r="M61" s="28"/>
+      <c r="N61" s="28"/>
+      <c r="O61" s="28"/>
+      <c r="P61" s="28"/>
+      <c r="Q61" s="28"/>
+      <c r="R61" s="28"/>
+      <c r="S61" s="28"/>
+      <c r="T61" s="28"/>
+      <c r="U61" s="28"/>
+      <c r="V61" s="28"/>
+      <c r="W61" s="28"/>
+      <c r="X61" s="28"/>
+      <c r="Y61" s="28"/>
+      <c r="Z61" s="28"/>
+      <c r="AA61" s="28"/>
+      <c r="AB61" s="28"/>
+      <c r="AC61" s="28"/>
+      <c r="AD61" s="28"/>
+      <c r="AE61" s="28"/>
+      <c r="AF61" s="28"/>
+      <c r="AG61" s="28"/>
+      <c r="AH61" s="28"/>
+      <c r="AI61" s="28"/>
+      <c r="AJ61" s="28"/>
+      <c r="AK61" s="28"/>
+      <c r="AL61" s="28"/>
+      <c r="AM61" s="28"/>
+      <c r="AN61" s="28"/>
+      <c r="AO61" s="28"/>
+      <c r="AP61" s="28"/>
     </row>
     <row r="62" spans="2:43" ht="18">
-      <c r="C62" s="35" t="s">
+      <c r="C62" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="D62" s="30"/>
-[...37 lines deleted...]
-      <c r="AP62" s="30"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="28"/>
+      <c r="F62" s="28"/>
+      <c r="G62" s="28"/>
+      <c r="H62" s="28"/>
+      <c r="I62" s="28"/>
+      <c r="J62" s="28"/>
+      <c r="K62" s="28"/>
+      <c r="L62" s="28"/>
+      <c r="M62" s="28"/>
+      <c r="N62" s="28"/>
+      <c r="O62" s="28"/>
+      <c r="P62" s="28"/>
+      <c r="Q62" s="28"/>
+      <c r="R62" s="28"/>
+      <c r="S62" s="28"/>
+      <c r="T62" s="28"/>
+      <c r="U62" s="28"/>
+      <c r="V62" s="28"/>
+      <c r="W62" s="28"/>
+      <c r="X62" s="28"/>
+      <c r="Y62" s="28"/>
+      <c r="Z62" s="28"/>
+      <c r="AA62" s="28"/>
+      <c r="AB62" s="28"/>
+      <c r="AC62" s="28"/>
+      <c r="AD62" s="28"/>
+      <c r="AE62" s="28"/>
+      <c r="AF62" s="28"/>
+      <c r="AG62" s="28"/>
+      <c r="AH62" s="28"/>
+      <c r="AI62" s="28"/>
+      <c r="AJ62" s="28"/>
+      <c r="AK62" s="28"/>
+      <c r="AL62" s="28"/>
+      <c r="AM62" s="28"/>
+      <c r="AN62" s="28"/>
+      <c r="AO62" s="28"/>
+      <c r="AP62" s="28"/>
     </row>
     <row r="63" spans="2:43" ht="18">
-      <c r="C63" s="35" t="s">
+      <c r="C63" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="D63" s="30"/>
-[...37 lines deleted...]
-      <c r="AP63" s="30"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="28"/>
+      <c r="G63" s="28"/>
+      <c r="H63" s="28"/>
+      <c r="I63" s="28"/>
+      <c r="J63" s="28"/>
+      <c r="K63" s="28"/>
+      <c r="L63" s="28"/>
+      <c r="M63" s="28"/>
+      <c r="N63" s="28"/>
+      <c r="O63" s="28"/>
+      <c r="P63" s="28"/>
+      <c r="Q63" s="28"/>
+      <c r="R63" s="28"/>
+      <c r="S63" s="28"/>
+      <c r="T63" s="28"/>
+      <c r="U63" s="28"/>
+      <c r="V63" s="28"/>
+      <c r="W63" s="28"/>
+      <c r="X63" s="28"/>
+      <c r="Y63" s="28"/>
+      <c r="Z63" s="28"/>
+      <c r="AA63" s="28"/>
+      <c r="AB63" s="28"/>
+      <c r="AC63" s="28"/>
+      <c r="AD63" s="28"/>
+      <c r="AE63" s="28"/>
+      <c r="AF63" s="28"/>
+      <c r="AG63" s="28"/>
+      <c r="AH63" s="28"/>
+      <c r="AI63" s="28"/>
+      <c r="AJ63" s="28"/>
+      <c r="AK63" s="28"/>
+      <c r="AL63" s="28"/>
+      <c r="AM63" s="28"/>
+      <c r="AN63" s="28"/>
+      <c r="AO63" s="28"/>
+      <c r="AP63" s="28"/>
     </row>
     <row r="64" spans="2:43" ht="18">
-      <c r="C64" s="35" t="s">
+      <c r="C64" s="25" t="s">
         <v>36</v>
       </c>
-      <c r="D64" s="30"/>
-[...37 lines deleted...]
-      <c r="AP64" s="30"/>
+      <c r="D64" s="28"/>
+      <c r="E64" s="28"/>
+      <c r="F64" s="28"/>
+      <c r="G64" s="28"/>
+      <c r="H64" s="28"/>
+      <c r="I64" s="28"/>
+      <c r="J64" s="28"/>
+      <c r="K64" s="28"/>
+      <c r="L64" s="28"/>
+      <c r="M64" s="28"/>
+      <c r="N64" s="28"/>
+      <c r="O64" s="28"/>
+      <c r="P64" s="28"/>
+      <c r="Q64" s="28"/>
+      <c r="R64" s="28"/>
+      <c r="S64" s="28"/>
+      <c r="T64" s="28"/>
+      <c r="U64" s="28"/>
+      <c r="V64" s="28"/>
+      <c r="W64" s="28"/>
+      <c r="X64" s="28"/>
+      <c r="Y64" s="28"/>
+      <c r="Z64" s="28"/>
+      <c r="AA64" s="28"/>
+      <c r="AB64" s="28"/>
+      <c r="AC64" s="28"/>
+      <c r="AD64" s="28"/>
+      <c r="AE64" s="28"/>
+      <c r="AF64" s="28"/>
+      <c r="AG64" s="28"/>
+      <c r="AH64" s="28"/>
+      <c r="AI64" s="28"/>
+      <c r="AJ64" s="28"/>
+      <c r="AK64" s="28"/>
+      <c r="AL64" s="28"/>
+      <c r="AM64" s="28"/>
+      <c r="AN64" s="28"/>
+      <c r="AO64" s="28"/>
+      <c r="AP64" s="28"/>
     </row>
     <row r="65" spans="3:42" ht="18">
-      <c r="C65" s="35" t="s">
+      <c r="C65" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="D65" s="30"/>
-[...37 lines deleted...]
-      <c r="AP65" s="30"/>
+      <c r="D65" s="28"/>
+      <c r="E65" s="28"/>
+      <c r="F65" s="28"/>
+      <c r="G65" s="28"/>
+      <c r="H65" s="28"/>
+      <c r="I65" s="28"/>
+      <c r="J65" s="28"/>
+      <c r="K65" s="28"/>
+      <c r="L65" s="28"/>
+      <c r="M65" s="28"/>
+      <c r="N65" s="28"/>
+      <c r="O65" s="28"/>
+      <c r="P65" s="28"/>
+      <c r="Q65" s="28"/>
+      <c r="R65" s="28"/>
+      <c r="S65" s="28"/>
+      <c r="T65" s="28"/>
+      <c r="U65" s="28"/>
+      <c r="V65" s="28"/>
+      <c r="W65" s="28"/>
+      <c r="X65" s="28"/>
+      <c r="Y65" s="28"/>
+      <c r="Z65" s="28"/>
+      <c r="AA65" s="28"/>
+      <c r="AB65" s="28"/>
+      <c r="AC65" s="28"/>
+      <c r="AD65" s="28"/>
+      <c r="AE65" s="28"/>
+      <c r="AF65" s="28"/>
+      <c r="AG65" s="28"/>
+      <c r="AH65" s="28"/>
+      <c r="AI65" s="28"/>
+      <c r="AJ65" s="28"/>
+      <c r="AK65" s="28"/>
+      <c r="AL65" s="28"/>
+      <c r="AM65" s="28"/>
+      <c r="AN65" s="28"/>
+      <c r="AO65" s="28"/>
+      <c r="AP65" s="28"/>
     </row>
     <row r="66" spans="3:42" ht="18">
-      <c r="C66" s="35" t="s">
+      <c r="C66" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="D66" s="30"/>
-[...37 lines deleted...]
-      <c r="AP66" s="30"/>
+      <c r="D66" s="28"/>
+      <c r="E66" s="28"/>
+      <c r="F66" s="28"/>
+      <c r="G66" s="28"/>
+      <c r="H66" s="28"/>
+      <c r="I66" s="28"/>
+      <c r="J66" s="28"/>
+      <c r="K66" s="28"/>
+      <c r="L66" s="28"/>
+      <c r="M66" s="28"/>
+      <c r="N66" s="28"/>
+      <c r="O66" s="28"/>
+      <c r="P66" s="28"/>
+      <c r="Q66" s="28"/>
+      <c r="R66" s="28"/>
+      <c r="S66" s="28"/>
+      <c r="T66" s="28"/>
+      <c r="U66" s="28"/>
+      <c r="V66" s="28"/>
+      <c r="W66" s="28"/>
+      <c r="X66" s="28"/>
+      <c r="Y66" s="28"/>
+      <c r="Z66" s="28"/>
+      <c r="AA66" s="28"/>
+      <c r="AB66" s="28"/>
+      <c r="AC66" s="28"/>
+      <c r="AD66" s="28"/>
+      <c r="AE66" s="28"/>
+      <c r="AF66" s="28"/>
+      <c r="AG66" s="28"/>
+      <c r="AH66" s="28"/>
+      <c r="AI66" s="28"/>
+      <c r="AJ66" s="28"/>
+      <c r="AK66" s="28"/>
+      <c r="AL66" s="28"/>
+      <c r="AM66" s="28"/>
+      <c r="AN66" s="28"/>
+      <c r="AO66" s="28"/>
+      <c r="AP66" s="28"/>
     </row>
     <row r="67" spans="3:42" ht="18">
-      <c r="C67" s="35" t="s">
+      <c r="C67" s="25" t="s">
         <v>14</v>
       </c>
-      <c r="D67" s="30"/>
-[...37 lines deleted...]
-      <c r="AP67" s="30"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="28"/>
+      <c r="G67" s="28"/>
+      <c r="H67" s="28"/>
+      <c r="I67" s="28"/>
+      <c r="J67" s="28"/>
+      <c r="K67" s="28"/>
+      <c r="L67" s="28"/>
+      <c r="M67" s="28"/>
+      <c r="N67" s="28"/>
+      <c r="O67" s="28"/>
+      <c r="P67" s="28"/>
+      <c r="Q67" s="28"/>
+      <c r="R67" s="28"/>
+      <c r="S67" s="28"/>
+      <c r="T67" s="28"/>
+      <c r="U67" s="28"/>
+      <c r="V67" s="28"/>
+      <c r="W67" s="28"/>
+      <c r="X67" s="28"/>
+      <c r="Y67" s="28"/>
+      <c r="Z67" s="28"/>
+      <c r="AA67" s="28"/>
+      <c r="AB67" s="28"/>
+      <c r="AC67" s="28"/>
+      <c r="AD67" s="28"/>
+      <c r="AE67" s="28"/>
+      <c r="AF67" s="28"/>
+      <c r="AG67" s="28"/>
+      <c r="AH67" s="28"/>
+      <c r="AI67" s="28"/>
+      <c r="AJ67" s="28"/>
+      <c r="AK67" s="28"/>
+      <c r="AL67" s="28"/>
+      <c r="AM67" s="28"/>
+      <c r="AN67" s="28"/>
+      <c r="AO67" s="28"/>
+      <c r="AP67" s="28"/>
     </row>
     <row r="68" spans="3:42" ht="18">
-      <c r="C68" s="35" t="s">
+      <c r="C68" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="D68" s="30"/>
-[...37 lines deleted...]
-      <c r="AP68" s="30"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="28"/>
+      <c r="G68" s="28"/>
+      <c r="H68" s="28"/>
+      <c r="I68" s="28"/>
+      <c r="J68" s="28"/>
+      <c r="K68" s="28"/>
+      <c r="L68" s="28"/>
+      <c r="M68" s="28"/>
+      <c r="N68" s="28"/>
+      <c r="O68" s="28"/>
+      <c r="P68" s="28"/>
+      <c r="Q68" s="28"/>
+      <c r="R68" s="28"/>
+      <c r="S68" s="28"/>
+      <c r="T68" s="28"/>
+      <c r="U68" s="28"/>
+      <c r="V68" s="28"/>
+      <c r="W68" s="28"/>
+      <c r="X68" s="28"/>
+      <c r="Y68" s="28"/>
+      <c r="Z68" s="28"/>
+      <c r="AA68" s="28"/>
+      <c r="AB68" s="28"/>
+      <c r="AC68" s="28"/>
+      <c r="AD68" s="28"/>
+      <c r="AE68" s="28"/>
+      <c r="AF68" s="28"/>
+      <c r="AG68" s="28"/>
+      <c r="AH68" s="28"/>
+      <c r="AI68" s="28"/>
+      <c r="AJ68" s="28"/>
+      <c r="AK68" s="28"/>
+      <c r="AL68" s="28"/>
+      <c r="AM68" s="28"/>
+      <c r="AN68" s="28"/>
+      <c r="AO68" s="28"/>
+      <c r="AP68" s="28"/>
     </row>
     <row r="69" spans="3:42" ht="18">
-      <c r="C69" s="35" t="s">
+      <c r="C69" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="D69" s="30"/>
-[...37 lines deleted...]
-      <c r="AP69" s="30"/>
+      <c r="D69" s="28"/>
+      <c r="E69" s="28"/>
+      <c r="F69" s="28"/>
+      <c r="G69" s="28"/>
+      <c r="H69" s="28"/>
+      <c r="I69" s="28"/>
+      <c r="J69" s="28"/>
+      <c r="K69" s="28"/>
+      <c r="L69" s="28"/>
+      <c r="M69" s="28"/>
+      <c r="N69" s="28"/>
+      <c r="O69" s="28"/>
+      <c r="P69" s="28"/>
+      <c r="Q69" s="28"/>
+      <c r="R69" s="28"/>
+      <c r="S69" s="28"/>
+      <c r="T69" s="28"/>
+      <c r="U69" s="28"/>
+      <c r="V69" s="28"/>
+      <c r="W69" s="28"/>
+      <c r="X69" s="28"/>
+      <c r="Y69" s="28"/>
+      <c r="Z69" s="28"/>
+      <c r="AA69" s="28"/>
+      <c r="AB69" s="28"/>
+      <c r="AC69" s="28"/>
+      <c r="AD69" s="28"/>
+      <c r="AE69" s="28"/>
+      <c r="AF69" s="28"/>
+      <c r="AG69" s="28"/>
+      <c r="AH69" s="28"/>
+      <c r="AI69" s="28"/>
+      <c r="AJ69" s="28"/>
+      <c r="AK69" s="28"/>
+      <c r="AL69" s="28"/>
+      <c r="AM69" s="28"/>
+      <c r="AN69" s="28"/>
+      <c r="AO69" s="28"/>
+      <c r="AP69" s="28"/>
     </row>
     <row r="70" spans="3:42" ht="18">
-      <c r="C70" s="35" t="s">
+      <c r="C70" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="D70" s="30"/>
-[...37 lines deleted...]
-      <c r="AP70" s="30"/>
+      <c r="D70" s="28"/>
+      <c r="E70" s="28"/>
+      <c r="F70" s="28"/>
+      <c r="G70" s="28"/>
+      <c r="H70" s="28"/>
+      <c r="I70" s="28"/>
+      <c r="J70" s="28"/>
+      <c r="K70" s="28"/>
+      <c r="L70" s="28"/>
+      <c r="M70" s="28"/>
+      <c r="N70" s="28"/>
+      <c r="O70" s="28"/>
+      <c r="P70" s="28"/>
+      <c r="Q70" s="28"/>
+      <c r="R70" s="28"/>
+      <c r="S70" s="28"/>
+      <c r="T70" s="28"/>
+      <c r="U70" s="28"/>
+      <c r="V70" s="28"/>
+      <c r="W70" s="28"/>
+      <c r="X70" s="28"/>
+      <c r="Y70" s="28"/>
+      <c r="Z70" s="28"/>
+      <c r="AA70" s="28"/>
+      <c r="AB70" s="28"/>
+      <c r="AC70" s="28"/>
+      <c r="AD70" s="28"/>
+      <c r="AE70" s="28"/>
+      <c r="AF70" s="28"/>
+      <c r="AG70" s="28"/>
+      <c r="AH70" s="28"/>
+      <c r="AI70" s="28"/>
+      <c r="AJ70" s="28"/>
+      <c r="AK70" s="28"/>
+      <c r="AL70" s="28"/>
+      <c r="AM70" s="28"/>
+      <c r="AN70" s="28"/>
+      <c r="AO70" s="28"/>
+      <c r="AP70" s="28"/>
     </row>
     <row r="71" spans="3:42" ht="18">
-      <c r="C71" s="35" t="s">
+      <c r="C71" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="D71" s="30"/>
-[...37 lines deleted...]
-      <c r="AP71" s="30"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="28"/>
+      <c r="G71" s="28"/>
+      <c r="H71" s="28"/>
+      <c r="I71" s="28"/>
+      <c r="J71" s="28"/>
+      <c r="K71" s="28"/>
+      <c r="L71" s="28"/>
+      <c r="M71" s="28"/>
+      <c r="N71" s="28"/>
+      <c r="O71" s="28"/>
+      <c r="P71" s="28"/>
+      <c r="Q71" s="28"/>
+      <c r="R71" s="28"/>
+      <c r="S71" s="28"/>
+      <c r="T71" s="28"/>
+      <c r="U71" s="28"/>
+      <c r="V71" s="28"/>
+      <c r="W71" s="28"/>
+      <c r="X71" s="28"/>
+      <c r="Y71" s="28"/>
+      <c r="Z71" s="28"/>
+      <c r="AA71" s="28"/>
+      <c r="AB71" s="28"/>
+      <c r="AC71" s="28"/>
+      <c r="AD71" s="28"/>
+      <c r="AE71" s="28"/>
+      <c r="AF71" s="28"/>
+      <c r="AG71" s="28"/>
+      <c r="AH71" s="28"/>
+      <c r="AI71" s="28"/>
+      <c r="AJ71" s="28"/>
+      <c r="AK71" s="28"/>
+      <c r="AL71" s="28"/>
+      <c r="AM71" s="28"/>
+      <c r="AN71" s="28"/>
+      <c r="AO71" s="28"/>
+      <c r="AP71" s="28"/>
     </row>
     <row r="72" spans="3:42" ht="18">
-      <c r="C72" s="35" t="s">
+      <c r="C72" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="D72" s="30"/>
-[...37 lines deleted...]
-      <c r="AP72" s="30"/>
+      <c r="D72" s="28"/>
+      <c r="E72" s="28"/>
+      <c r="F72" s="28"/>
+      <c r="G72" s="28"/>
+      <c r="H72" s="28"/>
+      <c r="I72" s="28"/>
+      <c r="J72" s="28"/>
+      <c r="K72" s="28"/>
+      <c r="L72" s="28"/>
+      <c r="M72" s="28"/>
+      <c r="N72" s="28"/>
+      <c r="O72" s="28"/>
+      <c r="P72" s="28"/>
+      <c r="Q72" s="28"/>
+      <c r="R72" s="28"/>
+      <c r="S72" s="28"/>
+      <c r="T72" s="28"/>
+      <c r="U72" s="28"/>
+      <c r="V72" s="28"/>
+      <c r="W72" s="28"/>
+      <c r="X72" s="28"/>
+      <c r="Y72" s="28"/>
+      <c r="Z72" s="28"/>
+      <c r="AA72" s="28"/>
+      <c r="AB72" s="28"/>
+      <c r="AC72" s="28"/>
+      <c r="AD72" s="28"/>
+      <c r="AE72" s="28"/>
+      <c r="AF72" s="28"/>
+      <c r="AG72" s="28"/>
+      <c r="AH72" s="28"/>
+      <c r="AI72" s="28"/>
+      <c r="AJ72" s="28"/>
+      <c r="AK72" s="28"/>
+      <c r="AL72" s="28"/>
+      <c r="AM72" s="28"/>
+      <c r="AN72" s="28"/>
+      <c r="AO72" s="28"/>
+      <c r="AP72" s="28"/>
     </row>
     <row r="73" spans="3:42" ht="18">
-      <c r="C73" s="35" t="s">
+      <c r="C73" s="25" t="s">
         <v>35</v>
       </c>
-      <c r="D73" s="30"/>
-[...37 lines deleted...]
-      <c r="AP73" s="30"/>
+      <c r="D73" s="28"/>
+      <c r="E73" s="28"/>
+      <c r="F73" s="28"/>
+      <c r="G73" s="28"/>
+      <c r="H73" s="28"/>
+      <c r="I73" s="28"/>
+      <c r="J73" s="28"/>
+      <c r="K73" s="28"/>
+      <c r="L73" s="28"/>
+      <c r="M73" s="28"/>
+      <c r="N73" s="28"/>
+      <c r="O73" s="28"/>
+      <c r="P73" s="28"/>
+      <c r="Q73" s="28"/>
+      <c r="R73" s="28"/>
+      <c r="S73" s="28"/>
+      <c r="T73" s="28"/>
+      <c r="U73" s="28"/>
+      <c r="V73" s="28"/>
+      <c r="W73" s="28"/>
+      <c r="X73" s="28"/>
+      <c r="Y73" s="28"/>
+      <c r="Z73" s="28"/>
+      <c r="AA73" s="28"/>
+      <c r="AB73" s="28"/>
+      <c r="AC73" s="28"/>
+      <c r="AD73" s="28"/>
+      <c r="AE73" s="28"/>
+      <c r="AF73" s="28"/>
+      <c r="AG73" s="28"/>
+      <c r="AH73" s="28"/>
+      <c r="AI73" s="28"/>
+      <c r="AJ73" s="28"/>
+      <c r="AK73" s="28"/>
+      <c r="AL73" s="28"/>
+      <c r="AM73" s="28"/>
+      <c r="AN73" s="28"/>
+      <c r="AO73" s="28"/>
+      <c r="AP73" s="28"/>
     </row>
     <row r="74" spans="3:42" ht="18">
-      <c r="C74" s="35" t="s">
+      <c r="C74" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="D74" s="30"/>
-[...37 lines deleted...]
-      <c r="AP74" s="30"/>
+      <c r="D74" s="28"/>
+      <c r="E74" s="28"/>
+      <c r="F74" s="28"/>
+      <c r="G74" s="28"/>
+      <c r="H74" s="28"/>
+      <c r="I74" s="28"/>
+      <c r="J74" s="28"/>
+      <c r="K74" s="28"/>
+      <c r="L74" s="28"/>
+      <c r="M74" s="28"/>
+      <c r="N74" s="28"/>
+      <c r="O74" s="28"/>
+      <c r="P74" s="28"/>
+      <c r="Q74" s="28"/>
+      <c r="R74" s="28"/>
+      <c r="S74" s="28"/>
+      <c r="T74" s="28"/>
+      <c r="U74" s="28"/>
+      <c r="V74" s="28"/>
+      <c r="W74" s="28"/>
+      <c r="X74" s="28"/>
+      <c r="Y74" s="28"/>
+      <c r="Z74" s="28"/>
+      <c r="AA74" s="28"/>
+      <c r="AB74" s="28"/>
+      <c r="AC74" s="28"/>
+      <c r="AD74" s="28"/>
+      <c r="AE74" s="28"/>
+      <c r="AF74" s="28"/>
+      <c r="AG74" s="28"/>
+      <c r="AH74" s="28"/>
+      <c r="AI74" s="28"/>
+      <c r="AJ74" s="28"/>
+      <c r="AK74" s="28"/>
+      <c r="AL74" s="28"/>
+      <c r="AM74" s="28"/>
+      <c r="AN74" s="28"/>
+      <c r="AO74" s="28"/>
+      <c r="AP74" s="28"/>
     </row>
     <row r="75" spans="3:42" ht="18">
-      <c r="C75" s="35" t="s">
+      <c r="C75" s="25" t="s">
         <v>92</v>
       </c>
-      <c r="D75" s="30"/>
-[...37 lines deleted...]
-      <c r="AP75" s="30"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="28"/>
+      <c r="H75" s="28"/>
+      <c r="I75" s="28"/>
+      <c r="J75" s="28"/>
+      <c r="K75" s="28"/>
+      <c r="L75" s="28"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="28"/>
+      <c r="P75" s="28"/>
+      <c r="Q75" s="28"/>
+      <c r="R75" s="28"/>
+      <c r="S75" s="28"/>
+      <c r="T75" s="28"/>
+      <c r="U75" s="28"/>
+      <c r="V75" s="28"/>
+      <c r="W75" s="28"/>
+      <c r="X75" s="28"/>
+      <c r="Y75" s="28"/>
+      <c r="Z75" s="28"/>
+      <c r="AA75" s="28"/>
+      <c r="AB75" s="28"/>
+      <c r="AC75" s="28"/>
+      <c r="AD75" s="28"/>
+      <c r="AE75" s="28"/>
+      <c r="AF75" s="28"/>
+      <c r="AG75" s="28"/>
+      <c r="AH75" s="28"/>
+      <c r="AI75" s="28"/>
+      <c r="AJ75" s="28"/>
+      <c r="AK75" s="28"/>
+      <c r="AL75" s="28"/>
+      <c r="AM75" s="28"/>
+      <c r="AN75" s="28"/>
+      <c r="AO75" s="28"/>
+      <c r="AP75" s="28"/>
     </row>
     <row r="76" spans="3:42" ht="18">
-      <c r="C76" s="35" t="s">
+      <c r="C76" s="25" t="s">
         <v>34</v>
       </c>
-      <c r="D76" s="30"/>
-[...37 lines deleted...]
-      <c r="AP76" s="30"/>
+      <c r="D76" s="28"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="28"/>
+      <c r="G76" s="28"/>
+      <c r="H76" s="28"/>
+      <c r="I76" s="28"/>
+      <c r="J76" s="28"/>
+      <c r="K76" s="28"/>
+      <c r="L76" s="28"/>
+      <c r="M76" s="28"/>
+      <c r="N76" s="28"/>
+      <c r="O76" s="28"/>
+      <c r="P76" s="28"/>
+      <c r="Q76" s="28"/>
+      <c r="R76" s="28"/>
+      <c r="S76" s="28"/>
+      <c r="T76" s="28"/>
+      <c r="U76" s="28"/>
+      <c r="V76" s="28"/>
+      <c r="W76" s="28"/>
+      <c r="X76" s="28"/>
+      <c r="Y76" s="28"/>
+      <c r="Z76" s="28"/>
+      <c r="AA76" s="28"/>
+      <c r="AB76" s="28"/>
+      <c r="AC76" s="28"/>
+      <c r="AD76" s="28"/>
+      <c r="AE76" s="28"/>
+      <c r="AF76" s="28"/>
+      <c r="AG76" s="28"/>
+      <c r="AH76" s="28"/>
+      <c r="AI76" s="28"/>
+      <c r="AJ76" s="28"/>
+      <c r="AK76" s="28"/>
+      <c r="AL76" s="28"/>
+      <c r="AM76" s="28"/>
+      <c r="AN76" s="28"/>
+      <c r="AO76" s="28"/>
+      <c r="AP76" s="28"/>
     </row>
     <row r="77" spans="3:42" ht="18">
-      <c r="C77" s="35" t="s">
+      <c r="C77" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="D77" s="30"/>
-[...37 lines deleted...]
-      <c r="AP77" s="30"/>
+      <c r="D77" s="28"/>
+      <c r="E77" s="28"/>
+      <c r="F77" s="28"/>
+      <c r="G77" s="28"/>
+      <c r="H77" s="28"/>
+      <c r="I77" s="28"/>
+      <c r="J77" s="28"/>
+      <c r="K77" s="28"/>
+      <c r="L77" s="28"/>
+      <c r="M77" s="28"/>
+      <c r="N77" s="28"/>
+      <c r="O77" s="28"/>
+      <c r="P77" s="28"/>
+      <c r="Q77" s="28"/>
+      <c r="R77" s="28"/>
+      <c r="S77" s="28"/>
+      <c r="T77" s="28"/>
+      <c r="U77" s="28"/>
+      <c r="V77" s="28"/>
+      <c r="W77" s="28"/>
+      <c r="X77" s="28"/>
+      <c r="Y77" s="28"/>
+      <c r="Z77" s="28"/>
+      <c r="AA77" s="28"/>
+      <c r="AB77" s="28"/>
+      <c r="AC77" s="28"/>
+      <c r="AD77" s="28"/>
+      <c r="AE77" s="28"/>
+      <c r="AF77" s="28"/>
+      <c r="AG77" s="28"/>
+      <c r="AH77" s="28"/>
+      <c r="AI77" s="28"/>
+      <c r="AJ77" s="28"/>
+      <c r="AK77" s="28"/>
+      <c r="AL77" s="28"/>
+      <c r="AM77" s="28"/>
+      <c r="AN77" s="28"/>
+      <c r="AO77" s="28"/>
+      <c r="AP77" s="28"/>
     </row>
     <row r="78" spans="3:42" ht="18">
-      <c r="C78" s="35" t="s">
+      <c r="C78" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="D78" s="30"/>
-[...37 lines deleted...]
-      <c r="AP78" s="30"/>
+      <c r="D78" s="28"/>
+      <c r="E78" s="28"/>
+      <c r="F78" s="28"/>
+      <c r="G78" s="28"/>
+      <c r="H78" s="28"/>
+      <c r="I78" s="28"/>
+      <c r="J78" s="28"/>
+      <c r="K78" s="28"/>
+      <c r="L78" s="28"/>
+      <c r="M78" s="28"/>
+      <c r="N78" s="28"/>
+      <c r="O78" s="28"/>
+      <c r="P78" s="28"/>
+      <c r="Q78" s="28"/>
+      <c r="R78" s="28"/>
+      <c r="S78" s="28"/>
+      <c r="T78" s="28"/>
+      <c r="U78" s="28"/>
+      <c r="V78" s="28"/>
+      <c r="W78" s="28"/>
+      <c r="X78" s="28"/>
+      <c r="Y78" s="28"/>
+      <c r="Z78" s="28"/>
+      <c r="AA78" s="28"/>
+      <c r="AB78" s="28"/>
+      <c r="AC78" s="28"/>
+      <c r="AD78" s="28"/>
+      <c r="AE78" s="28"/>
+      <c r="AF78" s="28"/>
+      <c r="AG78" s="28"/>
+      <c r="AH78" s="28"/>
+      <c r="AI78" s="28"/>
+      <c r="AJ78" s="28"/>
+      <c r="AK78" s="28"/>
+      <c r="AL78" s="28"/>
+      <c r="AM78" s="28"/>
+      <c r="AN78" s="28"/>
+      <c r="AO78" s="28"/>
+      <c r="AP78" s="28"/>
     </row>
     <row r="79" spans="3:42" ht="18">
-      <c r="C79" s="35" t="s">
+      <c r="C79" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="D79" s="30"/>
-[...37 lines deleted...]
-      <c r="AP79" s="30"/>
+      <c r="D79" s="28"/>
+      <c r="E79" s="28"/>
+      <c r="F79" s="28"/>
+      <c r="G79" s="28"/>
+      <c r="H79" s="28"/>
+      <c r="I79" s="28"/>
+      <c r="J79" s="28"/>
+      <c r="K79" s="28"/>
+      <c r="L79" s="28"/>
+      <c r="M79" s="28"/>
+      <c r="N79" s="28"/>
+      <c r="O79" s="28"/>
+      <c r="P79" s="28"/>
+      <c r="Q79" s="28"/>
+      <c r="R79" s="28"/>
+      <c r="S79" s="28"/>
+      <c r="T79" s="28"/>
+      <c r="U79" s="28"/>
+      <c r="V79" s="28"/>
+      <c r="W79" s="28"/>
+      <c r="X79" s="28"/>
+      <c r="Y79" s="28"/>
+      <c r="Z79" s="28"/>
+      <c r="AA79" s="28"/>
+      <c r="AB79" s="28"/>
+      <c r="AC79" s="28"/>
+      <c r="AD79" s="28"/>
+      <c r="AE79" s="28"/>
+      <c r="AF79" s="28"/>
+      <c r="AG79" s="28"/>
+      <c r="AH79" s="28"/>
+      <c r="AI79" s="28"/>
+      <c r="AJ79" s="28"/>
+      <c r="AK79" s="28"/>
+      <c r="AL79" s="28"/>
+      <c r="AM79" s="28"/>
+      <c r="AN79" s="28"/>
+      <c r="AO79" s="28"/>
+      <c r="AP79" s="28"/>
     </row>
     <row r="80" spans="3:42" ht="18">
-      <c r="C80" s="35" t="s">
+      <c r="C80" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="D80" s="30"/>
-[...37 lines deleted...]
-      <c r="AP80" s="30"/>
+      <c r="D80" s="28"/>
+      <c r="E80" s="28"/>
+      <c r="F80" s="28"/>
+      <c r="G80" s="28"/>
+      <c r="H80" s="28"/>
+      <c r="I80" s="28"/>
+      <c r="J80" s="28"/>
+      <c r="K80" s="28"/>
+      <c r="L80" s="28"/>
+      <c r="M80" s="28"/>
+      <c r="N80" s="28"/>
+      <c r="O80" s="28"/>
+      <c r="P80" s="28"/>
+      <c r="Q80" s="28"/>
+      <c r="R80" s="28"/>
+      <c r="S80" s="28"/>
+      <c r="T80" s="28"/>
+      <c r="U80" s="28"/>
+      <c r="V80" s="28"/>
+      <c r="W80" s="28"/>
+      <c r="X80" s="28"/>
+      <c r="Y80" s="28"/>
+      <c r="Z80" s="28"/>
+      <c r="AA80" s="28"/>
+      <c r="AB80" s="28"/>
+      <c r="AC80" s="28"/>
+      <c r="AD80" s="28"/>
+      <c r="AE80" s="28"/>
+      <c r="AF80" s="28"/>
+      <c r="AG80" s="28"/>
+      <c r="AH80" s="28"/>
+      <c r="AI80" s="28"/>
+      <c r="AJ80" s="28"/>
+      <c r="AK80" s="28"/>
+      <c r="AL80" s="28"/>
+      <c r="AM80" s="28"/>
+      <c r="AN80" s="28"/>
+      <c r="AO80" s="28"/>
+      <c r="AP80" s="28"/>
     </row>
     <row r="81" spans="3:42" ht="18">
-      <c r="C81" s="35" t="s">
+      <c r="C81" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="D81" s="30"/>
-[...37 lines deleted...]
-      <c r="AP81" s="30"/>
+      <c r="D81" s="28"/>
+      <c r="E81" s="28"/>
+      <c r="F81" s="28"/>
+      <c r="G81" s="28"/>
+      <c r="H81" s="28"/>
+      <c r="I81" s="28"/>
+      <c r="J81" s="28"/>
+      <c r="K81" s="28"/>
+      <c r="L81" s="28"/>
+      <c r="M81" s="28"/>
+      <c r="N81" s="28"/>
+      <c r="O81" s="28"/>
+      <c r="P81" s="28"/>
+      <c r="Q81" s="28"/>
+      <c r="R81" s="28"/>
+      <c r="S81" s="28"/>
+      <c r="T81" s="28"/>
+      <c r="U81" s="28"/>
+      <c r="V81" s="28"/>
+      <c r="W81" s="28"/>
+      <c r="X81" s="28"/>
+      <c r="Y81" s="28"/>
+      <c r="Z81" s="28"/>
+      <c r="AA81" s="28"/>
+      <c r="AB81" s="28"/>
+      <c r="AC81" s="28"/>
+      <c r="AD81" s="28"/>
+      <c r="AE81" s="28"/>
+      <c r="AF81" s="28"/>
+      <c r="AG81" s="28"/>
+      <c r="AH81" s="28"/>
+      <c r="AI81" s="28"/>
+      <c r="AJ81" s="28"/>
+      <c r="AK81" s="28"/>
+      <c r="AL81" s="28"/>
+      <c r="AM81" s="28"/>
+      <c r="AN81" s="28"/>
+      <c r="AO81" s="28"/>
+      <c r="AP81" s="28"/>
     </row>
     <row r="82" spans="3:42" ht="18">
-      <c r="C82" s="35" t="s">
+      <c r="C82" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="D82" s="30"/>
-[...37 lines deleted...]
-      <c r="AP82" s="30"/>
+      <c r="D82" s="28"/>
+      <c r="E82" s="28"/>
+      <c r="F82" s="28"/>
+      <c r="G82" s="28"/>
+      <c r="H82" s="28"/>
+      <c r="I82" s="28"/>
+      <c r="J82" s="28"/>
+      <c r="K82" s="28"/>
+      <c r="L82" s="28"/>
+      <c r="M82" s="28"/>
+      <c r="N82" s="28"/>
+      <c r="O82" s="28"/>
+      <c r="P82" s="28"/>
+      <c r="Q82" s="28"/>
+      <c r="R82" s="28"/>
+      <c r="S82" s="28"/>
+      <c r="T82" s="28"/>
+      <c r="U82" s="28"/>
+      <c r="V82" s="28"/>
+      <c r="W82" s="28"/>
+      <c r="X82" s="28"/>
+      <c r="Y82" s="28"/>
+      <c r="Z82" s="28"/>
+      <c r="AA82" s="28"/>
+      <c r="AB82" s="28"/>
+      <c r="AC82" s="28"/>
+      <c r="AD82" s="28"/>
+      <c r="AE82" s="28"/>
+      <c r="AF82" s="28"/>
+      <c r="AG82" s="28"/>
+      <c r="AH82" s="28"/>
+      <c r="AI82" s="28"/>
+      <c r="AJ82" s="28"/>
+      <c r="AK82" s="28"/>
+      <c r="AL82" s="28"/>
+      <c r="AM82" s="28"/>
+      <c r="AN82" s="28"/>
+      <c r="AO82" s="28"/>
+      <c r="AP82" s="28"/>
     </row>
     <row r="83" spans="3:42" ht="18">
-      <c r="C83" s="35" t="s">
+      <c r="C83" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="D83" s="30"/>
-[...37 lines deleted...]
-      <c r="AP83" s="30"/>
+      <c r="D83" s="28"/>
+      <c r="E83" s="28"/>
+      <c r="F83" s="28"/>
+      <c r="G83" s="28"/>
+      <c r="H83" s="28"/>
+      <c r="I83" s="28"/>
+      <c r="J83" s="28"/>
+      <c r="K83" s="28"/>
+      <c r="L83" s="28"/>
+      <c r="M83" s="28"/>
+      <c r="N83" s="28"/>
+      <c r="O83" s="28"/>
+      <c r="P83" s="28"/>
+      <c r="Q83" s="28"/>
+      <c r="R83" s="28"/>
+      <c r="S83" s="28"/>
+      <c r="T83" s="28"/>
+      <c r="U83" s="28"/>
+      <c r="V83" s="28"/>
+      <c r="W83" s="28"/>
+      <c r="X83" s="28"/>
+      <c r="Y83" s="28"/>
+      <c r="Z83" s="28"/>
+      <c r="AA83" s="28"/>
+      <c r="AB83" s="28"/>
+      <c r="AC83" s="28"/>
+      <c r="AD83" s="28"/>
+      <c r="AE83" s="28"/>
+      <c r="AF83" s="28"/>
+      <c r="AG83" s="28"/>
+      <c r="AH83" s="28"/>
+      <c r="AI83" s="28"/>
+      <c r="AJ83" s="28"/>
+      <c r="AK83" s="28"/>
+      <c r="AL83" s="28"/>
+      <c r="AM83" s="28"/>
+      <c r="AN83" s="28"/>
+      <c r="AO83" s="28"/>
+      <c r="AP83" s="28"/>
     </row>
     <row r="84" spans="3:42" ht="18">
-      <c r="C84" s="35" t="s">
+      <c r="C84" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="D84" s="30"/>
-[...37 lines deleted...]
-      <c r="AP84" s="30"/>
+      <c r="D84" s="28"/>
+      <c r="E84" s="28"/>
+      <c r="F84" s="28"/>
+      <c r="G84" s="28"/>
+      <c r="H84" s="28"/>
+      <c r="I84" s="28"/>
+      <c r="J84" s="28"/>
+      <c r="K84" s="28"/>
+      <c r="L84" s="28"/>
+      <c r="M84" s="28"/>
+      <c r="N84" s="28"/>
+      <c r="O84" s="28"/>
+      <c r="P84" s="28"/>
+      <c r="Q84" s="28"/>
+      <c r="R84" s="28"/>
+      <c r="S84" s="28"/>
+      <c r="T84" s="28"/>
+      <c r="U84" s="28"/>
+      <c r="V84" s="28"/>
+      <c r="W84" s="28"/>
+      <c r="X84" s="28"/>
+      <c r="Y84" s="28"/>
+      <c r="Z84" s="28"/>
+      <c r="AA84" s="28"/>
+      <c r="AB84" s="28"/>
+      <c r="AC84" s="28"/>
+      <c r="AD84" s="28"/>
+      <c r="AE84" s="28"/>
+      <c r="AF84" s="28"/>
+      <c r="AG84" s="28"/>
+      <c r="AH84" s="28"/>
+      <c r="AI84" s="28"/>
+      <c r="AJ84" s="28"/>
+      <c r="AK84" s="28"/>
+      <c r="AL84" s="28"/>
+      <c r="AM84" s="28"/>
+      <c r="AN84" s="28"/>
+      <c r="AO84" s="28"/>
+      <c r="AP84" s="28"/>
     </row>
     <row r="85" spans="3:42" ht="18">
-      <c r="C85" s="35" t="s">
+      <c r="C85" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="D85" s="30"/>
-[...37 lines deleted...]
-      <c r="AP85" s="30"/>
+      <c r="D85" s="28"/>
+      <c r="E85" s="28"/>
+      <c r="F85" s="28"/>
+      <c r="G85" s="28"/>
+      <c r="H85" s="28"/>
+      <c r="I85" s="28"/>
+      <c r="J85" s="28"/>
+      <c r="K85" s="28"/>
+      <c r="L85" s="28"/>
+      <c r="M85" s="28"/>
+      <c r="N85" s="28"/>
+      <c r="O85" s="28"/>
+      <c r="P85" s="28"/>
+      <c r="Q85" s="28"/>
+      <c r="R85" s="28"/>
+      <c r="S85" s="28"/>
+      <c r="T85" s="28"/>
+      <c r="U85" s="28"/>
+      <c r="V85" s="28"/>
+      <c r="W85" s="28"/>
+      <c r="X85" s="28"/>
+      <c r="Y85" s="28"/>
+      <c r="Z85" s="28"/>
+      <c r="AA85" s="28"/>
+      <c r="AB85" s="28"/>
+      <c r="AC85" s="28"/>
+      <c r="AD85" s="28"/>
+      <c r="AE85" s="28"/>
+      <c r="AF85" s="28"/>
+      <c r="AG85" s="28"/>
+      <c r="AH85" s="28"/>
+      <c r="AI85" s="28"/>
+      <c r="AJ85" s="28"/>
+      <c r="AK85" s="28"/>
+      <c r="AL85" s="28"/>
+      <c r="AM85" s="28"/>
+      <c r="AN85" s="28"/>
+      <c r="AO85" s="28"/>
+      <c r="AP85" s="28"/>
     </row>
     <row r="86" spans="3:42" ht="18">
-      <c r="C86" s="35" t="s">
+      <c r="C86" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="D86" s="30"/>
-[...37 lines deleted...]
-      <c r="AP86" s="30"/>
+      <c r="D86" s="28"/>
+      <c r="E86" s="28"/>
+      <c r="F86" s="28"/>
+      <c r="G86" s="28"/>
+      <c r="H86" s="28"/>
+      <c r="I86" s="28"/>
+      <c r="J86" s="28"/>
+      <c r="K86" s="28"/>
+      <c r="L86" s="28"/>
+      <c r="M86" s="28"/>
+      <c r="N86" s="28"/>
+      <c r="O86" s="28"/>
+      <c r="P86" s="28"/>
+      <c r="Q86" s="28"/>
+      <c r="R86" s="28"/>
+      <c r="S86" s="28"/>
+      <c r="T86" s="28"/>
+      <c r="U86" s="28"/>
+      <c r="V86" s="28"/>
+      <c r="W86" s="28"/>
+      <c r="X86" s="28"/>
+      <c r="Y86" s="28"/>
+      <c r="Z86" s="28"/>
+      <c r="AA86" s="28"/>
+      <c r="AB86" s="28"/>
+      <c r="AC86" s="28"/>
+      <c r="AD86" s="28"/>
+      <c r="AE86" s="28"/>
+      <c r="AF86" s="28"/>
+      <c r="AG86" s="28"/>
+      <c r="AH86" s="28"/>
+      <c r="AI86" s="28"/>
+      <c r="AJ86" s="28"/>
+      <c r="AK86" s="28"/>
+      <c r="AL86" s="28"/>
+      <c r="AM86" s="28"/>
+      <c r="AN86" s="28"/>
+      <c r="AO86" s="28"/>
+      <c r="AP86" s="28"/>
     </row>
     <row r="87" spans="3:42" ht="18">
-      <c r="C87" s="35" t="s">
+      <c r="C87" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="D87" s="30"/>
-[...37 lines deleted...]
-      <c r="AP87" s="30"/>
+      <c r="D87" s="28"/>
+      <c r="E87" s="28"/>
+      <c r="F87" s="28"/>
+      <c r="G87" s="28"/>
+      <c r="H87" s="28"/>
+      <c r="I87" s="28"/>
+      <c r="J87" s="28"/>
+      <c r="K87" s="28"/>
+      <c r="L87" s="28"/>
+      <c r="M87" s="28"/>
+      <c r="N87" s="28"/>
+      <c r="O87" s="28"/>
+      <c r="P87" s="28"/>
+      <c r="Q87" s="28"/>
+      <c r="R87" s="28"/>
+      <c r="S87" s="28"/>
+      <c r="T87" s="28"/>
+      <c r="U87" s="28"/>
+      <c r="V87" s="28"/>
+      <c r="W87" s="28"/>
+      <c r="X87" s="28"/>
+      <c r="Y87" s="28"/>
+      <c r="Z87" s="28"/>
+      <c r="AA87" s="28"/>
+      <c r="AB87" s="28"/>
+      <c r="AC87" s="28"/>
+      <c r="AD87" s="28"/>
+      <c r="AE87" s="28"/>
+      <c r="AF87" s="28"/>
+      <c r="AG87" s="28"/>
+      <c r="AH87" s="28"/>
+      <c r="AI87" s="28"/>
+      <c r="AJ87" s="28"/>
+      <c r="AK87" s="28"/>
+      <c r="AL87" s="28"/>
+      <c r="AM87" s="28"/>
+      <c r="AN87" s="28"/>
+      <c r="AO87" s="28"/>
+      <c r="AP87" s="28"/>
     </row>
     <row r="88" spans="3:42" ht="18">
-      <c r="C88" s="30"/>
-[...38 lines deleted...]
-      <c r="AP88" s="30"/>
+      <c r="C88" s="28"/>
+      <c r="D88" s="28"/>
+      <c r="E88" s="28"/>
+      <c r="F88" s="28"/>
+      <c r="G88" s="28"/>
+      <c r="H88" s="28"/>
+      <c r="I88" s="28"/>
+      <c r="J88" s="28"/>
+      <c r="K88" s="28"/>
+      <c r="L88" s="28"/>
+      <c r="M88" s="28"/>
+      <c r="N88" s="28"/>
+      <c r="O88" s="28"/>
+      <c r="P88" s="28"/>
+      <c r="Q88" s="28"/>
+      <c r="R88" s="28"/>
+      <c r="S88" s="28"/>
+      <c r="T88" s="28"/>
+      <c r="U88" s="28"/>
+      <c r="V88" s="28"/>
+      <c r="W88" s="28"/>
+      <c r="X88" s="28"/>
+      <c r="Y88" s="28"/>
+      <c r="Z88" s="28"/>
+      <c r="AA88" s="28"/>
+      <c r="AB88" s="28"/>
+      <c r="AC88" s="28"/>
+      <c r="AD88" s="28"/>
+      <c r="AE88" s="28"/>
+      <c r="AF88" s="28"/>
+      <c r="AG88" s="28"/>
+      <c r="AH88" s="28"/>
+      <c r="AI88" s="28"/>
+      <c r="AJ88" s="28"/>
+      <c r="AK88" s="28"/>
+      <c r="AL88" s="28"/>
+      <c r="AM88" s="28"/>
+      <c r="AN88" s="28"/>
+      <c r="AO88" s="28"/>
+      <c r="AP88" s="28"/>
     </row>
     <row r="89" spans="3:42" ht="18">
-      <c r="C89" s="30"/>
-[...38 lines deleted...]
-      <c r="AP89" s="30"/>
+      <c r="C89" s="28"/>
+      <c r="D89" s="28"/>
+      <c r="E89" s="28"/>
+      <c r="F89" s="28"/>
+      <c r="G89" s="28"/>
+      <c r="H89" s="28"/>
+      <c r="I89" s="28"/>
+      <c r="J89" s="28"/>
+      <c r="K89" s="28"/>
+      <c r="L89" s="28"/>
+      <c r="M89" s="28"/>
+      <c r="N89" s="28"/>
+      <c r="O89" s="28"/>
+      <c r="P89" s="28"/>
+      <c r="Q89" s="28"/>
+      <c r="R89" s="28"/>
+      <c r="S89" s="28"/>
+      <c r="T89" s="28"/>
+      <c r="U89" s="28"/>
+      <c r="V89" s="28"/>
+      <c r="W89" s="28"/>
+      <c r="X89" s="28"/>
+      <c r="Y89" s="28"/>
+      <c r="Z89" s="28"/>
+      <c r="AA89" s="28"/>
+      <c r="AB89" s="28"/>
+      <c r="AC89" s="28"/>
+      <c r="AD89" s="28"/>
+      <c r="AE89" s="28"/>
+      <c r="AF89" s="28"/>
+      <c r="AG89" s="28"/>
+      <c r="AH89" s="28"/>
+      <c r="AI89" s="28"/>
+      <c r="AJ89" s="28"/>
+      <c r="AK89" s="28"/>
+      <c r="AL89" s="28"/>
+      <c r="AM89" s="28"/>
+      <c r="AN89" s="28"/>
+      <c r="AO89" s="28"/>
+      <c r="AP89" s="28"/>
     </row>
     <row r="90" spans="3:42" ht="18">
-      <c r="C90" s="30"/>
-[...38 lines deleted...]
-      <c r="AP90" s="30"/>
+      <c r="C90" s="28"/>
+      <c r="D90" s="28"/>
+      <c r="E90" s="28"/>
+      <c r="F90" s="28"/>
+      <c r="G90" s="28"/>
+      <c r="H90" s="28"/>
+      <c r="I90" s="28"/>
+      <c r="J90" s="28"/>
+      <c r="K90" s="28"/>
+      <c r="L90" s="28"/>
+      <c r="M90" s="28"/>
+      <c r="N90" s="28"/>
+      <c r="O90" s="28"/>
+      <c r="P90" s="28"/>
+      <c r="Q90" s="28"/>
+      <c r="R90" s="28"/>
+      <c r="S90" s="28"/>
+      <c r="T90" s="28"/>
+      <c r="U90" s="28"/>
+      <c r="V90" s="28"/>
+      <c r="W90" s="28"/>
+      <c r="X90" s="28"/>
+      <c r="Y90" s="28"/>
+      <c r="Z90" s="28"/>
+      <c r="AA90" s="28"/>
+      <c r="AB90" s="28"/>
+      <c r="AC90" s="28"/>
+      <c r="AD90" s="28"/>
+      <c r="AE90" s="28"/>
+      <c r="AF90" s="28"/>
+      <c r="AG90" s="28"/>
+      <c r="AH90" s="28"/>
+      <c r="AI90" s="28"/>
+      <c r="AJ90" s="28"/>
+      <c r="AK90" s="28"/>
+      <c r="AL90" s="28"/>
+      <c r="AM90" s="28"/>
+      <c r="AN90" s="28"/>
+      <c r="AO90" s="28"/>
+      <c r="AP90" s="28"/>
     </row>
     <row r="91" spans="3:42" ht="18">
-      <c r="C91" s="30"/>
-[...38 lines deleted...]
-      <c r="AP91" s="30"/>
+      <c r="C91" s="28"/>
+      <c r="D91" s="28"/>
+      <c r="E91" s="28"/>
+      <c r="F91" s="28"/>
+      <c r="G91" s="28"/>
+      <c r="H91" s="28"/>
+      <c r="I91" s="28"/>
+      <c r="J91" s="28"/>
+      <c r="K91" s="28"/>
+      <c r="L91" s="28"/>
+      <c r="M91" s="28"/>
+      <c r="N91" s="28"/>
+      <c r="O91" s="28"/>
+      <c r="P91" s="28"/>
+      <c r="Q91" s="28"/>
+      <c r="R91" s="28"/>
+      <c r="S91" s="28"/>
+      <c r="T91" s="28"/>
+      <c r="U91" s="28"/>
+      <c r="V91" s="28"/>
+      <c r="W91" s="28"/>
+      <c r="X91" s="28"/>
+      <c r="Y91" s="28"/>
+      <c r="Z91" s="28"/>
+      <c r="AA91" s="28"/>
+      <c r="AB91" s="28"/>
+      <c r="AC91" s="28"/>
+      <c r="AD91" s="28"/>
+      <c r="AE91" s="28"/>
+      <c r="AF91" s="28"/>
+      <c r="AG91" s="28"/>
+      <c r="AH91" s="28"/>
+      <c r="AI91" s="28"/>
+      <c r="AJ91" s="28"/>
+      <c r="AK91" s="28"/>
+      <c r="AL91" s="28"/>
+      <c r="AM91" s="28"/>
+      <c r="AN91" s="28"/>
+      <c r="AO91" s="28"/>
+      <c r="AP91" s="28"/>
     </row>
     <row r="92" spans="3:42" ht="18">
-      <c r="C92" s="30"/>
-[...38 lines deleted...]
-      <c r="AP92" s="30"/>
+      <c r="C92" s="28"/>
+      <c r="D92" s="28"/>
+      <c r="E92" s="28"/>
+      <c r="F92" s="28"/>
+      <c r="G92" s="28"/>
+      <c r="H92" s="28"/>
+      <c r="I92" s="28"/>
+      <c r="J92" s="28"/>
+      <c r="K92" s="28"/>
+      <c r="L92" s="28"/>
+      <c r="M92" s="28"/>
+      <c r="N92" s="28"/>
+      <c r="O92" s="28"/>
+      <c r="P92" s="28"/>
+      <c r="Q92" s="28"/>
+      <c r="R92" s="28"/>
+      <c r="S92" s="28"/>
+      <c r="T92" s="28"/>
+      <c r="U92" s="28"/>
+      <c r="V92" s="28"/>
+      <c r="W92" s="28"/>
+      <c r="X92" s="28"/>
+      <c r="Y92" s="28"/>
+      <c r="Z92" s="28"/>
+      <c r="AA92" s="28"/>
+      <c r="AB92" s="28"/>
+      <c r="AC92" s="28"/>
+      <c r="AD92" s="28"/>
+      <c r="AE92" s="28"/>
+      <c r="AF92" s="28"/>
+      <c r="AG92" s="28"/>
+      <c r="AH92" s="28"/>
+      <c r="AI92" s="28"/>
+      <c r="AJ92" s="28"/>
+      <c r="AK92" s="28"/>
+      <c r="AL92" s="28"/>
+      <c r="AM92" s="28"/>
+      <c r="AN92" s="28"/>
+      <c r="AO92" s="28"/>
+      <c r="AP92" s="28"/>
     </row>
     <row r="93" spans="3:42" ht="18">
-      <c r="C93" s="30"/>
-[...38 lines deleted...]
-      <c r="AP93" s="30"/>
+      <c r="C93" s="28"/>
+      <c r="D93" s="28"/>
+      <c r="E93" s="28"/>
+      <c r="F93" s="28"/>
+      <c r="G93" s="28"/>
+      <c r="H93" s="28"/>
+      <c r="I93" s="28"/>
+      <c r="J93" s="28"/>
+      <c r="K93" s="28"/>
+      <c r="L93" s="28"/>
+      <c r="M93" s="28"/>
+      <c r="N93" s="28"/>
+      <c r="O93" s="28"/>
+      <c r="P93" s="28"/>
+      <c r="Q93" s="28"/>
+      <c r="R93" s="28"/>
+      <c r="S93" s="28"/>
+      <c r="T93" s="28"/>
+      <c r="U93" s="28"/>
+      <c r="V93" s="28"/>
+      <c r="W93" s="28"/>
+      <c r="X93" s="28"/>
+      <c r="Y93" s="28"/>
+      <c r="Z93" s="28"/>
+      <c r="AA93" s="28"/>
+      <c r="AB93" s="28"/>
+      <c r="AC93" s="28"/>
+      <c r="AD93" s="28"/>
+      <c r="AE93" s="28"/>
+      <c r="AF93" s="28"/>
+      <c r="AG93" s="28"/>
+      <c r="AH93" s="28"/>
+      <c r="AI93" s="28"/>
+      <c r="AJ93" s="28"/>
+      <c r="AK93" s="28"/>
+      <c r="AL93" s="28"/>
+      <c r="AM93" s="28"/>
+      <c r="AN93" s="28"/>
+      <c r="AO93" s="28"/>
+      <c r="AP93" s="28"/>
     </row>
     <row r="94" spans="3:42" ht="18">
-      <c r="C94" s="30"/>
-[...38 lines deleted...]
-      <c r="AP94" s="30"/>
+      <c r="C94" s="28"/>
+      <c r="D94" s="28"/>
+      <c r="E94" s="28"/>
+      <c r="F94" s="28"/>
+      <c r="G94" s="28"/>
+      <c r="H94" s="28"/>
+      <c r="I94" s="28"/>
+      <c r="J94" s="28"/>
+      <c r="K94" s="28"/>
+      <c r="L94" s="28"/>
+      <c r="M94" s="28"/>
+      <c r="N94" s="28"/>
+      <c r="O94" s="28"/>
+      <c r="P94" s="28"/>
+      <c r="Q94" s="28"/>
+      <c r="R94" s="28"/>
+      <c r="S94" s="28"/>
+      <c r="T94" s="28"/>
+      <c r="U94" s="28"/>
+      <c r="V94" s="28"/>
+      <c r="W94" s="28"/>
+      <c r="X94" s="28"/>
+      <c r="Y94" s="28"/>
+      <c r="Z94" s="28"/>
+      <c r="AA94" s="28"/>
+      <c r="AB94" s="28"/>
+      <c r="AC94" s="28"/>
+      <c r="AD94" s="28"/>
+      <c r="AE94" s="28"/>
+      <c r="AF94" s="28"/>
+      <c r="AG94" s="28"/>
+      <c r="AH94" s="28"/>
+      <c r="AI94" s="28"/>
+      <c r="AJ94" s="28"/>
+      <c r="AK94" s="28"/>
+      <c r="AL94" s="28"/>
+      <c r="AM94" s="28"/>
+      <c r="AN94" s="28"/>
+      <c r="AO94" s="28"/>
+      <c r="AP94" s="28"/>
     </row>
     <row r="95" spans="3:42" ht="18">
-      <c r="C95" s="30"/>
-[...38 lines deleted...]
-      <c r="AP95" s="30"/>
+      <c r="C95" s="28"/>
+      <c r="D95" s="28"/>
+      <c r="E95" s="28"/>
+      <c r="F95" s="28"/>
+      <c r="G95" s="28"/>
+      <c r="H95" s="28"/>
+      <c r="I95" s="28"/>
+      <c r="J95" s="28"/>
+      <c r="K95" s="28"/>
+      <c r="L95" s="28"/>
+      <c r="M95" s="28"/>
+      <c r="N95" s="28"/>
+      <c r="O95" s="28"/>
+      <c r="P95" s="28"/>
+      <c r="Q95" s="28"/>
+      <c r="R95" s="28"/>
+      <c r="S95" s="28"/>
+      <c r="T95" s="28"/>
+      <c r="U95" s="28"/>
+      <c r="V95" s="28"/>
+      <c r="W95" s="28"/>
+      <c r="X95" s="28"/>
+      <c r="Y95" s="28"/>
+      <c r="Z95" s="28"/>
+      <c r="AA95" s="28"/>
+      <c r="AB95" s="28"/>
+      <c r="AC95" s="28"/>
+      <c r="AD95" s="28"/>
+      <c r="AE95" s="28"/>
+      <c r="AF95" s="28"/>
+      <c r="AG95" s="28"/>
+      <c r="AH95" s="28"/>
+      <c r="AI95" s="28"/>
+      <c r="AJ95" s="28"/>
+      <c r="AK95" s="28"/>
+      <c r="AL95" s="28"/>
+      <c r="AM95" s="28"/>
+      <c r="AN95" s="28"/>
+      <c r="AO95" s="28"/>
+      <c r="AP95" s="28"/>
     </row>
     <row r="96" spans="3:42" ht="18">
-      <c r="C96" s="30"/>
-[...38 lines deleted...]
-      <c r="AP96" s="30"/>
+      <c r="C96" s="28"/>
+      <c r="D96" s="28"/>
+      <c r="E96" s="28"/>
+      <c r="F96" s="28"/>
+      <c r="G96" s="28"/>
+      <c r="H96" s="28"/>
+      <c r="I96" s="28"/>
+      <c r="J96" s="28"/>
+      <c r="K96" s="28"/>
+      <c r="L96" s="28"/>
+      <c r="M96" s="28"/>
+      <c r="N96" s="28"/>
+      <c r="O96" s="28"/>
+      <c r="P96" s="28"/>
+      <c r="Q96" s="28"/>
+      <c r="R96" s="28"/>
+      <c r="S96" s="28"/>
+      <c r="T96" s="28"/>
+      <c r="U96" s="28"/>
+      <c r="V96" s="28"/>
+      <c r="W96" s="28"/>
+      <c r="X96" s="28"/>
+      <c r="Y96" s="28"/>
+      <c r="Z96" s="28"/>
+      <c r="AA96" s="28"/>
+      <c r="AB96" s="28"/>
+      <c r="AC96" s="28"/>
+      <c r="AD96" s="28"/>
+      <c r="AE96" s="28"/>
+      <c r="AF96" s="28"/>
+      <c r="AG96" s="28"/>
+      <c r="AH96" s="28"/>
+      <c r="AI96" s="28"/>
+      <c r="AJ96" s="28"/>
+      <c r="AK96" s="28"/>
+      <c r="AL96" s="28"/>
+      <c r="AM96" s="28"/>
+      <c r="AN96" s="28"/>
+      <c r="AO96" s="28"/>
+      <c r="AP96" s="28"/>
     </row>
   </sheetData>
   <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="387">
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="H19:K19"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="H20:K20"/>
+    <mergeCell ref="H21:K21"/>
+    <mergeCell ref="H22:K22"/>
+    <mergeCell ref="L29:N29"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="H29:K29"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="L27:N27"/>
+    <mergeCell ref="L26:N26"/>
+    <mergeCell ref="L28:N28"/>
+    <mergeCell ref="L25:N25"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="L24:N24"/>
+    <mergeCell ref="L23:N23"/>
+    <mergeCell ref="H24:K24"/>
+    <mergeCell ref="H26:K26"/>
+    <mergeCell ref="H23:K23"/>
+    <mergeCell ref="H25:K25"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="H27:K27"/>
+    <mergeCell ref="H28:K28"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="O26:R26"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="O24:R24"/>
+    <mergeCell ref="AC25:AM25"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="AN24:AP24"/>
+    <mergeCell ref="AC24:AM24"/>
+    <mergeCell ref="L30:N30"/>
+    <mergeCell ref="O29:R29"/>
+    <mergeCell ref="Z28:AB28"/>
+    <mergeCell ref="Z24:AB24"/>
+    <mergeCell ref="Z27:AB27"/>
+    <mergeCell ref="Z30:AB30"/>
+    <mergeCell ref="V24:Y24"/>
+    <mergeCell ref="S23:U23"/>
+    <mergeCell ref="V23:Y23"/>
+    <mergeCell ref="S29:U29"/>
+    <mergeCell ref="AN26:AP26"/>
+    <mergeCell ref="Z26:AB26"/>
+    <mergeCell ref="V26:Y26"/>
+    <mergeCell ref="AN27:AP27"/>
+    <mergeCell ref="AC27:AM27"/>
+    <mergeCell ref="AC26:AM26"/>
+    <mergeCell ref="AN23:AP23"/>
+    <mergeCell ref="AC23:AM23"/>
+    <mergeCell ref="S25:U25"/>
+    <mergeCell ref="O27:R27"/>
+    <mergeCell ref="V27:Y27"/>
+    <mergeCell ref="AN31:AP31"/>
+    <mergeCell ref="O31:R31"/>
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="V22:Y22"/>
+    <mergeCell ref="Z22:AB22"/>
+    <mergeCell ref="O22:R22"/>
+    <mergeCell ref="Z23:AB23"/>
+    <mergeCell ref="V31:Y31"/>
+    <mergeCell ref="V30:Y30"/>
+    <mergeCell ref="AN30:AP30"/>
+    <mergeCell ref="AC29:AM29"/>
+    <mergeCell ref="AN28:AP28"/>
+    <mergeCell ref="AC30:AM30"/>
+    <mergeCell ref="AC28:AM28"/>
+    <mergeCell ref="O28:R28"/>
+    <mergeCell ref="V29:Y29"/>
+    <mergeCell ref="Z29:AB29"/>
+    <mergeCell ref="AN29:AP29"/>
+    <mergeCell ref="O30:R30"/>
+    <mergeCell ref="O23:R23"/>
+    <mergeCell ref="O25:R25"/>
+    <mergeCell ref="S27:U27"/>
+    <mergeCell ref="S30:U30"/>
+    <mergeCell ref="Z25:AB25"/>
+    <mergeCell ref="AN34:AP34"/>
+    <mergeCell ref="AN33:AP33"/>
+    <mergeCell ref="S32:U32"/>
+    <mergeCell ref="AC34:AM34"/>
+    <mergeCell ref="Z33:AB33"/>
+    <mergeCell ref="Z34:AB34"/>
+    <mergeCell ref="AN32:AP32"/>
+    <mergeCell ref="Z32:AB32"/>
+    <mergeCell ref="AC33:AM33"/>
+    <mergeCell ref="AN25:AP25"/>
+    <mergeCell ref="V25:Y25"/>
+    <mergeCell ref="S26:U26"/>
+    <mergeCell ref="V28:Y28"/>
+    <mergeCell ref="S28:U28"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="O34:R34"/>
+    <mergeCell ref="V32:Y32"/>
+    <mergeCell ref="O32:R32"/>
+    <mergeCell ref="S34:U34"/>
+    <mergeCell ref="S33:U33"/>
+    <mergeCell ref="V33:Y33"/>
+    <mergeCell ref="L34:N34"/>
+    <mergeCell ref="O33:R33"/>
+    <mergeCell ref="L33:N33"/>
+    <mergeCell ref="H33:K33"/>
+    <mergeCell ref="Z31:AB31"/>
+    <mergeCell ref="AC31:AM31"/>
+    <mergeCell ref="S31:U31"/>
+    <mergeCell ref="L31:N31"/>
+    <mergeCell ref="H32:K32"/>
+    <mergeCell ref="L32:N32"/>
+    <mergeCell ref="AC32:AM32"/>
+    <mergeCell ref="AN35:AP35"/>
+    <mergeCell ref="V34:Y34"/>
+    <mergeCell ref="H31:K31"/>
+    <mergeCell ref="AN36:AP36"/>
+    <mergeCell ref="AC36:AM36"/>
+    <mergeCell ref="AN39:AP39"/>
+    <mergeCell ref="AC38:AM38"/>
+    <mergeCell ref="AN37:AP37"/>
+    <mergeCell ref="AN38:AP38"/>
+    <mergeCell ref="AC39:AM39"/>
+    <mergeCell ref="AC37:AM37"/>
+    <mergeCell ref="AC35:AM35"/>
+    <mergeCell ref="Z49:AB49"/>
+    <mergeCell ref="Z48:AB48"/>
+    <mergeCell ref="Z50:AB50"/>
+    <mergeCell ref="AC41:AM41"/>
+    <mergeCell ref="AC40:AM40"/>
+    <mergeCell ref="AN44:AP44"/>
+    <mergeCell ref="Z46:AB46"/>
+    <mergeCell ref="AN46:AP46"/>
+    <mergeCell ref="AC44:AM44"/>
+    <mergeCell ref="Z44:AB44"/>
+    <mergeCell ref="Z40:AB40"/>
+    <mergeCell ref="AN42:AP42"/>
+    <mergeCell ref="AN41:AP41"/>
+    <mergeCell ref="AN40:AP40"/>
+    <mergeCell ref="AC43:AM43"/>
+    <mergeCell ref="Z41:AB41"/>
+    <mergeCell ref="AN43:AP43"/>
+    <mergeCell ref="AC42:AM42"/>
+    <mergeCell ref="Z43:AB43"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="AN50:AP50"/>
+    <mergeCell ref="AN49:AP49"/>
+    <mergeCell ref="AC50:AM50"/>
+    <mergeCell ref="AN47:AP47"/>
+    <mergeCell ref="AN48:AP48"/>
+    <mergeCell ref="AC46:AM46"/>
+    <mergeCell ref="AC49:AM49"/>
+    <mergeCell ref="H44:K44"/>
+    <mergeCell ref="H45:K45"/>
+    <mergeCell ref="V48:Y48"/>
+    <mergeCell ref="AC48:AM48"/>
+    <mergeCell ref="AC47:AM47"/>
+    <mergeCell ref="Z47:AB47"/>
+    <mergeCell ref="Z45:AB45"/>
+    <mergeCell ref="E42:G42"/>
+    <mergeCell ref="H42:K42"/>
+    <mergeCell ref="V46:Y46"/>
+    <mergeCell ref="V45:Y45"/>
+    <mergeCell ref="AN45:AP45"/>
+    <mergeCell ref="AC45:AM45"/>
+    <mergeCell ref="V50:Y50"/>
+    <mergeCell ref="V49:Y49"/>
+    <mergeCell ref="L43:N43"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="S50:U50"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="L50:N50"/>
+    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="E50:G50"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="H43:K43"/>
+    <mergeCell ref="H50:K50"/>
+    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="L49:N49"/>
+    <mergeCell ref="H47:K47"/>
+    <mergeCell ref="H46:K46"/>
+    <mergeCell ref="L47:N47"/>
+    <mergeCell ref="E47:G47"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="H49:K49"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="E45:G45"/>
+    <mergeCell ref="L45:N45"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="E44:G44"/>
+    <mergeCell ref="S45:U45"/>
+    <mergeCell ref="O46:R46"/>
+    <mergeCell ref="S44:U44"/>
+    <mergeCell ref="S46:U46"/>
+    <mergeCell ref="S47:U47"/>
+    <mergeCell ref="O50:R50"/>
+    <mergeCell ref="O47:R47"/>
+    <mergeCell ref="S48:U48"/>
+    <mergeCell ref="O49:R49"/>
+    <mergeCell ref="O44:R44"/>
+    <mergeCell ref="L48:N48"/>
+    <mergeCell ref="L46:N46"/>
+    <mergeCell ref="L44:N44"/>
+    <mergeCell ref="H48:K48"/>
+    <mergeCell ref="E46:G46"/>
+    <mergeCell ref="O43:R43"/>
+    <mergeCell ref="O45:R45"/>
+    <mergeCell ref="S49:U49"/>
+    <mergeCell ref="O48:R48"/>
+    <mergeCell ref="Z36:AB36"/>
+    <mergeCell ref="Z35:AB35"/>
+    <mergeCell ref="O35:R35"/>
+    <mergeCell ref="S35:U35"/>
+    <mergeCell ref="O36:R36"/>
+    <mergeCell ref="V35:Y35"/>
+    <mergeCell ref="V36:Y36"/>
+    <mergeCell ref="O39:R39"/>
+    <mergeCell ref="S38:U38"/>
+    <mergeCell ref="V38:Y38"/>
+    <mergeCell ref="S36:U36"/>
+    <mergeCell ref="S37:U37"/>
+    <mergeCell ref="Z38:AB38"/>
+    <mergeCell ref="V39:Y39"/>
+    <mergeCell ref="S39:U39"/>
+    <mergeCell ref="V44:Y44"/>
+    <mergeCell ref="S43:U43"/>
+    <mergeCell ref="V42:Y42"/>
+    <mergeCell ref="V47:Y47"/>
+    <mergeCell ref="V43:Y43"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="E41:G41"/>
+    <mergeCell ref="H40:K40"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="S42:U42"/>
+    <mergeCell ref="O41:R41"/>
+    <mergeCell ref="O38:R38"/>
+    <mergeCell ref="O37:R37"/>
+    <mergeCell ref="Z39:AB39"/>
+    <mergeCell ref="V37:Y37"/>
+    <mergeCell ref="Z42:AB42"/>
+    <mergeCell ref="Z37:AB37"/>
+    <mergeCell ref="S41:U41"/>
+    <mergeCell ref="S40:U40"/>
+    <mergeCell ref="V41:Y41"/>
+    <mergeCell ref="V40:Y40"/>
+    <mergeCell ref="O42:R42"/>
+    <mergeCell ref="L42:N42"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="H34:K34"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="H30:K30"/>
+    <mergeCell ref="L41:N41"/>
+    <mergeCell ref="O40:R40"/>
+    <mergeCell ref="L39:N39"/>
+    <mergeCell ref="H35:K35"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H36:K36"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="L40:N40"/>
+    <mergeCell ref="L36:N36"/>
+    <mergeCell ref="L37:N37"/>
+    <mergeCell ref="L35:N35"/>
+    <mergeCell ref="L38:N38"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="E38:G38"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="H38:K38"/>
+    <mergeCell ref="H37:K37"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="E39:G39"/>
+    <mergeCell ref="H41:K41"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="H39:K39"/>
+    <mergeCell ref="O18:R18"/>
+    <mergeCell ref="AN19:AP19"/>
+    <mergeCell ref="AN18:AP18"/>
+    <mergeCell ref="AN17:AP17"/>
+    <mergeCell ref="AC18:AM18"/>
+    <mergeCell ref="Z18:AB18"/>
+    <mergeCell ref="AC22:AM22"/>
+    <mergeCell ref="L19:N19"/>
+    <mergeCell ref="L21:N21"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="AC19:AM19"/>
+    <mergeCell ref="O20:R20"/>
+    <mergeCell ref="AC20:AM20"/>
+    <mergeCell ref="AC21:AM21"/>
+    <mergeCell ref="S21:U21"/>
+    <mergeCell ref="V20:Y20"/>
+    <mergeCell ref="S20:U20"/>
+    <mergeCell ref="O21:R21"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="C3:AP3"/>
+    <mergeCell ref="C4:AP4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:K5"/>
+    <mergeCell ref="L5:O5"/>
+    <mergeCell ref="AN21:AP21"/>
+    <mergeCell ref="AN22:AP22"/>
+    <mergeCell ref="O19:R19"/>
+    <mergeCell ref="Z19:AB19"/>
+    <mergeCell ref="S19:U19"/>
+    <mergeCell ref="AN20:AP20"/>
+    <mergeCell ref="V19:Y19"/>
+    <mergeCell ref="Z21:AB21"/>
+    <mergeCell ref="V21:Y21"/>
+    <mergeCell ref="Z20:AB20"/>
+    <mergeCell ref="L8:AP8"/>
+    <mergeCell ref="AA9:AD9"/>
+    <mergeCell ref="AE9:AP9"/>
+    <mergeCell ref="AN16:AP16"/>
+    <mergeCell ref="AC17:AM17"/>
+    <mergeCell ref="O16:R16"/>
+    <mergeCell ref="S17:U17"/>
+    <mergeCell ref="V16:Y16"/>
+    <mergeCell ref="V17:Y17"/>
+    <mergeCell ref="AC15:AP15"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="H17:K17"/>
+    <mergeCell ref="H18:K18"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="AE5:AP5"/>
+    <mergeCell ref="P5:Z5"/>
+    <mergeCell ref="AA5:AD5"/>
+    <mergeCell ref="G6:K6"/>
+    <mergeCell ref="L6:O6"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="G7:Z7"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="AE7:AP7"/>
+    <mergeCell ref="AA7:AD7"/>
+    <mergeCell ref="AE6:AP6"/>
+    <mergeCell ref="P6:Z6"/>
+    <mergeCell ref="AA6:AD6"/>
+    <mergeCell ref="Z17:AB17"/>
+    <mergeCell ref="O17:R17"/>
+    <mergeCell ref="V18:Y18"/>
+    <mergeCell ref="S18:U18"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="V15:AB15"/>
     <mergeCell ref="Z16:AB16"/>
     <mergeCell ref="L18:N18"/>
     <mergeCell ref="L17:N17"/>
     <mergeCell ref="C8:K8"/>
     <mergeCell ref="C10:K10"/>
     <mergeCell ref="H16:K16"/>
     <mergeCell ref="S16:U16"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="L10:AP10"/>
     <mergeCell ref="C11:H11"/>
     <mergeCell ref="AC16:AM16"/>
     <mergeCell ref="C14:AP14"/>
     <mergeCell ref="C12:AP12"/>
     <mergeCell ref="C9:K9"/>
     <mergeCell ref="L16:N16"/>
     <mergeCell ref="V11:AC11"/>
     <mergeCell ref="L11:U11"/>
     <mergeCell ref="H15:N15"/>
     <mergeCell ref="O15:U15"/>
     <mergeCell ref="C13:AP13"/>
     <mergeCell ref="L9:Z9"/>
     <mergeCell ref="C15:G15"/>
-    <mergeCell ref="AC15:AP15"/>
-[...361 lines deleted...]
-    <mergeCell ref="E22:G22"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <dataValidations count="1">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="C58:C63"/>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="C58:C63" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.95" right="0.31" top="0.72" bottom="0.52" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="10" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;RBlankett VE-182 (Excel)</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFCCFFFF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:BN106"/>
   <sheetViews>
-    <sheetView topLeftCell="A79" zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
-      <selection activeCell="AT21" sqref="AT21"/>
+    <sheetView zoomScale="73" zoomScaleNormal="73" workbookViewId="0">
+      <selection activeCell="L11" sqref="L11:V11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="1.28515625" customWidth="1"/>
     <col min="3" max="17" width="3.7109375" customWidth="1"/>
     <col min="18" max="19" width="2.85546875" customWidth="1"/>
     <col min="20" max="25" width="3.7109375" customWidth="1"/>
     <col min="26" max="26" width="4.28515625" customWidth="1"/>
     <col min="27" max="33" width="3.7109375" customWidth="1"/>
     <col min="34" max="34" width="2.85546875" customWidth="1"/>
     <col min="35" max="42" width="3.5703125" customWidth="1"/>
     <col min="43" max="43" width="12.28515625" customWidth="1"/>
     <col min="44" max="44" width="1.28515625" customWidth="1"/>
     <col min="62" max="62" width="25" customWidth="1"/>
     <col min="64" max="64" width="5.5703125" customWidth="1"/>
     <col min="65" max="65" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:66" ht="17.25" customHeight="1"/>
     <row r="2" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B2" s="6"/>
-[...41 lines deleted...]
-      <c r="AR2" s="32"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
+      <c r="AR2" s="5"/>
     </row>
     <row r="3" spans="2:66" ht="91.5" customHeight="1">
-      <c r="B3" s="6"/>
-[...41 lines deleted...]
-      <c r="AR3" s="32"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="67"/>
+      <c r="E3" s="67"/>
+      <c r="F3" s="67"/>
+      <c r="G3" s="67"/>
+      <c r="H3" s="67"/>
+      <c r="I3" s="67"/>
+      <c r="J3" s="67"/>
+      <c r="K3" s="67"/>
+      <c r="L3" s="67"/>
+      <c r="M3" s="67"/>
+      <c r="N3" s="67"/>
+      <c r="O3" s="67"/>
+      <c r="P3" s="67"/>
+      <c r="Q3" s="67"/>
+      <c r="R3" s="67"/>
+      <c r="S3" s="67"/>
+      <c r="T3" s="67"/>
+      <c r="U3" s="67"/>
+      <c r="V3" s="67"/>
+      <c r="W3" s="67"/>
+      <c r="X3" s="67"/>
+      <c r="Y3" s="67"/>
+      <c r="Z3" s="67"/>
+      <c r="AA3" s="67"/>
+      <c r="AB3" s="67"/>
+      <c r="AC3" s="67"/>
+      <c r="AD3" s="67"/>
+      <c r="AE3" s="67"/>
+      <c r="AF3" s="67"/>
+      <c r="AG3" s="67"/>
+      <c r="AH3" s="67"/>
+      <c r="AI3" s="67"/>
+      <c r="AJ3" s="67"/>
+      <c r="AK3" s="67"/>
+      <c r="AL3" s="67"/>
+      <c r="AM3" s="67"/>
+      <c r="AN3" s="67"/>
+      <c r="AO3" s="67"/>
+      <c r="AP3" s="67"/>
+      <c r="AQ3" s="68"/>
+      <c r="AR3" s="5"/>
     </row>
     <row r="4" spans="2:66" ht="32.25" customHeight="1">
-      <c r="B4" s="6"/>
-      <c r="C4" s="462" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="486" t="s">
         <v>253</v>
       </c>
-      <c r="D4" s="463"/>
-[...43 lines deleted...]
-      <c r="C5" s="299" t="s">
+      <c r="D4" s="487"/>
+      <c r="E4" s="487"/>
+      <c r="F4" s="487"/>
+      <c r="G4" s="487"/>
+      <c r="H4" s="487"/>
+      <c r="I4" s="487"/>
+      <c r="J4" s="487"/>
+      <c r="K4" s="487"/>
+      <c r="L4" s="487"/>
+      <c r="M4" s="487"/>
+      <c r="N4" s="487"/>
+      <c r="O4" s="487"/>
+      <c r="P4" s="487"/>
+      <c r="Q4" s="487"/>
+      <c r="R4" s="487"/>
+      <c r="S4" s="487"/>
+      <c r="T4" s="487"/>
+      <c r="U4" s="487"/>
+      <c r="V4" s="487"/>
+      <c r="W4" s="487"/>
+      <c r="X4" s="487"/>
+      <c r="Y4" s="487"/>
+      <c r="Z4" s="487"/>
+      <c r="AA4" s="487"/>
+      <c r="AB4" s="487"/>
+      <c r="AC4" s="487"/>
+      <c r="AD4" s="487"/>
+      <c r="AE4" s="487"/>
+      <c r="AF4" s="487"/>
+      <c r="AG4" s="487"/>
+      <c r="AH4" s="487"/>
+      <c r="AI4" s="487"/>
+      <c r="AJ4" s="487"/>
+      <c r="AK4" s="487"/>
+      <c r="AL4" s="487"/>
+      <c r="AM4" s="487"/>
+      <c r="AN4" s="487"/>
+      <c r="AO4" s="487"/>
+      <c r="AP4" s="487"/>
+      <c r="AQ4" s="488"/>
+      <c r="AR4" s="5"/>
+    </row>
+    <row r="5" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B5" s="30"/>
+      <c r="C5" s="192" t="s">
         <v>174</v>
       </c>
-      <c r="D5" s="300"/>
-[...2 lines deleted...]
-      <c r="G5" s="465">
+      <c r="D5" s="193"/>
+      <c r="E5" s="193"/>
+      <c r="F5" s="193"/>
+      <c r="G5" s="489">
         <f>Arbeidsvarslingsplan!G6</f>
         <v>0</v>
       </c>
-      <c r="H5" s="465"/>
-[...3 lines deleted...]
-      <c r="L5" s="173" t="s">
+      <c r="H5" s="489"/>
+      <c r="I5" s="489"/>
+      <c r="J5" s="489"/>
+      <c r="K5" s="489"/>
+      <c r="L5" s="69" t="s">
         <v>118</v>
       </c>
-      <c r="M5" s="173"/>
-[...2 lines deleted...]
-      <c r="P5" s="380">
+      <c r="M5" s="69"/>
+      <c r="N5" s="69"/>
+      <c r="O5" s="69"/>
+      <c r="P5" s="330">
         <f>Arbeidsvarslingsplan!P6</f>
         <v>0</v>
       </c>
-      <c r="Q5" s="380"/>
-[...9 lines deleted...]
-      <c r="AA5" s="421" t="s">
+      <c r="Q5" s="330"/>
+      <c r="R5" s="330"/>
+      <c r="S5" s="330"/>
+      <c r="T5" s="330"/>
+      <c r="U5" s="330"/>
+      <c r="V5" s="330"/>
+      <c r="W5" s="330"/>
+      <c r="X5" s="330"/>
+      <c r="Y5" s="330"/>
+      <c r="Z5" s="330"/>
+      <c r="AA5" s="328" t="s">
         <v>119</v>
       </c>
-      <c r="AB5" s="421"/>
-[...2 lines deleted...]
-      <c r="AE5" s="380">
+      <c r="AB5" s="328"/>
+      <c r="AC5" s="328"/>
+      <c r="AD5" s="328"/>
+      <c r="AE5" s="330">
         <f>Arbeidsvarslingsplan!AE6</f>
         <v>0</v>
       </c>
-      <c r="AF5" s="380"/>
-[...11 lines deleted...]
-      <c r="AR5" s="32"/>
+      <c r="AF5" s="330"/>
+      <c r="AG5" s="330"/>
+      <c r="AH5" s="330"/>
+      <c r="AI5" s="330"/>
+      <c r="AJ5" s="330"/>
+      <c r="AK5" s="330"/>
+      <c r="AL5" s="330"/>
+      <c r="AM5" s="330"/>
+      <c r="AN5" s="330"/>
+      <c r="AO5" s="330"/>
+      <c r="AP5" s="330"/>
+      <c r="AQ5" s="336"/>
+      <c r="AR5" s="5"/>
       <c r="AS5"/>
-      <c r="BJ5" s="53"/>
-[...7 lines deleted...]
-      <c r="C6" s="299" t="s">
+      <c r="BJ5" s="47"/>
+      <c r="BK5" s="47"/>
+      <c r="BL5" s="49"/>
+      <c r="BM5" s="49"/>
+      <c r="BN5" s="49"/>
+    </row>
+    <row r="6" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B6" s="30"/>
+      <c r="C6" s="192" t="s">
         <v>175</v>
       </c>
-      <c r="D6" s="300"/>
-[...2 lines deleted...]
-      <c r="G6" s="380">
+      <c r="D6" s="193"/>
+      <c r="E6" s="193"/>
+      <c r="F6" s="193"/>
+      <c r="G6" s="330">
         <f>Arbeidsvarslingsplan!G7</f>
         <v>0</v>
       </c>
-      <c r="H6" s="380"/>
-[...18 lines deleted...]
-      <c r="AA6" s="421" t="s">
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="330"/>
+      <c r="M6" s="330"/>
+      <c r="N6" s="330"/>
+      <c r="O6" s="330"/>
+      <c r="P6" s="330"/>
+      <c r="Q6" s="330"/>
+      <c r="R6" s="330"/>
+      <c r="S6" s="330"/>
+      <c r="T6" s="330"/>
+      <c r="U6" s="330"/>
+      <c r="V6" s="330"/>
+      <c r="W6" s="330"/>
+      <c r="X6" s="330"/>
+      <c r="Y6" s="330"/>
+      <c r="Z6" s="330"/>
+      <c r="AA6" s="328" t="s">
         <v>49</v>
       </c>
-      <c r="AB6" s="421"/>
-      <c r="AC6" s="380">
+      <c r="AB6" s="328"/>
+      <c r="AC6" s="330">
         <f>Arbeidsvarslingsplan!AE7</f>
         <v>0</v>
       </c>
-      <c r="AD6" s="380"/>
-[...13 lines deleted...]
-      <c r="AR6" s="32"/>
+      <c r="AD6" s="330"/>
+      <c r="AE6" s="330"/>
+      <c r="AF6" s="330"/>
+      <c r="AG6" s="330"/>
+      <c r="AH6" s="330"/>
+      <c r="AI6" s="330"/>
+      <c r="AJ6" s="330"/>
+      <c r="AK6" s="330"/>
+      <c r="AL6" s="330"/>
+      <c r="AM6" s="330"/>
+      <c r="AN6" s="330"/>
+      <c r="AO6" s="330"/>
+      <c r="AP6" s="330"/>
+      <c r="AQ6" s="336"/>
+      <c r="AR6" s="5"/>
       <c r="AS6"/>
-      <c r="BJ6" s="53"/>
-[...7 lines deleted...]
-      <c r="C7" s="299" t="s">
+      <c r="BJ6" s="47"/>
+      <c r="BK6" s="47"/>
+      <c r="BL6" s="49"/>
+      <c r="BM6" s="49"/>
+      <c r="BN6" s="49"/>
+    </row>
+    <row r="7" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B7" s="30"/>
+      <c r="C7" s="192" t="s">
         <v>176</v>
       </c>
-      <c r="D7" s="300"/>
-[...7 lines deleted...]
-      <c r="L7" s="380">
+      <c r="D7" s="193"/>
+      <c r="E7" s="193"/>
+      <c r="F7" s="193"/>
+      <c r="G7" s="193"/>
+      <c r="H7" s="193"/>
+      <c r="I7" s="193"/>
+      <c r="J7" s="193"/>
+      <c r="K7" s="193"/>
+      <c r="L7" s="330">
         <f>Arbeidsvarslingsplan!G5</f>
         <v>0</v>
       </c>
-      <c r="M7" s="380"/>
-[...39 lines deleted...]
-      <c r="C8" s="299" t="s">
+      <c r="M7" s="330"/>
+      <c r="N7" s="330"/>
+      <c r="O7" s="330"/>
+      <c r="P7" s="330"/>
+      <c r="Q7" s="330"/>
+      <c r="R7" s="330"/>
+      <c r="S7" s="330"/>
+      <c r="T7" s="330"/>
+      <c r="U7" s="330"/>
+      <c r="V7" s="330"/>
+      <c r="W7" s="330"/>
+      <c r="X7" s="330"/>
+      <c r="Y7" s="330"/>
+      <c r="Z7" s="330"/>
+      <c r="AA7" s="330"/>
+      <c r="AB7" s="330"/>
+      <c r="AC7" s="330"/>
+      <c r="AD7" s="330"/>
+      <c r="AE7" s="330"/>
+      <c r="AF7" s="330"/>
+      <c r="AG7" s="330"/>
+      <c r="AH7" s="330"/>
+      <c r="AI7" s="330"/>
+      <c r="AJ7" s="330"/>
+      <c r="AK7" s="330"/>
+      <c r="AL7" s="330"/>
+      <c r="AM7" s="330"/>
+      <c r="AN7" s="330"/>
+      <c r="AO7" s="330"/>
+      <c r="AP7" s="330"/>
+      <c r="AQ7" s="336"/>
+      <c r="AR7" s="5"/>
+      <c r="BJ7" s="47"/>
+      <c r="BK7" s="47"/>
+      <c r="BL7" s="49"/>
+      <c r="BM7" s="49"/>
+      <c r="BN7" s="49"/>
+    </row>
+    <row r="8" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B8" s="30"/>
+      <c r="C8" s="192" t="s">
         <v>177</v>
       </c>
-      <c r="D8" s="300"/>
-[...7 lines deleted...]
-      <c r="L8" s="380">
+      <c r="D8" s="193"/>
+      <c r="E8" s="193"/>
+      <c r="F8" s="193"/>
+      <c r="G8" s="193"/>
+      <c r="H8" s="193"/>
+      <c r="I8" s="193"/>
+      <c r="J8" s="193"/>
+      <c r="K8" s="193"/>
+      <c r="L8" s="330">
         <f>Risikovurdering!H10</f>
         <v>0</v>
       </c>
-      <c r="M8" s="380"/>
-[...39 lines deleted...]
-      <c r="C9" s="299" t="s">
+      <c r="M8" s="330"/>
+      <c r="N8" s="330"/>
+      <c r="O8" s="330"/>
+      <c r="P8" s="330"/>
+      <c r="Q8" s="330"/>
+      <c r="R8" s="330"/>
+      <c r="S8" s="330"/>
+      <c r="T8" s="330"/>
+      <c r="U8" s="330"/>
+      <c r="V8" s="330"/>
+      <c r="W8" s="330"/>
+      <c r="X8" s="330"/>
+      <c r="Y8" s="330"/>
+      <c r="Z8" s="330"/>
+      <c r="AA8" s="330"/>
+      <c r="AB8" s="330"/>
+      <c r="AC8" s="330"/>
+      <c r="AD8" s="330"/>
+      <c r="AE8" s="330"/>
+      <c r="AF8" s="330"/>
+      <c r="AG8" s="330"/>
+      <c r="AH8" s="330"/>
+      <c r="AI8" s="330"/>
+      <c r="AJ8" s="330"/>
+      <c r="AK8" s="330"/>
+      <c r="AL8" s="330"/>
+      <c r="AM8" s="330"/>
+      <c r="AN8" s="330"/>
+      <c r="AO8" s="330"/>
+      <c r="AP8" s="330"/>
+      <c r="AQ8" s="336"/>
+      <c r="AR8" s="5"/>
+      <c r="BJ8" s="47"/>
+      <c r="BK8" s="47"/>
+      <c r="BL8" s="49"/>
+      <c r="BM8" s="49"/>
+      <c r="BN8" s="49"/>
+    </row>
+    <row r="9" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B9" s="30"/>
+      <c r="C9" s="192" t="s">
         <v>178</v>
       </c>
-      <c r="D9" s="300"/>
-[...7 lines deleted...]
-      <c r="L9" s="380">
+      <c r="D9" s="193"/>
+      <c r="E9" s="193"/>
+      <c r="F9" s="193"/>
+      <c r="G9" s="193"/>
+      <c r="H9" s="193"/>
+      <c r="I9" s="193"/>
+      <c r="J9" s="193"/>
+      <c r="K9" s="193"/>
+      <c r="L9" s="330">
         <f>Risikovurdering!L9</f>
         <v>0</v>
       </c>
-      <c r="M9" s="380"/>
-[...39 lines deleted...]
-      <c r="C10" s="299" t="s">
+      <c r="M9" s="330"/>
+      <c r="N9" s="330"/>
+      <c r="O9" s="330"/>
+      <c r="P9" s="330"/>
+      <c r="Q9" s="330"/>
+      <c r="R9" s="330"/>
+      <c r="S9" s="330"/>
+      <c r="T9" s="330"/>
+      <c r="U9" s="330"/>
+      <c r="V9" s="330"/>
+      <c r="W9" s="330"/>
+      <c r="X9" s="330"/>
+      <c r="Y9" s="330"/>
+      <c r="Z9" s="330"/>
+      <c r="AA9" s="330"/>
+      <c r="AB9" s="330"/>
+      <c r="AC9" s="330"/>
+      <c r="AD9" s="330"/>
+      <c r="AE9" s="330"/>
+      <c r="AF9" s="330"/>
+      <c r="AG9" s="330"/>
+      <c r="AH9" s="330"/>
+      <c r="AI9" s="330"/>
+      <c r="AJ9" s="330"/>
+      <c r="AK9" s="330"/>
+      <c r="AL9" s="330"/>
+      <c r="AM9" s="330"/>
+      <c r="AN9" s="330"/>
+      <c r="AO9" s="330"/>
+      <c r="AP9" s="330"/>
+      <c r="AQ9" s="336"/>
+      <c r="AR9" s="5"/>
+      <c r="BJ9" s="47"/>
+      <c r="BK9" s="47"/>
+      <c r="BL9" s="49"/>
+      <c r="BM9" s="49"/>
+      <c r="BN9" s="49"/>
+    </row>
+    <row r="10" spans="2:66" s="4" customFormat="1" ht="21.75" customHeight="1">
+      <c r="B10" s="30"/>
+      <c r="C10" s="192" t="s">
         <v>179</v>
       </c>
-      <c r="D10" s="300"/>
-[...7 lines deleted...]
-      <c r="L10" s="380">
+      <c r="D10" s="193"/>
+      <c r="E10" s="193"/>
+      <c r="F10" s="193"/>
+      <c r="G10" s="193"/>
+      <c r="H10" s="193"/>
+      <c r="I10" s="193"/>
+      <c r="J10" s="193"/>
+      <c r="K10" s="193"/>
+      <c r="L10" s="330">
         <f>Arbeidsvarslingsplan!L12</f>
         <v>0</v>
       </c>
-      <c r="M10" s="380"/>
-[...35 lines deleted...]
-      <c r="BN10" s="55"/>
+      <c r="M10" s="330"/>
+      <c r="N10" s="330"/>
+      <c r="O10" s="330"/>
+      <c r="P10" s="330"/>
+      <c r="Q10" s="330"/>
+      <c r="R10" s="330"/>
+      <c r="S10" s="330"/>
+      <c r="T10" s="330"/>
+      <c r="U10" s="330"/>
+      <c r="V10" s="330"/>
+      <c r="W10" s="330"/>
+      <c r="X10" s="330"/>
+      <c r="Y10" s="330"/>
+      <c r="Z10" s="330"/>
+      <c r="AA10" s="330"/>
+      <c r="AB10" s="330"/>
+      <c r="AC10" s="330"/>
+      <c r="AD10" s="330"/>
+      <c r="AE10" s="330"/>
+      <c r="AF10" s="330"/>
+      <c r="AG10" s="330"/>
+      <c r="AH10" s="330"/>
+      <c r="AI10" s="330"/>
+      <c r="AJ10" s="330"/>
+      <c r="AK10" s="330"/>
+      <c r="AL10" s="330"/>
+      <c r="AM10" s="330"/>
+      <c r="AN10" s="330"/>
+      <c r="AO10" s="330"/>
+      <c r="AP10" s="330"/>
+      <c r="AQ10" s="336"/>
+      <c r="AR10" s="5"/>
+      <c r="BJ10" s="47"/>
+      <c r="BK10" s="47"/>
+      <c r="BL10" s="49"/>
+      <c r="BM10" s="49"/>
+      <c r="BN10" s="49"/>
     </row>
     <row r="11" spans="2:66" ht="22.5" customHeight="1" thickBot="1">
-      <c r="B11" s="6"/>
-      <c r="C11" s="264" t="s">
+      <c r="B11" s="5"/>
+      <c r="C11" s="238" t="s">
         <v>180</v>
       </c>
-      <c r="D11" s="265"/>
-[...18 lines deleted...]
-      <c r="W11" s="253" t="s">
+      <c r="D11" s="239"/>
+      <c r="E11" s="239"/>
+      <c r="F11" s="239"/>
+      <c r="G11" s="239"/>
+      <c r="H11" s="239"/>
+      <c r="I11" s="239"/>
+      <c r="J11" s="239"/>
+      <c r="K11" s="239"/>
+      <c r="L11" s="484"/>
+      <c r="M11" s="484"/>
+      <c r="N11" s="484"/>
+      <c r="O11" s="484"/>
+      <c r="P11" s="484"/>
+      <c r="Q11" s="484"/>
+      <c r="R11" s="484"/>
+      <c r="S11" s="484"/>
+      <c r="T11" s="484"/>
+      <c r="U11" s="484"/>
+      <c r="V11" s="484"/>
+      <c r="W11" s="256" t="s">
         <v>181</v>
       </c>
-      <c r="X11" s="253"/>
-[...24 lines deleted...]
-      <c r="BN11" s="57"/>
+      <c r="X11" s="256"/>
+      <c r="Y11" s="256"/>
+      <c r="Z11" s="256"/>
+      <c r="AA11" s="256"/>
+      <c r="AB11" s="256"/>
+      <c r="AC11" s="484"/>
+      <c r="AD11" s="484"/>
+      <c r="AE11" s="484"/>
+      <c r="AF11" s="484"/>
+      <c r="AG11" s="484"/>
+      <c r="AH11" s="484"/>
+      <c r="AI11" s="484"/>
+      <c r="AJ11" s="484"/>
+      <c r="AK11" s="484"/>
+      <c r="AL11" s="484"/>
+      <c r="AM11" s="484"/>
+      <c r="AN11" s="484"/>
+      <c r="AO11" s="484"/>
+      <c r="AP11" s="484"/>
+      <c r="AQ11" s="485"/>
+      <c r="AR11" s="5"/>
+      <c r="BJ11" s="50"/>
+      <c r="BK11" s="50"/>
+      <c r="BL11" s="51"/>
+      <c r="BM11" s="51"/>
+      <c r="BN11" s="51"/>
     </row>
     <row r="12" spans="2:66" ht="9" customHeight="1">
-      <c r="B12" s="6"/>
-[...46 lines deleted...]
-      <c r="BN12" s="57"/>
+      <c r="B12" s="5"/>
+      <c r="C12" s="165"/>
+      <c r="D12" s="166"/>
+      <c r="E12" s="166"/>
+      <c r="F12" s="166"/>
+      <c r="G12" s="166"/>
+      <c r="H12" s="166"/>
+      <c r="I12" s="166"/>
+      <c r="J12" s="166"/>
+      <c r="K12" s="70"/>
+      <c r="L12" s="70"/>
+      <c r="M12" s="70"/>
+      <c r="N12" s="70"/>
+      <c r="O12" s="70"/>
+      <c r="P12" s="70"/>
+      <c r="Q12" s="167"/>
+      <c r="R12" s="167"/>
+      <c r="S12" s="167"/>
+      <c r="T12" s="167"/>
+      <c r="U12" s="167"/>
+      <c r="V12" s="167"/>
+      <c r="W12" s="167"/>
+      <c r="X12" s="167"/>
+      <c r="Y12" s="167"/>
+      <c r="Z12" s="167"/>
+      <c r="AA12" s="167"/>
+      <c r="AB12" s="167"/>
+      <c r="AC12" s="167"/>
+      <c r="AD12" s="167"/>
+      <c r="AE12" s="167"/>
+      <c r="AF12" s="167"/>
+      <c r="AG12" s="167"/>
+      <c r="AH12" s="167"/>
+      <c r="AI12" s="167"/>
+      <c r="AJ12" s="167"/>
+      <c r="AK12" s="167"/>
+      <c r="AL12" s="167"/>
+      <c r="AM12" s="167"/>
+      <c r="AN12" s="167"/>
+      <c r="AO12" s="167"/>
+      <c r="AP12" s="167"/>
+      <c r="AQ12" s="168"/>
+      <c r="AR12" s="5"/>
+      <c r="BJ12" s="50"/>
+      <c r="BK12" s="50"/>
+      <c r="BL12" s="51"/>
+      <c r="BM12" s="51"/>
+      <c r="BN12" s="51"/>
     </row>
     <row r="13" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B13" s="6"/>
-[...10 lines deleted...]
-      <c r="M13" s="472" t="s">
+      <c r="B13" s="5"/>
+      <c r="C13" s="169"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5"/>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5"/>
+      <c r="K13" s="5"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="358" t="s">
         <v>182</v>
       </c>
-      <c r="N13" s="472"/>
-[...1 lines deleted...]
-      <c r="P13" s="472" t="s">
+      <c r="N13" s="358"/>
+      <c r="O13" s="43"/>
+      <c r="P13" s="358" t="s">
         <v>183</v>
       </c>
-      <c r="Q13" s="472"/>
-[...15 lines deleted...]
-      <c r="AG13" s="472" t="s">
+      <c r="Q13" s="358"/>
+      <c r="R13" s="29"/>
+      <c r="S13" s="43"/>
+      <c r="T13" s="29"/>
+      <c r="U13" s="29"/>
+      <c r="V13" s="43"/>
+      <c r="W13" s="43"/>
+      <c r="X13" s="5"/>
+      <c r="Y13" s="43"/>
+      <c r="Z13" s="43"/>
+      <c r="AA13" s="43"/>
+      <c r="AB13" s="43"/>
+      <c r="AC13" s="43"/>
+      <c r="AD13" s="43"/>
+      <c r="AE13" s="43"/>
+      <c r="AF13" s="43"/>
+      <c r="AG13" s="358" t="s">
         <v>182</v>
       </c>
-      <c r="AH13" s="472"/>
-[...1 lines deleted...]
-      <c r="AJ13" s="472" t="s">
+      <c r="AH13" s="358"/>
+      <c r="AI13" s="43"/>
+      <c r="AJ13" s="358" t="s">
         <v>183</v>
       </c>
-      <c r="AK13" s="472"/>
-[...1 lines deleted...]
-      <c r="AM13" s="472" t="s">
+      <c r="AK13" s="358"/>
+      <c r="AL13" s="21"/>
+      <c r="AM13" s="358" t="s">
         <v>299</v>
       </c>
-      <c r="AN13" s="472"/>
-[...8 lines deleted...]
-      <c r="BN13" s="57"/>
+      <c r="AN13" s="358"/>
+      <c r="AO13" s="358"/>
+      <c r="AP13" s="358"/>
+      <c r="AQ13" s="170"/>
+      <c r="AR13" s="5"/>
+      <c r="BJ13" s="50"/>
+      <c r="BK13" s="50"/>
+      <c r="BL13" s="51"/>
+      <c r="BM13" s="52"/>
+      <c r="BN13" s="51"/>
     </row>
     <row r="14" spans="2:66" ht="9" customHeight="1">
-      <c r="B14" s="6"/>
-[...46 lines deleted...]
-      <c r="BN14" s="57"/>
+      <c r="B14" s="5"/>
+      <c r="C14" s="169"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="5"/>
+      <c r="M14" s="109"/>
+      <c r="N14" s="109"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="109"/>
+      <c r="Q14" s="109"/>
+      <c r="R14" s="29"/>
+      <c r="S14" s="43"/>
+      <c r="T14" s="29"/>
+      <c r="U14" s="29"/>
+      <c r="V14" s="43"/>
+      <c r="W14" s="43"/>
+      <c r="X14" s="5"/>
+      <c r="Y14" s="43"/>
+      <c r="Z14" s="43"/>
+      <c r="AA14" s="43"/>
+      <c r="AB14" s="43"/>
+      <c r="AC14" s="43"/>
+      <c r="AD14" s="43"/>
+      <c r="AE14" s="43"/>
+      <c r="AF14" s="43"/>
+      <c r="AG14" s="43"/>
+      <c r="AH14" s="43"/>
+      <c r="AI14" s="43"/>
+      <c r="AJ14" s="43"/>
+      <c r="AK14" s="43"/>
+      <c r="AL14" s="21"/>
+      <c r="AM14" s="21"/>
+      <c r="AN14" s="43"/>
+      <c r="AO14" s="43"/>
+      <c r="AP14" s="43"/>
+      <c r="AQ14" s="170"/>
+      <c r="AR14" s="5"/>
+      <c r="BJ14" s="50"/>
+      <c r="BK14" s="50"/>
+      <c r="BL14" s="51"/>
+      <c r="BM14" s="52"/>
+      <c r="BN14" s="51"/>
     </row>
     <row r="15" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B15" s="6"/>
-[...1 lines deleted...]
-      <c r="D15" s="466" t="s">
+      <c r="B15" s="5"/>
+      <c r="C15" s="169"/>
+      <c r="D15" s="470" t="s">
         <v>184</v>
       </c>
-      <c r="E15" s="466"/>
-[...13 lines deleted...]
-      <c r="S15" s="474" t="s">
+      <c r="E15" s="470"/>
+      <c r="F15" s="470"/>
+      <c r="G15" s="470"/>
+      <c r="H15" s="470"/>
+      <c r="I15" s="470"/>
+      <c r="J15" s="470"/>
+      <c r="K15" s="470"/>
+      <c r="L15" s="483"/>
+      <c r="M15" s="462"/>
+      <c r="N15" s="463"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="462"/>
+      <c r="Q15" s="463"/>
+      <c r="R15" s="29"/>
+      <c r="S15" s="464" t="s">
         <v>300</v>
       </c>
-      <c r="T15" s="474"/>
-[...3 lines deleted...]
-      <c r="X15" s="473" t="s">
+      <c r="T15" s="464"/>
+      <c r="U15" s="464"/>
+      <c r="V15" s="464"/>
+      <c r="W15" s="464"/>
+      <c r="X15" s="471" t="s">
         <v>185</v>
       </c>
-      <c r="Y15" s="473"/>
-[...10 lines deleted...]
-      <c r="AJ15" s="470" t="s">
+      <c r="Y15" s="471"/>
+      <c r="Z15" s="471"/>
+      <c r="AA15" s="471"/>
+      <c r="AB15" s="471"/>
+      <c r="AC15" s="471"/>
+      <c r="AD15" s="471"/>
+      <c r="AE15" s="471"/>
+      <c r="AF15" s="171"/>
+      <c r="AG15" s="462"/>
+      <c r="AH15" s="463"/>
+      <c r="AI15" s="43"/>
+      <c r="AJ15" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AK15" s="471"/>
-[...2 lines deleted...]
-      <c r="AN15" s="470" t="s">
+      <c r="AK15" s="463"/>
+      <c r="AL15" s="21"/>
+      <c r="AM15" s="21"/>
+      <c r="AN15" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AO15" s="471"/>
-[...7 lines deleted...]
-      <c r="BN15" s="57"/>
+      <c r="AO15" s="463"/>
+      <c r="AP15" s="43"/>
+      <c r="AQ15" s="170"/>
+      <c r="AR15" s="5"/>
+      <c r="BJ15" s="50"/>
+      <c r="BK15" s="50"/>
+      <c r="BL15" s="51"/>
+      <c r="BM15" s="52"/>
+      <c r="BN15" s="51"/>
     </row>
     <row r="16" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B16" s="6"/>
-[...46 lines deleted...]
-      <c r="BN16" s="57"/>
+      <c r="B16" s="5"/>
+      <c r="C16" s="169"/>
+      <c r="D16" s="29"/>
+      <c r="E16" s="29"/>
+      <c r="F16" s="29"/>
+      <c r="G16" s="29"/>
+      <c r="H16" s="29"/>
+      <c r="I16" s="29"/>
+      <c r="J16" s="29"/>
+      <c r="K16" s="29"/>
+      <c r="L16" s="29"/>
+      <c r="M16" s="29"/>
+      <c r="N16" s="29"/>
+      <c r="O16" s="29"/>
+      <c r="P16" s="29"/>
+      <c r="Q16" s="29"/>
+      <c r="R16" s="29"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="29"/>
+      <c r="U16" s="29"/>
+      <c r="V16" s="29"/>
+      <c r="W16" s="29"/>
+      <c r="X16" s="29"/>
+      <c r="Y16" s="29"/>
+      <c r="Z16" s="43"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="29"/>
+      <c r="AC16" s="29"/>
+      <c r="AD16" s="29"/>
+      <c r="AE16" s="29"/>
+      <c r="AF16" s="29"/>
+      <c r="AG16" s="29"/>
+      <c r="AH16" s="29"/>
+      <c r="AI16" s="71"/>
+      <c r="AJ16" s="29"/>
+      <c r="AK16" s="29"/>
+      <c r="AL16" s="21"/>
+      <c r="AM16" s="21"/>
+      <c r="AN16" s="43"/>
+      <c r="AO16" s="29"/>
+      <c r="AP16" s="43"/>
+      <c r="AQ16" s="170"/>
+      <c r="AR16" s="5"/>
+      <c r="BJ16" s="50"/>
+      <c r="BK16" s="50"/>
+      <c r="BL16" s="51"/>
+      <c r="BM16" s="52"/>
+      <c r="BN16" s="51"/>
     </row>
     <row r="17" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B17" s="6"/>
-[...1 lines deleted...]
-      <c r="D17" s="466" t="s">
+      <c r="B17" s="5"/>
+      <c r="C17" s="169"/>
+      <c r="D17" s="470" t="s">
         <v>186</v>
       </c>
-      <c r="E17" s="466"/>
-[...10 lines deleted...]
-      <c r="P17" s="470" t="s">
+      <c r="E17" s="470"/>
+      <c r="F17" s="470"/>
+      <c r="G17" s="470"/>
+      <c r="H17" s="470"/>
+      <c r="I17" s="470"/>
+      <c r="J17" s="470"/>
+      <c r="K17" s="470"/>
+      <c r="L17" s="172"/>
+      <c r="M17" s="462"/>
+      <c r="N17" s="463"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="Q17" s="471"/>
-[...1 lines deleted...]
-      <c r="S17" s="474" t="s">
+      <c r="Q17" s="463"/>
+      <c r="R17" s="29"/>
+      <c r="S17" s="464" t="s">
         <v>300</v>
       </c>
-      <c r="T17" s="474"/>
-[...3 lines deleted...]
-      <c r="X17" s="473" t="s">
+      <c r="T17" s="464"/>
+      <c r="U17" s="464"/>
+      <c r="V17" s="464"/>
+      <c r="W17" s="464"/>
+      <c r="X17" s="471" t="s">
         <v>185</v>
       </c>
-      <c r="Y17" s="473"/>
-[...23 lines deleted...]
-      <c r="BN17" s="57"/>
+      <c r="Y17" s="471"/>
+      <c r="Z17" s="471"/>
+      <c r="AA17" s="471"/>
+      <c r="AB17" s="471"/>
+      <c r="AC17" s="471"/>
+      <c r="AD17" s="471"/>
+      <c r="AE17" s="471"/>
+      <c r="AF17" s="171"/>
+      <c r="AG17" s="462"/>
+      <c r="AH17" s="463"/>
+      <c r="AI17" s="43"/>
+      <c r="AJ17" s="462"/>
+      <c r="AK17" s="463"/>
+      <c r="AL17" s="21"/>
+      <c r="AM17" s="21"/>
+      <c r="AN17" s="462"/>
+      <c r="AO17" s="463"/>
+      <c r="AP17" s="43"/>
+      <c r="AQ17" s="170"/>
+      <c r="AR17" s="5"/>
+      <c r="BJ17" s="50"/>
+      <c r="BK17" s="50"/>
+      <c r="BL17" s="51"/>
+      <c r="BM17" s="52"/>
+      <c r="BN17" s="51"/>
     </row>
     <row r="18" spans="2:66" ht="9" customHeight="1">
-      <c r="B18" s="6"/>
-[...46 lines deleted...]
-      <c r="BN18" s="57"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="169"/>
+      <c r="D18" s="173"/>
+      <c r="E18" s="173"/>
+      <c r="F18" s="173"/>
+      <c r="G18" s="173"/>
+      <c r="H18" s="173"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="173"/>
+      <c r="K18" s="173"/>
+      <c r="L18" s="173"/>
+      <c r="M18" s="173"/>
+      <c r="N18" s="173"/>
+      <c r="O18" s="173"/>
+      <c r="P18" s="173"/>
+      <c r="Q18" s="173"/>
+      <c r="R18" s="29"/>
+      <c r="S18" s="174"/>
+      <c r="T18" s="174"/>
+      <c r="U18" s="174"/>
+      <c r="V18" s="174"/>
+      <c r="W18" s="174"/>
+      <c r="X18" s="173"/>
+      <c r="Y18" s="173"/>
+      <c r="Z18" s="173"/>
+      <c r="AA18" s="173"/>
+      <c r="AB18" s="173"/>
+      <c r="AC18" s="173"/>
+      <c r="AD18" s="173"/>
+      <c r="AE18" s="173"/>
+      <c r="AF18" s="173"/>
+      <c r="AG18" s="173"/>
+      <c r="AH18" s="173"/>
+      <c r="AI18" s="173"/>
+      <c r="AJ18" s="173"/>
+      <c r="AK18" s="173"/>
+      <c r="AL18" s="173"/>
+      <c r="AM18" s="173"/>
+      <c r="AN18" s="173"/>
+      <c r="AO18" s="173"/>
+      <c r="AP18" s="173"/>
+      <c r="AQ18" s="170"/>
+      <c r="AR18" s="5"/>
+      <c r="BJ18" s="50"/>
+      <c r="BK18" s="50"/>
+      <c r="BL18" s="51"/>
+      <c r="BM18" s="52"/>
+      <c r="BN18" s="51"/>
     </row>
     <row r="19" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B19" s="6"/>
-[...1 lines deleted...]
-      <c r="D19" s="481" t="s">
+      <c r="B19" s="5"/>
+      <c r="C19" s="175"/>
+      <c r="D19" s="371" t="s">
         <v>187</v>
       </c>
-      <c r="E19" s="481"/>
-[...10 lines deleted...]
-      <c r="P19" s="473" t="s">
+      <c r="E19" s="371"/>
+      <c r="F19" s="371"/>
+      <c r="G19" s="371"/>
+      <c r="H19" s="371"/>
+      <c r="I19" s="371"/>
+      <c r="J19" s="172"/>
+      <c r="K19" s="5"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="5"/>
+      <c r="N19" s="5"/>
+      <c r="O19" s="5"/>
+      <c r="P19" s="471" t="s">
         <v>301</v>
       </c>
-      <c r="Q19" s="473"/>
-[...31 lines deleted...]
-      <c r="BN19" s="57"/>
+      <c r="Q19" s="471"/>
+      <c r="R19" s="471"/>
+      <c r="S19" s="471"/>
+      <c r="T19" s="471"/>
+      <c r="U19" s="471"/>
+      <c r="V19" s="471"/>
+      <c r="W19" s="471"/>
+      <c r="X19" s="471"/>
+      <c r="Y19" s="471"/>
+      <c r="Z19" s="471"/>
+      <c r="AA19" s="471"/>
+      <c r="AB19" s="471"/>
+      <c r="AC19" s="471"/>
+      <c r="AD19" s="471"/>
+      <c r="AE19" s="471"/>
+      <c r="AF19" s="171"/>
+      <c r="AG19" s="468"/>
+      <c r="AH19" s="469"/>
+      <c r="AI19" s="176"/>
+      <c r="AJ19" s="468"/>
+      <c r="AK19" s="469"/>
+      <c r="AL19" s="21"/>
+      <c r="AM19" s="21"/>
+      <c r="AN19" s="462"/>
+      <c r="AO19" s="463"/>
+      <c r="AP19" s="43"/>
+      <c r="AQ19" s="170"/>
+      <c r="AR19" s="5"/>
+      <c r="BJ19" s="50"/>
+      <c r="BK19" s="50"/>
+      <c r="BL19" s="51"/>
+      <c r="BM19" s="52"/>
+      <c r="BN19" s="51"/>
     </row>
     <row r="20" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B20" s="6"/>
-[...46 lines deleted...]
-      <c r="BN20" s="57"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="169"/>
+      <c r="D20" s="473"/>
+      <c r="E20" s="473"/>
+      <c r="F20" s="473"/>
+      <c r="G20" s="473"/>
+      <c r="H20" s="473"/>
+      <c r="I20" s="473"/>
+      <c r="J20" s="29"/>
+      <c r="K20" s="29"/>
+      <c r="L20" s="29"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="29"/>
+      <c r="O20" s="29"/>
+      <c r="P20" s="29"/>
+      <c r="Q20" s="29"/>
+      <c r="R20" s="29"/>
+      <c r="S20" s="43"/>
+      <c r="T20" s="29"/>
+      <c r="U20" s="29"/>
+      <c r="V20" s="29"/>
+      <c r="W20" s="29"/>
+      <c r="X20" s="29"/>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="43"/>
+      <c r="AA20" s="43"/>
+      <c r="AB20" s="29"/>
+      <c r="AC20" s="29"/>
+      <c r="AD20" s="29"/>
+      <c r="AE20" s="29"/>
+      <c r="AF20" s="29"/>
+      <c r="AG20" s="29"/>
+      <c r="AH20" s="29"/>
+      <c r="AI20" s="29"/>
+      <c r="AJ20" s="29"/>
+      <c r="AK20" s="29"/>
+      <c r="AL20" s="21"/>
+      <c r="AM20" s="21"/>
+      <c r="AN20" s="29"/>
+      <c r="AO20" s="29"/>
+      <c r="AP20" s="43"/>
+      <c r="AQ20" s="170"/>
+      <c r="AR20" s="5"/>
+      <c r="BJ20" s="50"/>
+      <c r="BK20" s="50"/>
+      <c r="BL20" s="51"/>
+      <c r="BM20" s="52"/>
+      <c r="BN20" s="51"/>
     </row>
     <row r="21" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B21" s="6"/>
-      <c r="C21" s="206" t="s">
+      <c r="B21" s="5"/>
+      <c r="C21" s="175" t="s">
         <v>0</v>
       </c>
-      <c r="D21" s="483"/>
-[...14 lines deleted...]
-      <c r="S21" s="473" t="s">
+      <c r="D21" s="474"/>
+      <c r="E21" s="475"/>
+      <c r="F21" s="475"/>
+      <c r="G21" s="475"/>
+      <c r="H21" s="475"/>
+      <c r="I21" s="475"/>
+      <c r="J21" s="475"/>
+      <c r="K21" s="475"/>
+      <c r="L21" s="475"/>
+      <c r="M21" s="475"/>
+      <c r="N21" s="475"/>
+      <c r="O21" s="475"/>
+      <c r="P21" s="475"/>
+      <c r="Q21" s="476"/>
+      <c r="R21" s="29"/>
+      <c r="S21" s="471" t="s">
         <v>302</v>
       </c>
-      <c r="T21" s="473"/>
-[...12 lines deleted...]
-      <c r="AG21" s="470" t="s">
+      <c r="T21" s="471"/>
+      <c r="U21" s="471"/>
+      <c r="V21" s="471"/>
+      <c r="W21" s="471"/>
+      <c r="X21" s="471"/>
+      <c r="Y21" s="471"/>
+      <c r="Z21" s="471"/>
+      <c r="AA21" s="471"/>
+      <c r="AB21" s="471"/>
+      <c r="AC21" s="471"/>
+      <c r="AD21" s="471"/>
+      <c r="AE21" s="471"/>
+      <c r="AF21" s="177"/>
+      <c r="AG21" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AH21" s="471"/>
-[...1 lines deleted...]
-      <c r="AJ21" s="470" t="s">
+      <c r="AH21" s="463"/>
+      <c r="AI21" s="43"/>
+      <c r="AJ21" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AK21" s="471"/>
-[...11 lines deleted...]
-      <c r="BN21" s="57"/>
+      <c r="AK21" s="463"/>
+      <c r="AL21" s="21"/>
+      <c r="AM21" s="21"/>
+      <c r="AN21" s="462"/>
+      <c r="AO21" s="463"/>
+      <c r="AP21" s="43"/>
+      <c r="AQ21" s="170"/>
+      <c r="AR21" s="5"/>
+      <c r="BJ21" s="50"/>
+      <c r="BK21" s="50"/>
+      <c r="BL21" s="51"/>
+      <c r="BM21" s="52"/>
+      <c r="BN21" s="51"/>
     </row>
     <row r="22" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B22" s="6"/>
-[...46 lines deleted...]
-      <c r="BN22" s="57"/>
+      <c r="B22" s="5"/>
+      <c r="C22" s="60"/>
+      <c r="D22" s="477"/>
+      <c r="E22" s="478"/>
+      <c r="F22" s="478"/>
+      <c r="G22" s="478"/>
+      <c r="H22" s="478"/>
+      <c r="I22" s="478"/>
+      <c r="J22" s="478"/>
+      <c r="K22" s="478"/>
+      <c r="L22" s="478"/>
+      <c r="M22" s="478"/>
+      <c r="N22" s="478"/>
+      <c r="O22" s="478"/>
+      <c r="P22" s="478"/>
+      <c r="Q22" s="479"/>
+      <c r="R22" s="29"/>
+      <c r="S22" s="178"/>
+      <c r="T22" s="178"/>
+      <c r="U22" s="178"/>
+      <c r="V22" s="178"/>
+      <c r="W22" s="179"/>
+      <c r="X22" s="178"/>
+      <c r="Y22" s="179"/>
+      <c r="Z22" s="178"/>
+      <c r="AA22" s="178"/>
+      <c r="AB22" s="178"/>
+      <c r="AC22" s="178"/>
+      <c r="AD22" s="178"/>
+      <c r="AE22" s="178"/>
+      <c r="AF22" s="29"/>
+      <c r="AG22" s="29"/>
+      <c r="AH22" s="29"/>
+      <c r="AI22" s="29"/>
+      <c r="AJ22" s="29"/>
+      <c r="AK22" s="29"/>
+      <c r="AL22" s="21"/>
+      <c r="AM22" s="21"/>
+      <c r="AN22" s="29"/>
+      <c r="AO22" s="29"/>
+      <c r="AP22" s="43"/>
+      <c r="AQ22" s="170"/>
+      <c r="AR22" s="5"/>
+      <c r="BJ22" s="50"/>
+      <c r="BK22" s="50"/>
+      <c r="BL22" s="51"/>
+      <c r="BM22" s="52"/>
+      <c r="BN22" s="51"/>
     </row>
     <row r="23" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B23" s="6"/>
-      <c r="C23" s="206" t="s">
+      <c r="B23" s="5"/>
+      <c r="C23" s="175" t="s">
         <v>0</v>
       </c>
-      <c r="D23" s="486"/>
-[...14 lines deleted...]
-      <c r="S23" s="473" t="s">
+      <c r="D23" s="477"/>
+      <c r="E23" s="478"/>
+      <c r="F23" s="478"/>
+      <c r="G23" s="478"/>
+      <c r="H23" s="478"/>
+      <c r="I23" s="478"/>
+      <c r="J23" s="478"/>
+      <c r="K23" s="478"/>
+      <c r="L23" s="478"/>
+      <c r="M23" s="478"/>
+      <c r="N23" s="478"/>
+      <c r="O23" s="478"/>
+      <c r="P23" s="478"/>
+      <c r="Q23" s="479"/>
+      <c r="R23" s="29"/>
+      <c r="S23" s="471" t="s">
         <v>303</v>
       </c>
-      <c r="T23" s="473"/>
-[...12 lines deleted...]
-      <c r="AG23" s="470" t="s">
+      <c r="T23" s="471"/>
+      <c r="U23" s="471"/>
+      <c r="V23" s="471"/>
+      <c r="W23" s="471"/>
+      <c r="X23" s="471"/>
+      <c r="Y23" s="471"/>
+      <c r="Z23" s="471"/>
+      <c r="AA23" s="471"/>
+      <c r="AB23" s="471"/>
+      <c r="AC23" s="471"/>
+      <c r="AD23" s="471"/>
+      <c r="AE23" s="471"/>
+      <c r="AF23" s="177"/>
+      <c r="AG23" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AH23" s="471"/>
-[...1 lines deleted...]
-      <c r="AJ23" s="470" t="s">
+      <c r="AH23" s="463"/>
+      <c r="AI23" s="43"/>
+      <c r="AJ23" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AK23" s="471"/>
-[...11 lines deleted...]
-      <c r="BN23" s="57"/>
+      <c r="AK23" s="463"/>
+      <c r="AL23" s="21"/>
+      <c r="AM23" s="21"/>
+      <c r="AN23" s="462"/>
+      <c r="AO23" s="463"/>
+      <c r="AP23" s="43"/>
+      <c r="AQ23" s="170"/>
+      <c r="AR23" s="5"/>
+      <c r="BJ23" s="50"/>
+      <c r="BK23" s="50"/>
+      <c r="BL23" s="51"/>
+      <c r="BM23" s="52"/>
+      <c r="BN23" s="51"/>
     </row>
     <row r="24" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B24" s="6"/>
-[...46 lines deleted...]
-      <c r="BN24" s="57"/>
+      <c r="B24" s="5"/>
+      <c r="C24" s="60"/>
+      <c r="D24" s="477"/>
+      <c r="E24" s="478"/>
+      <c r="F24" s="478"/>
+      <c r="G24" s="478"/>
+      <c r="H24" s="478"/>
+      <c r="I24" s="478"/>
+      <c r="J24" s="478"/>
+      <c r="K24" s="478"/>
+      <c r="L24" s="478"/>
+      <c r="M24" s="478"/>
+      <c r="N24" s="478"/>
+      <c r="O24" s="478"/>
+      <c r="P24" s="478"/>
+      <c r="Q24" s="479"/>
+      <c r="R24" s="29"/>
+      <c r="S24" s="178"/>
+      <c r="T24" s="178"/>
+      <c r="U24" s="178"/>
+      <c r="V24" s="178"/>
+      <c r="W24" s="178"/>
+      <c r="X24" s="178"/>
+      <c r="Y24" s="178"/>
+      <c r="Z24" s="178"/>
+      <c r="AA24" s="178"/>
+      <c r="AB24" s="178"/>
+      <c r="AC24" s="178"/>
+      <c r="AD24" s="178"/>
+      <c r="AE24" s="178"/>
+      <c r="AF24" s="29"/>
+      <c r="AG24" s="29"/>
+      <c r="AH24" s="29"/>
+      <c r="AI24" s="29"/>
+      <c r="AJ24" s="29"/>
+      <c r="AK24" s="29"/>
+      <c r="AL24" s="21"/>
+      <c r="AM24" s="21"/>
+      <c r="AN24" s="29"/>
+      <c r="AO24" s="29"/>
+      <c r="AP24" s="43"/>
+      <c r="AQ24" s="170"/>
+      <c r="AR24" s="5"/>
+      <c r="BJ24" s="50"/>
+      <c r="BK24" s="50"/>
+      <c r="BL24" s="51"/>
+      <c r="BM24" s="52"/>
+      <c r="BN24" s="51"/>
     </row>
     <row r="25" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B25" s="6"/>
-      <c r="C25" s="206" t="s">
+      <c r="B25" s="5"/>
+      <c r="C25" s="175" t="s">
         <v>0</v>
       </c>
-      <c r="D25" s="489"/>
-[...14 lines deleted...]
-      <c r="S25" s="473" t="s">
+      <c r="D25" s="480"/>
+      <c r="E25" s="481"/>
+      <c r="F25" s="481"/>
+      <c r="G25" s="481"/>
+      <c r="H25" s="481"/>
+      <c r="I25" s="481"/>
+      <c r="J25" s="481"/>
+      <c r="K25" s="481"/>
+      <c r="L25" s="481"/>
+      <c r="M25" s="481"/>
+      <c r="N25" s="481"/>
+      <c r="O25" s="481"/>
+      <c r="P25" s="481"/>
+      <c r="Q25" s="482"/>
+      <c r="R25" s="29"/>
+      <c r="S25" s="471" t="s">
         <v>304</v>
       </c>
-      <c r="T25" s="473"/>
-[...12 lines deleted...]
-      <c r="AG25" s="470" t="s">
+      <c r="T25" s="471"/>
+      <c r="U25" s="471"/>
+      <c r="V25" s="471"/>
+      <c r="W25" s="471"/>
+      <c r="X25" s="471"/>
+      <c r="Y25" s="471"/>
+      <c r="Z25" s="471"/>
+      <c r="AA25" s="471"/>
+      <c r="AB25" s="471"/>
+      <c r="AC25" s="471"/>
+      <c r="AD25" s="471"/>
+      <c r="AE25" s="471"/>
+      <c r="AF25" s="177"/>
+      <c r="AG25" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AH25" s="471"/>
-[...1 lines deleted...]
-      <c r="AJ25" s="470" t="s">
+      <c r="AH25" s="463"/>
+      <c r="AI25" s="43"/>
+      <c r="AJ25" s="462" t="s">
         <v>0</v>
       </c>
-      <c r="AK25" s="471"/>
-[...11 lines deleted...]
-      <c r="BN25" s="57"/>
+      <c r="AK25" s="463"/>
+      <c r="AL25" s="21"/>
+      <c r="AM25" s="21"/>
+      <c r="AN25" s="462"/>
+      <c r="AO25" s="463"/>
+      <c r="AP25" s="43"/>
+      <c r="AQ25" s="170"/>
+      <c r="AR25" s="5"/>
+      <c r="BJ25" s="50"/>
+      <c r="BK25" s="50"/>
+      <c r="BL25" s="51"/>
+      <c r="BM25" s="52"/>
+      <c r="BN25" s="51"/>
     </row>
     <row r="26" spans="2:66" ht="8.25" customHeight="1">
-      <c r="B26" s="6"/>
-[...46 lines deleted...]
-      <c r="BN26" s="57"/>
+      <c r="B26" s="5"/>
+      <c r="C26" s="175"/>
+      <c r="D26" s="172"/>
+      <c r="E26" s="172"/>
+      <c r="F26" s="172"/>
+      <c r="G26" s="172"/>
+      <c r="H26" s="172"/>
+      <c r="I26" s="172"/>
+      <c r="J26" s="172"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5"/>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="43"/>
+      <c r="AA26" s="180"/>
+      <c r="AB26" s="180"/>
+      <c r="AC26" s="180"/>
+      <c r="AD26" s="180"/>
+      <c r="AE26" s="180"/>
+      <c r="AF26" s="180"/>
+      <c r="AG26" s="180"/>
+      <c r="AH26" s="43"/>
+      <c r="AI26" s="43"/>
+      <c r="AJ26" s="43"/>
+      <c r="AK26" s="43"/>
+      <c r="AL26" s="21"/>
+      <c r="AM26" s="21"/>
+      <c r="AN26" s="43"/>
+      <c r="AO26" s="43"/>
+      <c r="AP26" s="43"/>
+      <c r="AQ26" s="170"/>
+      <c r="AR26" s="5"/>
+      <c r="BJ26" s="50"/>
+      <c r="BK26" s="50"/>
+      <c r="BL26" s="51"/>
+      <c r="BM26" s="52"/>
+      <c r="BN26" s="51"/>
     </row>
     <row r="27" spans="2:66" ht="7.5" customHeight="1">
-      <c r="B27" s="6"/>
-[...46 lines deleted...]
-      <c r="BN27" s="57"/>
+      <c r="B27" s="5"/>
+      <c r="C27" s="60"/>
+      <c r="D27" s="29"/>
+      <c r="E27" s="29"/>
+      <c r="F27" s="29"/>
+      <c r="G27" s="29"/>
+      <c r="H27" s="29"/>
+      <c r="I27" s="29"/>
+      <c r="J27" s="29"/>
+      <c r="K27" s="29"/>
+      <c r="L27" s="29"/>
+      <c r="M27" s="29"/>
+      <c r="N27" s="29"/>
+      <c r="O27" s="29"/>
+      <c r="P27" s="29"/>
+      <c r="Q27" s="29"/>
+      <c r="R27" s="29"/>
+      <c r="S27" s="29"/>
+      <c r="T27" s="29"/>
+      <c r="U27" s="29"/>
+      <c r="V27" s="29"/>
+      <c r="W27" s="29"/>
+      <c r="X27" s="29"/>
+      <c r="Y27" s="29"/>
+      <c r="Z27" s="29"/>
+      <c r="AA27" s="29"/>
+      <c r="AB27" s="29"/>
+      <c r="AC27" s="29"/>
+      <c r="AD27" s="29"/>
+      <c r="AE27" s="29"/>
+      <c r="AF27" s="29"/>
+      <c r="AG27" s="29"/>
+      <c r="AH27" s="29"/>
+      <c r="AI27" s="29"/>
+      <c r="AJ27" s="29"/>
+      <c r="AK27" s="29"/>
+      <c r="AL27" s="29"/>
+      <c r="AM27" s="29"/>
+      <c r="AN27" s="29"/>
+      <c r="AO27" s="29"/>
+      <c r="AP27" s="29"/>
+      <c r="AQ27" s="170"/>
+      <c r="AR27" s="5"/>
+      <c r="BJ27" s="50"/>
+      <c r="BK27" s="50"/>
+      <c r="BL27" s="51"/>
+      <c r="BM27" s="52"/>
+      <c r="BN27" s="51"/>
     </row>
     <row r="28" spans="2:66" ht="6.75" customHeight="1" thickBot="1">
-      <c r="B28" s="6"/>
-[...46 lines deleted...]
-      <c r="BN28" s="58"/>
+      <c r="B28" s="5"/>
+      <c r="C28" s="72"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="73"/>
+      <c r="F28" s="73"/>
+      <c r="G28" s="73"/>
+      <c r="H28" s="73"/>
+      <c r="I28" s="73"/>
+      <c r="J28" s="73"/>
+      <c r="K28" s="29"/>
+      <c r="L28" s="29"/>
+      <c r="M28" s="29"/>
+      <c r="N28" s="29"/>
+      <c r="O28" s="73"/>
+      <c r="P28" s="73"/>
+      <c r="Q28" s="73"/>
+      <c r="R28" s="73"/>
+      <c r="S28" s="73"/>
+      <c r="T28" s="73"/>
+      <c r="U28" s="73"/>
+      <c r="V28" s="73"/>
+      <c r="W28" s="73"/>
+      <c r="X28" s="73"/>
+      <c r="Y28" s="73"/>
+      <c r="Z28" s="73"/>
+      <c r="AA28" s="472"/>
+      <c r="AB28" s="472"/>
+      <c r="AC28" s="472"/>
+      <c r="AD28" s="472"/>
+      <c r="AE28" s="472"/>
+      <c r="AF28" s="472"/>
+      <c r="AG28" s="472"/>
+      <c r="AH28" s="472"/>
+      <c r="AI28" s="472"/>
+      <c r="AJ28" s="472"/>
+      <c r="AK28" s="472"/>
+      <c r="AL28" s="472"/>
+      <c r="AM28" s="472"/>
+      <c r="AN28" s="472"/>
+      <c r="AO28" s="472"/>
+      <c r="AP28" s="472"/>
+      <c r="AQ28" s="170"/>
+      <c r="AR28" s="5"/>
+      <c r="BJ28" s="50"/>
+      <c r="BK28" s="50"/>
+      <c r="BL28" s="51"/>
+      <c r="BM28" s="52"/>
+      <c r="BN28" s="52"/>
     </row>
     <row r="29" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B29" s="6"/>
-      <c r="C29" s="493" t="s">
+      <c r="B29" s="5"/>
+      <c r="C29" s="459" t="s">
         <v>188</v>
       </c>
-      <c r="D29" s="494"/>
-[...44 lines deleted...]
-      <c r="BN29" s="58"/>
+      <c r="D29" s="460"/>
+      <c r="E29" s="460"/>
+      <c r="F29" s="460"/>
+      <c r="G29" s="460"/>
+      <c r="H29" s="460"/>
+      <c r="I29" s="460"/>
+      <c r="J29" s="460"/>
+      <c r="K29" s="460"/>
+      <c r="L29" s="460"/>
+      <c r="M29" s="460"/>
+      <c r="N29" s="460"/>
+      <c r="O29" s="460"/>
+      <c r="P29" s="460"/>
+      <c r="Q29" s="460"/>
+      <c r="R29" s="460"/>
+      <c r="S29" s="460"/>
+      <c r="T29" s="460"/>
+      <c r="U29" s="460"/>
+      <c r="V29" s="460"/>
+      <c r="W29" s="460"/>
+      <c r="X29" s="460"/>
+      <c r="Y29" s="460"/>
+      <c r="Z29" s="460"/>
+      <c r="AA29" s="460"/>
+      <c r="AB29" s="460"/>
+      <c r="AC29" s="460"/>
+      <c r="AD29" s="460"/>
+      <c r="AE29" s="460"/>
+      <c r="AF29" s="460"/>
+      <c r="AG29" s="460"/>
+      <c r="AH29" s="460"/>
+      <c r="AI29" s="460"/>
+      <c r="AJ29" s="460"/>
+      <c r="AK29" s="460"/>
+      <c r="AL29" s="460"/>
+      <c r="AM29" s="460"/>
+      <c r="AN29" s="460"/>
+      <c r="AO29" s="460"/>
+      <c r="AP29" s="460"/>
+      <c r="AQ29" s="461"/>
+      <c r="AR29" s="5"/>
+      <c r="BJ29" s="50"/>
+      <c r="BK29" s="50"/>
+      <c r="BL29" s="51"/>
+      <c r="BM29" s="52"/>
+      <c r="BN29" s="52"/>
     </row>
     <row r="30" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B30" s="6"/>
-[...46 lines deleted...]
-      <c r="BN30" s="58"/>
+      <c r="B30" s="5"/>
+      <c r="C30" s="455"/>
+      <c r="D30" s="456"/>
+      <c r="E30" s="456"/>
+      <c r="F30" s="456"/>
+      <c r="G30" s="456"/>
+      <c r="H30" s="456"/>
+      <c r="I30" s="456"/>
+      <c r="J30" s="456"/>
+      <c r="K30" s="456"/>
+      <c r="L30" s="456"/>
+      <c r="M30" s="456"/>
+      <c r="N30" s="456"/>
+      <c r="O30" s="456"/>
+      <c r="P30" s="456"/>
+      <c r="Q30" s="456"/>
+      <c r="R30" s="456"/>
+      <c r="S30" s="456"/>
+      <c r="T30" s="456"/>
+      <c r="U30" s="456"/>
+      <c r="V30" s="456"/>
+      <c r="W30" s="456"/>
+      <c r="X30" s="456"/>
+      <c r="Y30" s="456"/>
+      <c r="Z30" s="456"/>
+      <c r="AA30" s="456"/>
+      <c r="AB30" s="456"/>
+      <c r="AC30" s="456"/>
+      <c r="AD30" s="456"/>
+      <c r="AE30" s="456"/>
+      <c r="AF30" s="456"/>
+      <c r="AG30" s="456"/>
+      <c r="AH30" s="456"/>
+      <c r="AI30" s="456"/>
+      <c r="AJ30" s="456"/>
+      <c r="AK30" s="456"/>
+      <c r="AL30" s="456"/>
+      <c r="AM30" s="456"/>
+      <c r="AN30" s="456"/>
+      <c r="AO30" s="456"/>
+      <c r="AP30" s="456"/>
+      <c r="AQ30" s="457"/>
+      <c r="AR30" s="5"/>
+      <c r="BJ30" s="50"/>
+      <c r="BK30" s="50"/>
+      <c r="BL30" s="51"/>
+      <c r="BM30" s="52"/>
+      <c r="BN30" s="52"/>
     </row>
     <row r="31" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B31" s="6"/>
-[...46 lines deleted...]
-      <c r="BN31" s="58"/>
+      <c r="B31" s="5"/>
+      <c r="C31" s="455"/>
+      <c r="D31" s="456"/>
+      <c r="E31" s="456"/>
+      <c r="F31" s="456"/>
+      <c r="G31" s="456"/>
+      <c r="H31" s="456"/>
+      <c r="I31" s="456"/>
+      <c r="J31" s="456"/>
+      <c r="K31" s="456"/>
+      <c r="L31" s="456"/>
+      <c r="M31" s="456"/>
+      <c r="N31" s="456"/>
+      <c r="O31" s="456"/>
+      <c r="P31" s="456"/>
+      <c r="Q31" s="456"/>
+      <c r="R31" s="456"/>
+      <c r="S31" s="456"/>
+      <c r="T31" s="456"/>
+      <c r="U31" s="456"/>
+      <c r="V31" s="456"/>
+      <c r="W31" s="456"/>
+      <c r="X31" s="456"/>
+      <c r="Y31" s="456"/>
+      <c r="Z31" s="456"/>
+      <c r="AA31" s="456"/>
+      <c r="AB31" s="456"/>
+      <c r="AC31" s="456"/>
+      <c r="AD31" s="456"/>
+      <c r="AE31" s="456"/>
+      <c r="AF31" s="456"/>
+      <c r="AG31" s="456"/>
+      <c r="AH31" s="456"/>
+      <c r="AI31" s="456"/>
+      <c r="AJ31" s="456"/>
+      <c r="AK31" s="456"/>
+      <c r="AL31" s="456"/>
+      <c r="AM31" s="456"/>
+      <c r="AN31" s="456"/>
+      <c r="AO31" s="456"/>
+      <c r="AP31" s="456"/>
+      <c r="AQ31" s="457"/>
+      <c r="AR31" s="5"/>
+      <c r="BJ31" s="50"/>
+      <c r="BK31" s="50"/>
+      <c r="BL31" s="51"/>
+      <c r="BM31" s="52"/>
+      <c r="BN31" s="52"/>
     </row>
     <row r="32" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B32" s="6"/>
-[...46 lines deleted...]
-      <c r="BN32" s="58"/>
+      <c r="B32" s="5"/>
+      <c r="C32" s="455"/>
+      <c r="D32" s="456"/>
+      <c r="E32" s="456"/>
+      <c r="F32" s="456"/>
+      <c r="G32" s="456"/>
+      <c r="H32" s="456"/>
+      <c r="I32" s="456"/>
+      <c r="J32" s="456"/>
+      <c r="K32" s="456"/>
+      <c r="L32" s="456"/>
+      <c r="M32" s="456"/>
+      <c r="N32" s="456"/>
+      <c r="O32" s="456"/>
+      <c r="P32" s="456"/>
+      <c r="Q32" s="456"/>
+      <c r="R32" s="456"/>
+      <c r="S32" s="456"/>
+      <c r="T32" s="456"/>
+      <c r="U32" s="456"/>
+      <c r="V32" s="456"/>
+      <c r="W32" s="456"/>
+      <c r="X32" s="456"/>
+      <c r="Y32" s="456"/>
+      <c r="Z32" s="456"/>
+      <c r="AA32" s="456"/>
+      <c r="AB32" s="456"/>
+      <c r="AC32" s="456"/>
+      <c r="AD32" s="456"/>
+      <c r="AE32" s="456"/>
+      <c r="AF32" s="456"/>
+      <c r="AG32" s="456"/>
+      <c r="AH32" s="456"/>
+      <c r="AI32" s="456"/>
+      <c r="AJ32" s="456"/>
+      <c r="AK32" s="456"/>
+      <c r="AL32" s="456"/>
+      <c r="AM32" s="456"/>
+      <c r="AN32" s="456"/>
+      <c r="AO32" s="456"/>
+      <c r="AP32" s="456"/>
+      <c r="AQ32" s="457"/>
+      <c r="AR32" s="5"/>
+      <c r="BJ32" s="50"/>
+      <c r="BK32" s="50"/>
+      <c r="BL32" s="51"/>
+      <c r="BM32" s="52"/>
+      <c r="BN32" s="52"/>
     </row>
     <row r="33" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B33" s="6"/>
-[...46 lines deleted...]
-      <c r="BN33" s="58"/>
+      <c r="B33" s="5"/>
+      <c r="C33" s="455"/>
+      <c r="D33" s="456"/>
+      <c r="E33" s="456"/>
+      <c r="F33" s="456"/>
+      <c r="G33" s="456"/>
+      <c r="H33" s="456"/>
+      <c r="I33" s="456"/>
+      <c r="J33" s="456"/>
+      <c r="K33" s="456"/>
+      <c r="L33" s="456"/>
+      <c r="M33" s="456"/>
+      <c r="N33" s="456"/>
+      <c r="O33" s="456"/>
+      <c r="P33" s="456"/>
+      <c r="Q33" s="456"/>
+      <c r="R33" s="456"/>
+      <c r="S33" s="456"/>
+      <c r="T33" s="456"/>
+      <c r="U33" s="456"/>
+      <c r="V33" s="456"/>
+      <c r="W33" s="456"/>
+      <c r="X33" s="456"/>
+      <c r="Y33" s="456"/>
+      <c r="Z33" s="456"/>
+      <c r="AA33" s="456"/>
+      <c r="AB33" s="456"/>
+      <c r="AC33" s="456"/>
+      <c r="AD33" s="456"/>
+      <c r="AE33" s="456"/>
+      <c r="AF33" s="456"/>
+      <c r="AG33" s="456"/>
+      <c r="AH33" s="456"/>
+      <c r="AI33" s="456"/>
+      <c r="AJ33" s="456"/>
+      <c r="AK33" s="456"/>
+      <c r="AL33" s="456"/>
+      <c r="AM33" s="456"/>
+      <c r="AN33" s="456"/>
+      <c r="AO33" s="456"/>
+      <c r="AP33" s="456"/>
+      <c r="AQ33" s="457"/>
+      <c r="AR33" s="5"/>
+      <c r="BJ33" s="50"/>
+      <c r="BK33" s="50"/>
+      <c r="BL33" s="51"/>
+      <c r="BM33" s="52"/>
+      <c r="BN33" s="52"/>
     </row>
     <row r="34" spans="2:66" ht="22.5" customHeight="1" thickBot="1">
-      <c r="B34" s="6"/>
-[...46 lines deleted...]
-      <c r="BN34" s="58"/>
+      <c r="B34" s="5"/>
+      <c r="C34" s="465"/>
+      <c r="D34" s="466"/>
+      <c r="E34" s="466"/>
+      <c r="F34" s="466"/>
+      <c r="G34" s="466"/>
+      <c r="H34" s="466"/>
+      <c r="I34" s="466"/>
+      <c r="J34" s="466"/>
+      <c r="K34" s="466"/>
+      <c r="L34" s="466"/>
+      <c r="M34" s="466"/>
+      <c r="N34" s="466"/>
+      <c r="O34" s="466"/>
+      <c r="P34" s="466"/>
+      <c r="Q34" s="466"/>
+      <c r="R34" s="466"/>
+      <c r="S34" s="466"/>
+      <c r="T34" s="466"/>
+      <c r="U34" s="466"/>
+      <c r="V34" s="466"/>
+      <c r="W34" s="466"/>
+      <c r="X34" s="466"/>
+      <c r="Y34" s="466"/>
+      <c r="Z34" s="466"/>
+      <c r="AA34" s="466"/>
+      <c r="AB34" s="466"/>
+      <c r="AC34" s="466"/>
+      <c r="AD34" s="466"/>
+      <c r="AE34" s="466"/>
+      <c r="AF34" s="466"/>
+      <c r="AG34" s="466"/>
+      <c r="AH34" s="466"/>
+      <c r="AI34" s="466"/>
+      <c r="AJ34" s="466"/>
+      <c r="AK34" s="466"/>
+      <c r="AL34" s="466"/>
+      <c r="AM34" s="466"/>
+      <c r="AN34" s="466"/>
+      <c r="AO34" s="466"/>
+      <c r="AP34" s="466"/>
+      <c r="AQ34" s="467"/>
+      <c r="AR34" s="5"/>
+      <c r="BJ34" s="50"/>
+      <c r="BK34" s="50"/>
+      <c r="BL34" s="51"/>
+      <c r="BM34" s="52"/>
+      <c r="BN34" s="52"/>
     </row>
     <row r="35" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B35" s="6"/>
-[...46 lines deleted...]
-      <c r="BN35" s="58"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="74"/>
+      <c r="D35" s="75"/>
+      <c r="E35" s="75"/>
+      <c r="F35" s="75"/>
+      <c r="G35" s="75"/>
+      <c r="H35" s="75"/>
+      <c r="I35" s="75"/>
+      <c r="J35" s="75"/>
+      <c r="K35" s="75"/>
+      <c r="L35" s="75"/>
+      <c r="M35" s="75"/>
+      <c r="N35" s="75"/>
+      <c r="O35" s="75"/>
+      <c r="P35" s="75"/>
+      <c r="Q35" s="75"/>
+      <c r="R35" s="75"/>
+      <c r="S35" s="75"/>
+      <c r="T35" s="75"/>
+      <c r="U35" s="75"/>
+      <c r="V35" s="75"/>
+      <c r="W35" s="75"/>
+      <c r="X35" s="75"/>
+      <c r="Y35" s="75"/>
+      <c r="Z35" s="75"/>
+      <c r="AA35" s="75"/>
+      <c r="AB35" s="75"/>
+      <c r="AC35" s="75"/>
+      <c r="AD35" s="75"/>
+      <c r="AE35" s="75"/>
+      <c r="AF35" s="75"/>
+      <c r="AG35" s="75"/>
+      <c r="AH35" s="75"/>
+      <c r="AI35" s="75"/>
+      <c r="AJ35" s="75"/>
+      <c r="AK35" s="75"/>
+      <c r="AL35" s="75"/>
+      <c r="AM35" s="75"/>
+      <c r="AN35" s="75"/>
+      <c r="AO35" s="75"/>
+      <c r="AP35" s="75"/>
+      <c r="AQ35" s="76"/>
+      <c r="AR35" s="5"/>
+      <c r="BJ35" s="50"/>
+      <c r="BK35" s="50"/>
+      <c r="BL35" s="51"/>
+      <c r="BM35" s="52"/>
+      <c r="BN35" s="52"/>
     </row>
     <row r="36" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B36" s="6"/>
-[...19 lines deleted...]
-      <c r="V36" s="492" t="s">
+      <c r="B36" s="5"/>
+      <c r="C36" s="77"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="78"/>
+      <c r="H36" s="78"/>
+      <c r="I36" s="78"/>
+      <c r="J36" s="78"/>
+      <c r="K36" s="78"/>
+      <c r="L36" s="78"/>
+      <c r="M36" s="78"/>
+      <c r="N36" s="78"/>
+      <c r="O36" s="78"/>
+      <c r="P36" s="78"/>
+      <c r="Q36" s="78"/>
+      <c r="R36" s="78"/>
+      <c r="S36" s="21"/>
+      <c r="T36" s="21"/>
+      <c r="U36" s="21"/>
+      <c r="V36" s="458" t="s">
         <v>189</v>
       </c>
-      <c r="W36" s="492"/>
-[...25 lines deleted...]
-      <c r="BN36" s="56"/>
+      <c r="W36" s="458"/>
+      <c r="X36" s="458"/>
+      <c r="Y36" s="458"/>
+      <c r="Z36" s="458"/>
+      <c r="AA36" s="458"/>
+      <c r="AB36" s="458"/>
+      <c r="AC36" s="458"/>
+      <c r="AD36" s="458"/>
+      <c r="AE36" s="458"/>
+      <c r="AF36" s="458"/>
+      <c r="AG36" s="458"/>
+      <c r="AH36" s="458"/>
+      <c r="AI36" s="458"/>
+      <c r="AJ36" s="458"/>
+      <c r="AK36" s="458"/>
+      <c r="AL36" s="458"/>
+      <c r="AM36" s="458"/>
+      <c r="AN36" s="458"/>
+      <c r="AO36" s="458"/>
+      <c r="AP36" s="21"/>
+      <c r="AQ36" s="79"/>
+      <c r="AR36" s="5"/>
+      <c r="BJ36" s="50"/>
+      <c r="BK36" s="50"/>
+      <c r="BL36" s="50"/>
+      <c r="BM36" s="50"/>
+      <c r="BN36" s="50"/>
     </row>
     <row r="37" spans="2:66" ht="11.25" customHeight="1">
-      <c r="B37" s="6"/>
-[...46 lines deleted...]
-      <c r="BN37" s="56"/>
+      <c r="B37" s="5"/>
+      <c r="C37" s="77"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="21"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="21"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="21"/>
+      <c r="N37" s="21"/>
+      <c r="O37" s="21"/>
+      <c r="P37" s="21"/>
+      <c r="Q37" s="21"/>
+      <c r="R37" s="53"/>
+      <c r="S37" s="21"/>
+      <c r="T37" s="21"/>
+      <c r="U37" s="21"/>
+      <c r="V37" s="80"/>
+      <c r="W37" s="21"/>
+      <c r="X37" s="21"/>
+      <c r="Y37" s="21"/>
+      <c r="Z37" s="21"/>
+      <c r="AA37" s="21"/>
+      <c r="AB37" s="21"/>
+      <c r="AC37" s="21"/>
+      <c r="AD37" s="21"/>
+      <c r="AE37" s="21"/>
+      <c r="AF37" s="21"/>
+      <c r="AG37" s="21"/>
+      <c r="AH37" s="21"/>
+      <c r="AI37" s="21"/>
+      <c r="AJ37" s="21"/>
+      <c r="AK37" s="21"/>
+      <c r="AL37" s="21"/>
+      <c r="AM37" s="21"/>
+      <c r="AN37" s="21"/>
+      <c r="AO37" s="21"/>
+      <c r="AP37" s="21"/>
+      <c r="AQ37" s="79"/>
+      <c r="AR37" s="5"/>
+      <c r="BJ37" s="50"/>
+      <c r="BK37" s="50"/>
+      <c r="BL37" s="50"/>
+      <c r="BM37" s="50"/>
+      <c r="BN37" s="50"/>
     </row>
     <row r="38" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B38" s="6"/>
-[...21 lines deleted...]
-      <c r="X38" s="492" t="s">
+      <c r="B38" s="5"/>
+      <c r="C38" s="77"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="21"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="21"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="21"/>
+      <c r="J38" s="21"/>
+      <c r="K38" s="21"/>
+      <c r="L38" s="21"/>
+      <c r="M38" s="21"/>
+      <c r="N38" s="21"/>
+      <c r="O38" s="21"/>
+      <c r="P38" s="21"/>
+      <c r="Q38" s="21"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="21"/>
+      <c r="T38" s="21"/>
+      <c r="U38" s="21"/>
+      <c r="V38" s="80"/>
+      <c r="W38" s="21"/>
+      <c r="X38" s="458" t="s">
         <v>190</v>
       </c>
-      <c r="Y38" s="492"/>
-[...23 lines deleted...]
-      <c r="BN38" s="56"/>
+      <c r="Y38" s="458"/>
+      <c r="Z38" s="458"/>
+      <c r="AA38" s="458"/>
+      <c r="AB38" s="458"/>
+      <c r="AC38" s="458"/>
+      <c r="AD38" s="458"/>
+      <c r="AE38" s="458"/>
+      <c r="AF38" s="458"/>
+      <c r="AG38" s="458"/>
+      <c r="AH38" s="458"/>
+      <c r="AI38" s="458"/>
+      <c r="AJ38" s="458"/>
+      <c r="AK38" s="458"/>
+      <c r="AL38" s="458"/>
+      <c r="AM38" s="458"/>
+      <c r="AN38" s="458"/>
+      <c r="AO38" s="458"/>
+      <c r="AP38" s="21"/>
+      <c r="AQ38" s="79"/>
+      <c r="AR38" s="5"/>
+      <c r="BJ38" s="50"/>
+      <c r="BK38" s="50"/>
+      <c r="BL38" s="50"/>
+      <c r="BM38" s="50"/>
+      <c r="BN38" s="50"/>
     </row>
     <row r="39" spans="2:66" ht="11.25" customHeight="1">
-      <c r="B39" s="6"/>
-[...46 lines deleted...]
-      <c r="BN39" s="56"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="77"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="21"/>
+      <c r="F39" s="21"/>
+      <c r="G39" s="21"/>
+      <c r="H39" s="21"/>
+      <c r="I39" s="21"/>
+      <c r="J39" s="21"/>
+      <c r="K39" s="21"/>
+      <c r="L39" s="21"/>
+      <c r="M39" s="21"/>
+      <c r="N39" s="21"/>
+      <c r="O39" s="21"/>
+      <c r="P39" s="21"/>
+      <c r="Q39" s="21"/>
+      <c r="R39" s="53"/>
+      <c r="S39" s="21"/>
+      <c r="T39" s="21"/>
+      <c r="U39" s="21"/>
+      <c r="V39" s="80"/>
+      <c r="W39" s="21"/>
+      <c r="X39" s="80"/>
+      <c r="Y39" s="21"/>
+      <c r="Z39" s="21"/>
+      <c r="AA39" s="21"/>
+      <c r="AB39" s="21"/>
+      <c r="AC39" s="21"/>
+      <c r="AD39" s="21"/>
+      <c r="AE39" s="21"/>
+      <c r="AF39" s="21"/>
+      <c r="AG39" s="21"/>
+      <c r="AH39" s="21"/>
+      <c r="AI39" s="21"/>
+      <c r="AJ39" s="21"/>
+      <c r="AK39" s="21"/>
+      <c r="AL39" s="21"/>
+      <c r="AM39" s="21"/>
+      <c r="AN39" s="21"/>
+      <c r="AO39" s="21"/>
+      <c r="AP39" s="21"/>
+      <c r="AQ39" s="79"/>
+      <c r="AR39" s="5"/>
+      <c r="BJ39" s="50"/>
+      <c r="BK39" s="50"/>
+      <c r="BL39" s="50"/>
+      <c r="BM39" s="50"/>
+      <c r="BN39" s="50"/>
     </row>
     <row r="40" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B40" s="6"/>
-[...23 lines deleted...]
-      <c r="Z40" s="492" t="s">
+      <c r="B40" s="5"/>
+      <c r="C40" s="81"/>
+      <c r="D40" s="29"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="71"/>
+      <c r="I40" s="71"/>
+      <c r="J40" s="71"/>
+      <c r="K40" s="71"/>
+      <c r="L40" s="71"/>
+      <c r="M40" s="71"/>
+      <c r="N40" s="71"/>
+      <c r="O40" s="71"/>
+      <c r="P40" s="71"/>
+      <c r="Q40" s="71"/>
+      <c r="R40" s="71"/>
+      <c r="S40" s="29"/>
+      <c r="T40" s="29"/>
+      <c r="U40" s="29"/>
+      <c r="V40" s="82"/>
+      <c r="W40" s="29"/>
+      <c r="X40" s="82"/>
+      <c r="Y40" s="29"/>
+      <c r="Z40" s="458" t="s">
         <v>191</v>
       </c>
-      <c r="AA40" s="492"/>
-[...21 lines deleted...]
-      <c r="BN40" s="58"/>
+      <c r="AA40" s="458"/>
+      <c r="AB40" s="458"/>
+      <c r="AC40" s="458"/>
+      <c r="AD40" s="458"/>
+      <c r="AE40" s="458"/>
+      <c r="AF40" s="458"/>
+      <c r="AG40" s="458"/>
+      <c r="AH40" s="458"/>
+      <c r="AI40" s="458"/>
+      <c r="AJ40" s="458"/>
+      <c r="AK40" s="458"/>
+      <c r="AL40" s="458"/>
+      <c r="AM40" s="458"/>
+      <c r="AN40" s="458"/>
+      <c r="AO40" s="458"/>
+      <c r="AP40" s="29"/>
+      <c r="AQ40" s="79"/>
+      <c r="AR40" s="5"/>
+      <c r="BJ40" s="50"/>
+      <c r="BK40" s="50"/>
+      <c r="BL40" s="51"/>
+      <c r="BM40" s="52"/>
+      <c r="BN40" s="52"/>
     </row>
     <row r="41" spans="2:66" ht="15" customHeight="1" thickBot="1">
-      <c r="B41" s="6"/>
-[...41 lines deleted...]
-      <c r="AR41" s="32"/>
+      <c r="B41" s="5"/>
+      <c r="C41" s="72"/>
+      <c r="D41" s="73"/>
+      <c r="E41" s="73"/>
+      <c r="F41" s="73"/>
+      <c r="G41" s="73"/>
+      <c r="H41" s="73"/>
+      <c r="I41" s="73"/>
+      <c r="J41" s="73"/>
+      <c r="K41" s="73"/>
+      <c r="L41" s="73"/>
+      <c r="M41" s="73"/>
+      <c r="N41" s="73"/>
+      <c r="O41" s="73"/>
+      <c r="P41" s="73"/>
+      <c r="Q41" s="73"/>
+      <c r="R41" s="73"/>
+      <c r="S41" s="73"/>
+      <c r="T41" s="73"/>
+      <c r="U41" s="73"/>
+      <c r="V41" s="83"/>
+      <c r="W41" s="73"/>
+      <c r="X41" s="83"/>
+      <c r="Y41" s="73"/>
+      <c r="Z41" s="83"/>
+      <c r="AA41" s="73"/>
+      <c r="AB41" s="73"/>
+      <c r="AC41" s="73"/>
+      <c r="AD41" s="73"/>
+      <c r="AE41" s="73"/>
+      <c r="AF41" s="73"/>
+      <c r="AG41" s="73"/>
+      <c r="AH41" s="73"/>
+      <c r="AI41" s="73"/>
+      <c r="AJ41" s="73"/>
+      <c r="AK41" s="73"/>
+      <c r="AL41" s="73"/>
+      <c r="AM41" s="73"/>
+      <c r="AN41" s="73"/>
+      <c r="AO41" s="73"/>
+      <c r="AP41" s="73"/>
+      <c r="AQ41" s="84"/>
+      <c r="AR41" s="5"/>
       <c r="BJ41" s="1"/>
       <c r="BK41" s="1"/>
       <c r="BL41" s="3"/>
       <c r="BM41" s="2"/>
       <c r="BN41" s="2"/>
     </row>
     <row r="42" spans="2:66" ht="19.5" customHeight="1">
-      <c r="B42" s="6"/>
-      <c r="C42" s="509" t="s">
+      <c r="B42" s="5"/>
+      <c r="C42" s="450" t="s">
         <v>192</v>
       </c>
-      <c r="D42" s="510"/>
-      <c r="E42" s="511" t="s">
+      <c r="D42" s="451"/>
+      <c r="E42" s="452" t="s">
         <v>193</v>
       </c>
-      <c r="F42" s="512"/>
-[...14 lines deleted...]
-      <c r="U42" s="514">
+      <c r="F42" s="453"/>
+      <c r="G42" s="453"/>
+      <c r="H42" s="453"/>
+      <c r="I42" s="453"/>
+      <c r="J42" s="453"/>
+      <c r="K42" s="453"/>
+      <c r="L42" s="453"/>
+      <c r="M42" s="453"/>
+      <c r="N42" s="453"/>
+      <c r="O42" s="453"/>
+      <c r="P42" s="453"/>
+      <c r="Q42" s="453"/>
+      <c r="R42" s="453"/>
+      <c r="S42" s="453"/>
+      <c r="T42" s="454"/>
+      <c r="U42" s="446">
         <v>1</v>
       </c>
-      <c r="V42" s="515"/>
-      <c r="W42" s="514">
+      <c r="V42" s="445"/>
+      <c r="W42" s="446">
         <v>2</v>
       </c>
-      <c r="X42" s="515"/>
-      <c r="Y42" s="514">
+      <c r="X42" s="445"/>
+      <c r="Y42" s="446">
         <v>3</v>
       </c>
-      <c r="Z42" s="515"/>
-      <c r="AA42" s="170" t="s">
+      <c r="Z42" s="445"/>
+      <c r="AA42" s="153" t="s">
         <v>194</v>
       </c>
-      <c r="AB42" s="171"/>
-[...14 lines deleted...]
-      <c r="AQ42" s="172" t="s">
+      <c r="AB42" s="154"/>
+      <c r="AC42" s="154"/>
+      <c r="AD42" s="154"/>
+      <c r="AE42" s="154"/>
+      <c r="AF42" s="154"/>
+      <c r="AG42" s="154"/>
+      <c r="AH42" s="154"/>
+      <c r="AI42" s="154"/>
+      <c r="AJ42" s="154"/>
+      <c r="AK42" s="154"/>
+      <c r="AL42" s="154"/>
+      <c r="AM42" s="154"/>
+      <c r="AN42" s="154"/>
+      <c r="AO42" s="154"/>
+      <c r="AP42" s="154"/>
+      <c r="AQ42" s="155" t="s">
         <v>195</v>
       </c>
-      <c r="AR42" s="32"/>
+      <c r="AR42" s="5"/>
     </row>
     <row r="43" spans="2:66" ht="18" customHeight="1">
-      <c r="B43" s="6"/>
-      <c r="C43" s="496" t="s">
+      <c r="B43" s="5"/>
+      <c r="C43" s="433" t="s">
         <v>196</v>
       </c>
-      <c r="D43" s="516"/>
-      <c r="E43" s="300" t="s">
+      <c r="D43" s="434"/>
+      <c r="E43" s="193" t="s">
         <v>197</v>
       </c>
-      <c r="F43" s="300"/>
-[...37 lines deleted...]
-      <c r="AR43" s="32"/>
+      <c r="F43" s="193"/>
+      <c r="G43" s="193"/>
+      <c r="H43" s="193"/>
+      <c r="I43" s="193"/>
+      <c r="J43" s="193"/>
+      <c r="K43" s="193"/>
+      <c r="L43" s="193"/>
+      <c r="M43" s="193"/>
+      <c r="N43" s="193"/>
+      <c r="O43" s="193"/>
+      <c r="P43" s="193"/>
+      <c r="Q43" s="193"/>
+      <c r="R43" s="193"/>
+      <c r="S43" s="193"/>
+      <c r="T43" s="193"/>
+      <c r="U43" s="328"/>
+      <c r="V43" s="328"/>
+      <c r="W43" s="328"/>
+      <c r="X43" s="328"/>
+      <c r="Y43" s="328"/>
+      <c r="Z43" s="328"/>
+      <c r="AA43" s="69"/>
+      <c r="AB43" s="69"/>
+      <c r="AC43" s="69"/>
+      <c r="AD43" s="69"/>
+      <c r="AE43" s="69"/>
+      <c r="AF43" s="69"/>
+      <c r="AG43" s="69"/>
+      <c r="AH43" s="69"/>
+      <c r="AI43" s="69"/>
+      <c r="AJ43" s="69"/>
+      <c r="AK43" s="69"/>
+      <c r="AL43" s="69"/>
+      <c r="AM43" s="69"/>
+      <c r="AN43" s="69"/>
+      <c r="AO43" s="69"/>
+      <c r="AP43" s="69"/>
+      <c r="AQ43" s="86"/>
+      <c r="AR43" s="5"/>
     </row>
     <row r="44" spans="2:66" ht="60" customHeight="1">
-      <c r="B44" s="6"/>
-      <c r="C44" s="496" t="s">
+      <c r="B44" s="5"/>
+      <c r="C44" s="433" t="s">
         <v>198</v>
       </c>
-      <c r="D44" s="497"/>
-      <c r="E44" s="498" t="s">
+      <c r="D44" s="436"/>
+      <c r="E44" s="440" t="s">
         <v>199</v>
       </c>
-      <c r="F44" s="499"/>
-[...37 lines deleted...]
-      <c r="AR44" s="32"/>
+      <c r="F44" s="441"/>
+      <c r="G44" s="441"/>
+      <c r="H44" s="441"/>
+      <c r="I44" s="441"/>
+      <c r="J44" s="441"/>
+      <c r="K44" s="441"/>
+      <c r="L44" s="441"/>
+      <c r="M44" s="441"/>
+      <c r="N44" s="441"/>
+      <c r="O44" s="441"/>
+      <c r="P44" s="441"/>
+      <c r="Q44" s="441"/>
+      <c r="R44" s="441"/>
+      <c r="S44" s="441"/>
+      <c r="T44" s="442"/>
+      <c r="U44" s="429"/>
+      <c r="V44" s="430"/>
+      <c r="W44" s="429"/>
+      <c r="X44" s="430"/>
+      <c r="Y44" s="429"/>
+      <c r="Z44" s="430"/>
+      <c r="AA44" s="431"/>
+      <c r="AB44" s="432"/>
+      <c r="AC44" s="432"/>
+      <c r="AD44" s="432"/>
+      <c r="AE44" s="432"/>
+      <c r="AF44" s="432"/>
+      <c r="AG44" s="432"/>
+      <c r="AH44" s="432"/>
+      <c r="AI44" s="432"/>
+      <c r="AJ44" s="432"/>
+      <c r="AK44" s="432"/>
+      <c r="AL44" s="432"/>
+      <c r="AM44" s="432"/>
+      <c r="AN44" s="432"/>
+      <c r="AO44" s="432"/>
+      <c r="AP44" s="437"/>
+      <c r="AQ44" s="156"/>
+      <c r="AR44" s="5"/>
     </row>
     <row r="45" spans="2:66" ht="60" customHeight="1">
-      <c r="B45" s="6"/>
-      <c r="C45" s="496" t="s">
+      <c r="B45" s="5"/>
+      <c r="C45" s="433" t="s">
         <v>200</v>
       </c>
-      <c r="D45" s="497"/>
-      <c r="E45" s="498" t="s">
+      <c r="D45" s="436"/>
+      <c r="E45" s="440" t="s">
         <v>273</v>
       </c>
-      <c r="F45" s="499"/>
-[...37 lines deleted...]
-      <c r="AR45" s="32"/>
+      <c r="F45" s="441"/>
+      <c r="G45" s="441"/>
+      <c r="H45" s="441"/>
+      <c r="I45" s="441"/>
+      <c r="J45" s="441"/>
+      <c r="K45" s="441"/>
+      <c r="L45" s="441"/>
+      <c r="M45" s="441"/>
+      <c r="N45" s="441"/>
+      <c r="O45" s="441"/>
+      <c r="P45" s="441"/>
+      <c r="Q45" s="441"/>
+      <c r="R45" s="441"/>
+      <c r="S45" s="441"/>
+      <c r="T45" s="442"/>
+      <c r="U45" s="429"/>
+      <c r="V45" s="430"/>
+      <c r="W45" s="429"/>
+      <c r="X45" s="430"/>
+      <c r="Y45" s="429"/>
+      <c r="Z45" s="430"/>
+      <c r="AA45" s="431"/>
+      <c r="AB45" s="432"/>
+      <c r="AC45" s="432"/>
+      <c r="AD45" s="432"/>
+      <c r="AE45" s="432"/>
+      <c r="AF45" s="432"/>
+      <c r="AG45" s="432"/>
+      <c r="AH45" s="432"/>
+      <c r="AI45" s="432"/>
+      <c r="AJ45" s="432"/>
+      <c r="AK45" s="432"/>
+      <c r="AL45" s="432"/>
+      <c r="AM45" s="432"/>
+      <c r="AN45" s="432"/>
+      <c r="AO45" s="432"/>
+      <c r="AP45" s="437"/>
+      <c r="AQ45" s="156"/>
+      <c r="AR45" s="5"/>
     </row>
     <row r="46" spans="2:66" ht="60" customHeight="1">
-      <c r="B46" s="6"/>
-      <c r="C46" s="496" t="s">
+      <c r="B46" s="5"/>
+      <c r="C46" s="433" t="s">
         <v>201</v>
       </c>
-      <c r="D46" s="497"/>
-      <c r="E46" s="498" t="s">
+      <c r="D46" s="436"/>
+      <c r="E46" s="440" t="s">
         <v>274</v>
       </c>
-      <c r="F46" s="499"/>
-[...37 lines deleted...]
-      <c r="AR46" s="32"/>
+      <c r="F46" s="441"/>
+      <c r="G46" s="441"/>
+      <c r="H46" s="441"/>
+      <c r="I46" s="441"/>
+      <c r="J46" s="441"/>
+      <c r="K46" s="441"/>
+      <c r="L46" s="441"/>
+      <c r="M46" s="441"/>
+      <c r="N46" s="441"/>
+      <c r="O46" s="441"/>
+      <c r="P46" s="441"/>
+      <c r="Q46" s="441"/>
+      <c r="R46" s="441"/>
+      <c r="S46" s="441"/>
+      <c r="T46" s="442"/>
+      <c r="U46" s="429"/>
+      <c r="V46" s="430"/>
+      <c r="W46" s="429"/>
+      <c r="X46" s="430"/>
+      <c r="Y46" s="429"/>
+      <c r="Z46" s="430"/>
+      <c r="AA46" s="431"/>
+      <c r="AB46" s="432"/>
+      <c r="AC46" s="432"/>
+      <c r="AD46" s="432"/>
+      <c r="AE46" s="432"/>
+      <c r="AF46" s="432"/>
+      <c r="AG46" s="432"/>
+      <c r="AH46" s="432"/>
+      <c r="AI46" s="432"/>
+      <c r="AJ46" s="432"/>
+      <c r="AK46" s="432"/>
+      <c r="AL46" s="432"/>
+      <c r="AM46" s="432"/>
+      <c r="AN46" s="432"/>
+      <c r="AO46" s="432"/>
+      <c r="AP46" s="437"/>
+      <c r="AQ46" s="156"/>
+      <c r="AR46" s="5"/>
     </row>
     <row r="47" spans="2:66" ht="60" customHeight="1">
-      <c r="B47" s="6"/>
-      <c r="C47" s="496" t="s">
+      <c r="B47" s="5"/>
+      <c r="C47" s="433" t="s">
         <v>202</v>
       </c>
-      <c r="D47" s="497"/>
-      <c r="E47" s="498" t="s">
+      <c r="D47" s="436"/>
+      <c r="E47" s="440" t="s">
         <v>203</v>
       </c>
-      <c r="F47" s="499"/>
-[...37 lines deleted...]
-      <c r="AR47" s="32"/>
+      <c r="F47" s="441"/>
+      <c r="G47" s="441"/>
+      <c r="H47" s="441"/>
+      <c r="I47" s="441"/>
+      <c r="J47" s="441"/>
+      <c r="K47" s="441"/>
+      <c r="L47" s="441"/>
+      <c r="M47" s="441"/>
+      <c r="N47" s="441"/>
+      <c r="O47" s="441"/>
+      <c r="P47" s="441"/>
+      <c r="Q47" s="441"/>
+      <c r="R47" s="441"/>
+      <c r="S47" s="441"/>
+      <c r="T47" s="442"/>
+      <c r="U47" s="429"/>
+      <c r="V47" s="430"/>
+      <c r="W47" s="429"/>
+      <c r="X47" s="430"/>
+      <c r="Y47" s="429"/>
+      <c r="Z47" s="430"/>
+      <c r="AA47" s="431"/>
+      <c r="AB47" s="432"/>
+      <c r="AC47" s="432"/>
+      <c r="AD47" s="432"/>
+      <c r="AE47" s="432"/>
+      <c r="AF47" s="432"/>
+      <c r="AG47" s="432"/>
+      <c r="AH47" s="432"/>
+      <c r="AI47" s="432"/>
+      <c r="AJ47" s="432"/>
+      <c r="AK47" s="432"/>
+      <c r="AL47" s="432"/>
+      <c r="AM47" s="432"/>
+      <c r="AN47" s="432"/>
+      <c r="AO47" s="432"/>
+      <c r="AP47" s="437"/>
+      <c r="AQ47" s="156"/>
+      <c r="AR47" s="5"/>
     </row>
     <row r="48" spans="2:66" ht="60" customHeight="1">
-      <c r="B48" s="6"/>
-      <c r="C48" s="496" t="s">
+      <c r="B48" s="5"/>
+      <c r="C48" s="433" t="s">
         <v>204</v>
       </c>
-      <c r="D48" s="497"/>
-      <c r="E48" s="498" t="s">
+      <c r="D48" s="436"/>
+      <c r="E48" s="440" t="s">
         <v>205</v>
       </c>
-      <c r="F48" s="499"/>
-[...37 lines deleted...]
-      <c r="AR48" s="32"/>
+      <c r="F48" s="441"/>
+      <c r="G48" s="441"/>
+      <c r="H48" s="441"/>
+      <c r="I48" s="441"/>
+      <c r="J48" s="441"/>
+      <c r="K48" s="441"/>
+      <c r="L48" s="441"/>
+      <c r="M48" s="441"/>
+      <c r="N48" s="441"/>
+      <c r="O48" s="441"/>
+      <c r="P48" s="441"/>
+      <c r="Q48" s="441"/>
+      <c r="R48" s="441"/>
+      <c r="S48" s="441"/>
+      <c r="T48" s="442"/>
+      <c r="U48" s="429"/>
+      <c r="V48" s="430"/>
+      <c r="W48" s="429"/>
+      <c r="X48" s="430"/>
+      <c r="Y48" s="429"/>
+      <c r="Z48" s="430"/>
+      <c r="AA48" s="431"/>
+      <c r="AB48" s="432"/>
+      <c r="AC48" s="432"/>
+      <c r="AD48" s="432"/>
+      <c r="AE48" s="432"/>
+      <c r="AF48" s="432"/>
+      <c r="AG48" s="432"/>
+      <c r="AH48" s="432"/>
+      <c r="AI48" s="432"/>
+      <c r="AJ48" s="432"/>
+      <c r="AK48" s="432"/>
+      <c r="AL48" s="432"/>
+      <c r="AM48" s="432"/>
+      <c r="AN48" s="432"/>
+      <c r="AO48" s="432"/>
+      <c r="AP48" s="437"/>
+      <c r="AQ48" s="156"/>
+      <c r="AR48" s="5"/>
     </row>
     <row r="49" spans="2:44" ht="18">
-      <c r="B49" s="6"/>
-      <c r="C49" s="422">
+      <c r="B49" s="5"/>
+      <c r="C49" s="329">
         <v>1</v>
       </c>
-      <c r="D49" s="421"/>
-      <c r="E49" s="300" t="s">
+      <c r="D49" s="328"/>
+      <c r="E49" s="193" t="s">
         <v>206</v>
       </c>
-      <c r="F49" s="300"/>
-[...37 lines deleted...]
-      <c r="AR49" s="32"/>
+      <c r="F49" s="193"/>
+      <c r="G49" s="193"/>
+      <c r="H49" s="193"/>
+      <c r="I49" s="193"/>
+      <c r="J49" s="193"/>
+      <c r="K49" s="193"/>
+      <c r="L49" s="193"/>
+      <c r="M49" s="193"/>
+      <c r="N49" s="193"/>
+      <c r="O49" s="193"/>
+      <c r="P49" s="193"/>
+      <c r="Q49" s="193"/>
+      <c r="R49" s="193"/>
+      <c r="S49" s="193"/>
+      <c r="T49" s="193"/>
+      <c r="U49" s="328"/>
+      <c r="V49" s="328"/>
+      <c r="W49" s="328"/>
+      <c r="X49" s="328"/>
+      <c r="Y49" s="328"/>
+      <c r="Z49" s="328"/>
+      <c r="AA49" s="69"/>
+      <c r="AB49" s="69"/>
+      <c r="AC49" s="69"/>
+      <c r="AD49" s="69"/>
+      <c r="AE49" s="69"/>
+      <c r="AF49" s="69"/>
+      <c r="AG49" s="69"/>
+      <c r="AH49" s="69"/>
+      <c r="AI49" s="69"/>
+      <c r="AJ49" s="69"/>
+      <c r="AK49" s="69"/>
+      <c r="AL49" s="69"/>
+      <c r="AM49" s="69"/>
+      <c r="AN49" s="69"/>
+      <c r="AO49" s="69"/>
+      <c r="AP49" s="69"/>
+      <c r="AQ49" s="87"/>
+      <c r="AR49" s="5"/>
     </row>
     <row r="50" spans="2:44" ht="60" customHeight="1">
-      <c r="B50" s="6"/>
-      <c r="C50" s="496" t="s">
+      <c r="B50" s="5"/>
+      <c r="C50" s="433" t="s">
         <v>207</v>
       </c>
-      <c r="D50" s="497"/>
-      <c r="E50" s="498" t="s">
+      <c r="D50" s="436"/>
+      <c r="E50" s="440" t="s">
         <v>208</v>
       </c>
-      <c r="F50" s="499"/>
-[...37 lines deleted...]
-      <c r="AR50" s="32"/>
+      <c r="F50" s="441"/>
+      <c r="G50" s="441"/>
+      <c r="H50" s="441"/>
+      <c r="I50" s="441"/>
+      <c r="J50" s="441"/>
+      <c r="K50" s="441"/>
+      <c r="L50" s="441"/>
+      <c r="M50" s="441"/>
+      <c r="N50" s="441"/>
+      <c r="O50" s="441"/>
+      <c r="P50" s="441"/>
+      <c r="Q50" s="441"/>
+      <c r="R50" s="441"/>
+      <c r="S50" s="441"/>
+      <c r="T50" s="442"/>
+      <c r="U50" s="429"/>
+      <c r="V50" s="430"/>
+      <c r="W50" s="429"/>
+      <c r="X50" s="430"/>
+      <c r="Y50" s="429"/>
+      <c r="Z50" s="430"/>
+      <c r="AA50" s="431"/>
+      <c r="AB50" s="432"/>
+      <c r="AC50" s="432"/>
+      <c r="AD50" s="432"/>
+      <c r="AE50" s="432"/>
+      <c r="AF50" s="432"/>
+      <c r="AG50" s="432"/>
+      <c r="AH50" s="432"/>
+      <c r="AI50" s="432"/>
+      <c r="AJ50" s="432"/>
+      <c r="AK50" s="432"/>
+      <c r="AL50" s="432"/>
+      <c r="AM50" s="432"/>
+      <c r="AN50" s="432"/>
+      <c r="AO50" s="432"/>
+      <c r="AP50" s="437"/>
+      <c r="AQ50" s="156"/>
+      <c r="AR50" s="5"/>
     </row>
     <row r="51" spans="2:44" ht="60" customHeight="1">
-      <c r="B51" s="6"/>
-      <c r="C51" s="496" t="s">
+      <c r="B51" s="5"/>
+      <c r="C51" s="433" t="s">
         <v>209</v>
       </c>
-      <c r="D51" s="497"/>
-      <c r="E51" s="498" t="s">
+      <c r="D51" s="436"/>
+      <c r="E51" s="440" t="s">
         <v>210</v>
       </c>
-      <c r="F51" s="499"/>
-[...37 lines deleted...]
-      <c r="AR51" s="32"/>
+      <c r="F51" s="441"/>
+      <c r="G51" s="441"/>
+      <c r="H51" s="441"/>
+      <c r="I51" s="441"/>
+      <c r="J51" s="441"/>
+      <c r="K51" s="441"/>
+      <c r="L51" s="441"/>
+      <c r="M51" s="441"/>
+      <c r="N51" s="441"/>
+      <c r="O51" s="441"/>
+      <c r="P51" s="441"/>
+      <c r="Q51" s="441"/>
+      <c r="R51" s="441"/>
+      <c r="S51" s="441"/>
+      <c r="T51" s="442"/>
+      <c r="U51" s="429"/>
+      <c r="V51" s="430"/>
+      <c r="W51" s="429"/>
+      <c r="X51" s="430"/>
+      <c r="Y51" s="429"/>
+      <c r="Z51" s="430"/>
+      <c r="AA51" s="431"/>
+      <c r="AB51" s="432"/>
+      <c r="AC51" s="432"/>
+      <c r="AD51" s="432"/>
+      <c r="AE51" s="432"/>
+      <c r="AF51" s="432"/>
+      <c r="AG51" s="432"/>
+      <c r="AH51" s="432"/>
+      <c r="AI51" s="432"/>
+      <c r="AJ51" s="432"/>
+      <c r="AK51" s="432"/>
+      <c r="AL51" s="432"/>
+      <c r="AM51" s="432"/>
+      <c r="AN51" s="432"/>
+      <c r="AO51" s="432"/>
+      <c r="AP51" s="437"/>
+      <c r="AQ51" s="156"/>
+      <c r="AR51" s="5"/>
     </row>
     <row r="52" spans="2:44" ht="60" customHeight="1">
-      <c r="B52" s="6"/>
-      <c r="C52" s="496" t="s">
+      <c r="B52" s="5"/>
+      <c r="C52" s="433" t="s">
         <v>211</v>
       </c>
-      <c r="D52" s="497"/>
-      <c r="E52" s="498" t="s">
+      <c r="D52" s="436"/>
+      <c r="E52" s="440" t="s">
         <v>212</v>
       </c>
-      <c r="F52" s="499"/>
-[...37 lines deleted...]
-      <c r="AR52" s="32"/>
+      <c r="F52" s="441"/>
+      <c r="G52" s="441"/>
+      <c r="H52" s="441"/>
+      <c r="I52" s="441"/>
+      <c r="J52" s="441"/>
+      <c r="K52" s="441"/>
+      <c r="L52" s="441"/>
+      <c r="M52" s="441"/>
+      <c r="N52" s="441"/>
+      <c r="O52" s="441"/>
+      <c r="P52" s="441"/>
+      <c r="Q52" s="441"/>
+      <c r="R52" s="441"/>
+      <c r="S52" s="441"/>
+      <c r="T52" s="442"/>
+      <c r="U52" s="429"/>
+      <c r="V52" s="430"/>
+      <c r="W52" s="429"/>
+      <c r="X52" s="430"/>
+      <c r="Y52" s="429"/>
+      <c r="Z52" s="430"/>
+      <c r="AA52" s="431"/>
+      <c r="AB52" s="432"/>
+      <c r="AC52" s="432"/>
+      <c r="AD52" s="432"/>
+      <c r="AE52" s="432"/>
+      <c r="AF52" s="432"/>
+      <c r="AG52" s="432"/>
+      <c r="AH52" s="432"/>
+      <c r="AI52" s="432"/>
+      <c r="AJ52" s="432"/>
+      <c r="AK52" s="432"/>
+      <c r="AL52" s="432"/>
+      <c r="AM52" s="432"/>
+      <c r="AN52" s="432"/>
+      <c r="AO52" s="432"/>
+      <c r="AP52" s="437"/>
+      <c r="AQ52" s="156"/>
+      <c r="AR52" s="5"/>
     </row>
     <row r="53" spans="2:44" ht="60" customHeight="1">
-      <c r="B53" s="6"/>
-      <c r="C53" s="496" t="s">
+      <c r="B53" s="5"/>
+      <c r="C53" s="433" t="s">
         <v>213</v>
       </c>
-      <c r="D53" s="497"/>
-      <c r="E53" s="498" t="s">
+      <c r="D53" s="436"/>
+      <c r="E53" s="440" t="s">
         <v>214</v>
       </c>
-      <c r="F53" s="499"/>
-[...37 lines deleted...]
-      <c r="AR53" s="32"/>
+      <c r="F53" s="441"/>
+      <c r="G53" s="441"/>
+      <c r="H53" s="441"/>
+      <c r="I53" s="441"/>
+      <c r="J53" s="441"/>
+      <c r="K53" s="441"/>
+      <c r="L53" s="441"/>
+      <c r="M53" s="441"/>
+      <c r="N53" s="441"/>
+      <c r="O53" s="441"/>
+      <c r="P53" s="441"/>
+      <c r="Q53" s="441"/>
+      <c r="R53" s="441"/>
+      <c r="S53" s="441"/>
+      <c r="T53" s="442"/>
+      <c r="U53" s="429"/>
+      <c r="V53" s="430"/>
+      <c r="W53" s="429"/>
+      <c r="X53" s="430"/>
+      <c r="Y53" s="429"/>
+      <c r="Z53" s="430"/>
+      <c r="AA53" s="431"/>
+      <c r="AB53" s="432"/>
+      <c r="AC53" s="432"/>
+      <c r="AD53" s="432"/>
+      <c r="AE53" s="432"/>
+      <c r="AF53" s="432"/>
+      <c r="AG53" s="432"/>
+      <c r="AH53" s="432"/>
+      <c r="AI53" s="432"/>
+      <c r="AJ53" s="432"/>
+      <c r="AK53" s="432"/>
+      <c r="AL53" s="432"/>
+      <c r="AM53" s="432"/>
+      <c r="AN53" s="432"/>
+      <c r="AO53" s="432"/>
+      <c r="AP53" s="437"/>
+      <c r="AQ53" s="156"/>
+      <c r="AR53" s="5"/>
     </row>
     <row r="54" spans="2:44" ht="18">
-      <c r="B54" s="6"/>
-[...41 lines deleted...]
-      <c r="AR54" s="32"/>
+      <c r="B54" s="5"/>
+      <c r="C54" s="29"/>
+      <c r="D54" s="5"/>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
+      <c r="G54" s="5"/>
+      <c r="H54" s="5"/>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5"/>
+      <c r="K54" s="5"/>
+      <c r="L54" s="5"/>
+      <c r="M54" s="5"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="29"/>
+      <c r="P54" s="29"/>
+      <c r="Q54" s="29"/>
+      <c r="R54" s="29"/>
+      <c r="S54" s="29"/>
+      <c r="T54" s="29"/>
+      <c r="U54" s="29"/>
+      <c r="V54" s="29"/>
+      <c r="W54" s="29"/>
+      <c r="X54" s="29"/>
+      <c r="Y54" s="29"/>
+      <c r="Z54" s="29"/>
+      <c r="AA54" s="29"/>
+      <c r="AB54" s="29"/>
+      <c r="AC54" s="29"/>
+      <c r="AD54" s="29"/>
+      <c r="AE54" s="29"/>
+      <c r="AF54" s="29"/>
+      <c r="AG54" s="29"/>
+      <c r="AH54" s="29"/>
+      <c r="AI54" s="29"/>
+      <c r="AJ54" s="29"/>
+      <c r="AK54" s="29"/>
+      <c r="AL54" s="29"/>
+      <c r="AM54" s="29"/>
+      <c r="AN54" s="29"/>
+      <c r="AO54" s="29"/>
+      <c r="AP54" s="29"/>
+      <c r="AQ54" s="29"/>
+      <c r="AR54" s="5"/>
     </row>
     <row r="55" spans="2:44">
-      <c r="AA55" s="101"/>
+      <c r="AA55" s="88"/>
     </row>
     <row r="56" spans="2:44" ht="13.5" thickBot="1">
-      <c r="B56" s="6"/>
-[...41 lines deleted...]
-      <c r="AR56" s="6"/>
+      <c r="B56" s="5"/>
+      <c r="C56" s="5"/>
+      <c r="D56" s="5"/>
+      <c r="E56" s="5"/>
+      <c r="F56" s="5"/>
+      <c r="G56" s="5"/>
+      <c r="H56" s="5"/>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5"/>
+      <c r="K56" s="5"/>
+      <c r="L56" s="5"/>
+      <c r="M56" s="5"/>
+      <c r="N56" s="5"/>
+      <c r="O56" s="5"/>
+      <c r="P56" s="5"/>
+      <c r="Q56" s="5"/>
+      <c r="R56" s="5"/>
+      <c r="S56" s="5"/>
+      <c r="T56" s="5"/>
+      <c r="U56" s="5"/>
+      <c r="V56" s="5"/>
+      <c r="W56" s="5"/>
+      <c r="X56" s="5"/>
+      <c r="Y56" s="5"/>
+      <c r="Z56" s="5"/>
+      <c r="AA56" s="5"/>
+      <c r="AB56" s="5"/>
+      <c r="AC56" s="5"/>
+      <c r="AD56" s="5"/>
+      <c r="AE56" s="5"/>
+      <c r="AF56" s="5"/>
+      <c r="AG56" s="5"/>
+      <c r="AH56" s="5"/>
+      <c r="AI56" s="5"/>
+      <c r="AJ56" s="5"/>
+      <c r="AK56" s="5"/>
+      <c r="AL56" s="5"/>
+      <c r="AM56" s="5"/>
+      <c r="AN56" s="5"/>
+      <c r="AO56" s="5"/>
+      <c r="AP56" s="5"/>
+      <c r="AQ56" s="5"/>
+      <c r="AR56" s="5"/>
     </row>
     <row r="57" spans="2:44" ht="20.25">
-      <c r="B57" s="6"/>
-      <c r="C57" s="276" t="s">
+      <c r="B57" s="5"/>
+      <c r="C57" s="205" t="s">
         <v>192</v>
       </c>
-      <c r="D57" s="515"/>
-      <c r="E57" s="514" t="s">
+      <c r="D57" s="445"/>
+      <c r="E57" s="446" t="s">
         <v>193</v>
       </c>
-      <c r="F57" s="277"/>
-[...14 lines deleted...]
-      <c r="U57" s="514">
+      <c r="F57" s="206"/>
+      <c r="G57" s="206"/>
+      <c r="H57" s="206"/>
+      <c r="I57" s="206"/>
+      <c r="J57" s="206"/>
+      <c r="K57" s="206"/>
+      <c r="L57" s="206"/>
+      <c r="M57" s="206"/>
+      <c r="N57" s="206"/>
+      <c r="O57" s="206"/>
+      <c r="P57" s="206"/>
+      <c r="Q57" s="206"/>
+      <c r="R57" s="206"/>
+      <c r="S57" s="206"/>
+      <c r="T57" s="445"/>
+      <c r="U57" s="446">
         <v>1</v>
       </c>
-      <c r="V57" s="515"/>
-      <c r="W57" s="514">
+      <c r="V57" s="445"/>
+      <c r="W57" s="446">
         <v>2</v>
       </c>
-      <c r="X57" s="515"/>
-      <c r="Y57" s="514">
+      <c r="X57" s="445"/>
+      <c r="Y57" s="446">
         <v>3</v>
       </c>
-      <c r="Z57" s="515"/>
-      <c r="AA57" s="517" t="s">
+      <c r="Z57" s="445"/>
+      <c r="AA57" s="447" t="s">
         <v>194</v>
       </c>
-      <c r="AB57" s="518"/>
-[...14 lines deleted...]
-      <c r="AQ57" s="97" t="s">
+      <c r="AB57" s="448"/>
+      <c r="AC57" s="448"/>
+      <c r="AD57" s="448"/>
+      <c r="AE57" s="448"/>
+      <c r="AF57" s="448"/>
+      <c r="AG57" s="448"/>
+      <c r="AH57" s="448"/>
+      <c r="AI57" s="448"/>
+      <c r="AJ57" s="448"/>
+      <c r="AK57" s="448"/>
+      <c r="AL57" s="448"/>
+      <c r="AM57" s="448"/>
+      <c r="AN57" s="448"/>
+      <c r="AO57" s="448"/>
+      <c r="AP57" s="449"/>
+      <c r="AQ57" s="85" t="s">
         <v>195</v>
       </c>
-      <c r="AR57" s="6"/>
+      <c r="AR57" s="5"/>
     </row>
     <row r="58" spans="2:44" ht="60" customHeight="1">
-      <c r="B58" s="6"/>
-      <c r="C58" s="496" t="s">
+      <c r="B58" s="5"/>
+      <c r="C58" s="433" t="s">
         <v>215</v>
       </c>
-      <c r="D58" s="497"/>
-      <c r="E58" s="498" t="s">
+      <c r="D58" s="436"/>
+      <c r="E58" s="440" t="s">
         <v>216</v>
       </c>
-      <c r="F58" s="499"/>
-[...37 lines deleted...]
-      <c r="AR58" s="32"/>
+      <c r="F58" s="441"/>
+      <c r="G58" s="441"/>
+      <c r="H58" s="441"/>
+      <c r="I58" s="441"/>
+      <c r="J58" s="441"/>
+      <c r="K58" s="441"/>
+      <c r="L58" s="441"/>
+      <c r="M58" s="441"/>
+      <c r="N58" s="441"/>
+      <c r="O58" s="441"/>
+      <c r="P58" s="441"/>
+      <c r="Q58" s="441"/>
+      <c r="R58" s="441"/>
+      <c r="S58" s="441"/>
+      <c r="T58" s="442"/>
+      <c r="U58" s="429"/>
+      <c r="V58" s="430"/>
+      <c r="W58" s="429"/>
+      <c r="X58" s="430"/>
+      <c r="Y58" s="429"/>
+      <c r="Z58" s="430"/>
+      <c r="AA58" s="431"/>
+      <c r="AB58" s="432"/>
+      <c r="AC58" s="432"/>
+      <c r="AD58" s="432"/>
+      <c r="AE58" s="432"/>
+      <c r="AF58" s="432"/>
+      <c r="AG58" s="432"/>
+      <c r="AH58" s="432"/>
+      <c r="AI58" s="432"/>
+      <c r="AJ58" s="432"/>
+      <c r="AK58" s="432"/>
+      <c r="AL58" s="432"/>
+      <c r="AM58" s="432"/>
+      <c r="AN58" s="432"/>
+      <c r="AO58" s="432"/>
+      <c r="AP58" s="437"/>
+      <c r="AQ58" s="156"/>
+      <c r="AR58" s="5"/>
     </row>
     <row r="59" spans="2:44" ht="60" customHeight="1">
-      <c r="B59" s="6"/>
-      <c r="C59" s="496" t="s">
+      <c r="B59" s="5"/>
+      <c r="C59" s="433" t="s">
         <v>217</v>
       </c>
-      <c r="D59" s="497"/>
-      <c r="E59" s="498" t="s">
+      <c r="D59" s="436"/>
+      <c r="E59" s="440" t="s">
         <v>249</v>
       </c>
-      <c r="F59" s="499"/>
-[...37 lines deleted...]
-      <c r="AR59" s="32"/>
+      <c r="F59" s="441"/>
+      <c r="G59" s="441"/>
+      <c r="H59" s="441"/>
+      <c r="I59" s="441"/>
+      <c r="J59" s="441"/>
+      <c r="K59" s="441"/>
+      <c r="L59" s="441"/>
+      <c r="M59" s="441"/>
+      <c r="N59" s="441"/>
+      <c r="O59" s="441"/>
+      <c r="P59" s="441"/>
+      <c r="Q59" s="441"/>
+      <c r="R59" s="441"/>
+      <c r="S59" s="441"/>
+      <c r="T59" s="442"/>
+      <c r="U59" s="429"/>
+      <c r="V59" s="430"/>
+      <c r="W59" s="429"/>
+      <c r="X59" s="430"/>
+      <c r="Y59" s="429"/>
+      <c r="Z59" s="430"/>
+      <c r="AA59" s="431"/>
+      <c r="AB59" s="432"/>
+      <c r="AC59" s="432"/>
+      <c r="AD59" s="432"/>
+      <c r="AE59" s="432"/>
+      <c r="AF59" s="432"/>
+      <c r="AG59" s="432"/>
+      <c r="AH59" s="432"/>
+      <c r="AI59" s="432"/>
+      <c r="AJ59" s="432"/>
+      <c r="AK59" s="432"/>
+      <c r="AL59" s="432"/>
+      <c r="AM59" s="432"/>
+      <c r="AN59" s="432"/>
+      <c r="AO59" s="432"/>
+      <c r="AP59" s="437"/>
+      <c r="AQ59" s="156"/>
+      <c r="AR59" s="5"/>
     </row>
     <row r="60" spans="2:44" ht="60" customHeight="1">
-      <c r="B60" s="6"/>
-      <c r="C60" s="496" t="s">
+      <c r="B60" s="5"/>
+      <c r="C60" s="433" t="s">
         <v>219</v>
       </c>
-      <c r="D60" s="497"/>
-      <c r="E60" s="498" t="s">
+      <c r="D60" s="436"/>
+      <c r="E60" s="440" t="s">
         <v>218</v>
       </c>
-      <c r="F60" s="499"/>
-[...37 lines deleted...]
-      <c r="AR60" s="32"/>
+      <c r="F60" s="441"/>
+      <c r="G60" s="441"/>
+      <c r="H60" s="441"/>
+      <c r="I60" s="441"/>
+      <c r="J60" s="441"/>
+      <c r="K60" s="441"/>
+      <c r="L60" s="441"/>
+      <c r="M60" s="441"/>
+      <c r="N60" s="441"/>
+      <c r="O60" s="441"/>
+      <c r="P60" s="441"/>
+      <c r="Q60" s="441"/>
+      <c r="R60" s="441"/>
+      <c r="S60" s="441"/>
+      <c r="T60" s="442"/>
+      <c r="U60" s="429"/>
+      <c r="V60" s="430"/>
+      <c r="W60" s="429"/>
+      <c r="X60" s="430"/>
+      <c r="Y60" s="429"/>
+      <c r="Z60" s="430"/>
+      <c r="AA60" s="431"/>
+      <c r="AB60" s="432"/>
+      <c r="AC60" s="432"/>
+      <c r="AD60" s="432"/>
+      <c r="AE60" s="432"/>
+      <c r="AF60" s="432"/>
+      <c r="AG60" s="432"/>
+      <c r="AH60" s="432"/>
+      <c r="AI60" s="432"/>
+      <c r="AJ60" s="432"/>
+      <c r="AK60" s="432"/>
+      <c r="AL60" s="432"/>
+      <c r="AM60" s="432"/>
+      <c r="AN60" s="432"/>
+      <c r="AO60" s="432"/>
+      <c r="AP60" s="437"/>
+      <c r="AQ60" s="156"/>
+      <c r="AR60" s="5"/>
     </row>
     <row r="61" spans="2:44" ht="60" customHeight="1">
-      <c r="B61" s="6"/>
-      <c r="C61" s="496" t="s">
+      <c r="B61" s="5"/>
+      <c r="C61" s="433" t="s">
         <v>221</v>
       </c>
-      <c r="D61" s="497"/>
-      <c r="E61" s="498" t="s">
+      <c r="D61" s="436"/>
+      <c r="E61" s="440" t="s">
         <v>220</v>
       </c>
-      <c r="F61" s="499"/>
-[...37 lines deleted...]
-      <c r="AR61" s="32"/>
+      <c r="F61" s="441"/>
+      <c r="G61" s="441"/>
+      <c r="H61" s="441"/>
+      <c r="I61" s="441"/>
+      <c r="J61" s="441"/>
+      <c r="K61" s="441"/>
+      <c r="L61" s="441"/>
+      <c r="M61" s="441"/>
+      <c r="N61" s="441"/>
+      <c r="O61" s="441"/>
+      <c r="P61" s="441"/>
+      <c r="Q61" s="441"/>
+      <c r="R61" s="441"/>
+      <c r="S61" s="441"/>
+      <c r="T61" s="442"/>
+      <c r="U61" s="429"/>
+      <c r="V61" s="430"/>
+      <c r="W61" s="429"/>
+      <c r="X61" s="430"/>
+      <c r="Y61" s="429"/>
+      <c r="Z61" s="430"/>
+      <c r="AA61" s="431"/>
+      <c r="AB61" s="432"/>
+      <c r="AC61" s="432"/>
+      <c r="AD61" s="432"/>
+      <c r="AE61" s="432"/>
+      <c r="AF61" s="432"/>
+      <c r="AG61" s="432"/>
+      <c r="AH61" s="432"/>
+      <c r="AI61" s="432"/>
+      <c r="AJ61" s="432"/>
+      <c r="AK61" s="432"/>
+      <c r="AL61" s="432"/>
+      <c r="AM61" s="432"/>
+      <c r="AN61" s="432"/>
+      <c r="AO61" s="432"/>
+      <c r="AP61" s="437"/>
+      <c r="AQ61" s="156"/>
+      <c r="AR61" s="5"/>
     </row>
     <row r="62" spans="2:44" ht="60" customHeight="1">
-      <c r="B62" s="6"/>
-      <c r="C62" s="496" t="s">
+      <c r="B62" s="5"/>
+      <c r="C62" s="433" t="s">
         <v>250</v>
       </c>
-      <c r="D62" s="497"/>
-      <c r="E62" s="498" t="s">
+      <c r="D62" s="436"/>
+      <c r="E62" s="440" t="s">
         <v>222</v>
       </c>
-      <c r="F62" s="499"/>
-[...37 lines deleted...]
-      <c r="AR62" s="32"/>
+      <c r="F62" s="441"/>
+      <c r="G62" s="441"/>
+      <c r="H62" s="441"/>
+      <c r="I62" s="441"/>
+      <c r="J62" s="441"/>
+      <c r="K62" s="441"/>
+      <c r="L62" s="441"/>
+      <c r="M62" s="441"/>
+      <c r="N62" s="441"/>
+      <c r="O62" s="441"/>
+      <c r="P62" s="441"/>
+      <c r="Q62" s="441"/>
+      <c r="R62" s="441"/>
+      <c r="S62" s="441"/>
+      <c r="T62" s="442"/>
+      <c r="U62" s="429"/>
+      <c r="V62" s="430"/>
+      <c r="W62" s="429"/>
+      <c r="X62" s="430"/>
+      <c r="Y62" s="429"/>
+      <c r="Z62" s="430"/>
+      <c r="AA62" s="431"/>
+      <c r="AB62" s="432"/>
+      <c r="AC62" s="432"/>
+      <c r="AD62" s="432"/>
+      <c r="AE62" s="432"/>
+      <c r="AF62" s="432"/>
+      <c r="AG62" s="432"/>
+      <c r="AH62" s="432"/>
+      <c r="AI62" s="432"/>
+      <c r="AJ62" s="432"/>
+      <c r="AK62" s="432"/>
+      <c r="AL62" s="432"/>
+      <c r="AM62" s="432"/>
+      <c r="AN62" s="432"/>
+      <c r="AO62" s="432"/>
+      <c r="AP62" s="437"/>
+      <c r="AQ62" s="156"/>
+      <c r="AR62" s="5"/>
     </row>
     <row r="63" spans="2:44" ht="18">
-      <c r="B63" s="6"/>
-      <c r="C63" s="422">
+      <c r="B63" s="5"/>
+      <c r="C63" s="329">
         <v>2</v>
       </c>
-      <c r="D63" s="421"/>
-      <c r="E63" s="300" t="s">
+      <c r="D63" s="328"/>
+      <c r="E63" s="193" t="s">
         <v>232</v>
       </c>
-      <c r="F63" s="300"/>
-[...37 lines deleted...]
-      <c r="AR63" s="6"/>
+      <c r="F63" s="193"/>
+      <c r="G63" s="193"/>
+      <c r="H63" s="193"/>
+      <c r="I63" s="193"/>
+      <c r="J63" s="193"/>
+      <c r="K63" s="193"/>
+      <c r="L63" s="193"/>
+      <c r="M63" s="193"/>
+      <c r="N63" s="193"/>
+      <c r="O63" s="193"/>
+      <c r="P63" s="193"/>
+      <c r="Q63" s="193"/>
+      <c r="R63" s="193"/>
+      <c r="S63" s="193"/>
+      <c r="T63" s="193"/>
+      <c r="U63" s="328"/>
+      <c r="V63" s="328"/>
+      <c r="W63" s="328"/>
+      <c r="X63" s="328"/>
+      <c r="Y63" s="328"/>
+      <c r="Z63" s="328"/>
+      <c r="AA63" s="193"/>
+      <c r="AB63" s="193"/>
+      <c r="AC63" s="193"/>
+      <c r="AD63" s="193"/>
+      <c r="AE63" s="193"/>
+      <c r="AF63" s="193"/>
+      <c r="AG63" s="193"/>
+      <c r="AH63" s="193"/>
+      <c r="AI63" s="193"/>
+      <c r="AJ63" s="193"/>
+      <c r="AK63" s="193"/>
+      <c r="AL63" s="193"/>
+      <c r="AM63" s="193"/>
+      <c r="AN63" s="193"/>
+      <c r="AO63" s="193"/>
+      <c r="AP63" s="193"/>
+      <c r="AQ63" s="89"/>
+      <c r="AR63" s="5"/>
     </row>
     <row r="64" spans="2:44" ht="60" customHeight="1">
-      <c r="B64" s="6"/>
-      <c r="C64" s="496" t="s">
+      <c r="B64" s="5"/>
+      <c r="C64" s="433" t="s">
         <v>224</v>
       </c>
-      <c r="D64" s="497"/>
-      <c r="E64" s="498" t="s">
+      <c r="D64" s="436"/>
+      <c r="E64" s="440" t="s">
         <v>234</v>
       </c>
-      <c r="F64" s="499"/>
-[...37 lines deleted...]
-      <c r="AR64" s="32"/>
+      <c r="F64" s="441"/>
+      <c r="G64" s="441"/>
+      <c r="H64" s="441"/>
+      <c r="I64" s="441"/>
+      <c r="J64" s="441"/>
+      <c r="K64" s="441"/>
+      <c r="L64" s="441"/>
+      <c r="M64" s="441"/>
+      <c r="N64" s="441"/>
+      <c r="O64" s="441"/>
+      <c r="P64" s="441"/>
+      <c r="Q64" s="441"/>
+      <c r="R64" s="441"/>
+      <c r="S64" s="441"/>
+      <c r="T64" s="442"/>
+      <c r="U64" s="429"/>
+      <c r="V64" s="430"/>
+      <c r="W64" s="429"/>
+      <c r="X64" s="430"/>
+      <c r="Y64" s="429"/>
+      <c r="Z64" s="430"/>
+      <c r="AA64" s="431"/>
+      <c r="AB64" s="432"/>
+      <c r="AC64" s="432"/>
+      <c r="AD64" s="432"/>
+      <c r="AE64" s="432"/>
+      <c r="AF64" s="432"/>
+      <c r="AG64" s="432"/>
+      <c r="AH64" s="432"/>
+      <c r="AI64" s="432"/>
+      <c r="AJ64" s="432"/>
+      <c r="AK64" s="432"/>
+      <c r="AL64" s="432"/>
+      <c r="AM64" s="432"/>
+      <c r="AN64" s="432"/>
+      <c r="AO64" s="432"/>
+      <c r="AP64" s="437"/>
+      <c r="AQ64" s="156"/>
+      <c r="AR64" s="5"/>
     </row>
     <row r="65" spans="2:44" ht="60" customHeight="1">
-      <c r="B65" s="6"/>
-      <c r="C65" s="496" t="s">
+      <c r="B65" s="5"/>
+      <c r="C65" s="433" t="s">
         <v>226</v>
       </c>
-      <c r="D65" s="497"/>
-      <c r="E65" s="498" t="s">
+      <c r="D65" s="436"/>
+      <c r="E65" s="440" t="s">
         <v>236</v>
       </c>
-      <c r="F65" s="499"/>
-[...37 lines deleted...]
-      <c r="AR65" s="32"/>
+      <c r="F65" s="441"/>
+      <c r="G65" s="441"/>
+      <c r="H65" s="441"/>
+      <c r="I65" s="441"/>
+      <c r="J65" s="441"/>
+      <c r="K65" s="441"/>
+      <c r="L65" s="441"/>
+      <c r="M65" s="441"/>
+      <c r="N65" s="441"/>
+      <c r="O65" s="441"/>
+      <c r="P65" s="441"/>
+      <c r="Q65" s="441"/>
+      <c r="R65" s="441"/>
+      <c r="S65" s="441"/>
+      <c r="T65" s="442"/>
+      <c r="U65" s="429"/>
+      <c r="V65" s="430"/>
+      <c r="W65" s="429"/>
+      <c r="X65" s="430"/>
+      <c r="Y65" s="429"/>
+      <c r="Z65" s="430"/>
+      <c r="AA65" s="431"/>
+      <c r="AB65" s="432"/>
+      <c r="AC65" s="432"/>
+      <c r="AD65" s="432"/>
+      <c r="AE65" s="432"/>
+      <c r="AF65" s="432"/>
+      <c r="AG65" s="432"/>
+      <c r="AH65" s="432"/>
+      <c r="AI65" s="432"/>
+      <c r="AJ65" s="432"/>
+      <c r="AK65" s="432"/>
+      <c r="AL65" s="432"/>
+      <c r="AM65" s="432"/>
+      <c r="AN65" s="432"/>
+      <c r="AO65" s="432"/>
+      <c r="AP65" s="437"/>
+      <c r="AQ65" s="156"/>
+      <c r="AR65" s="5"/>
     </row>
     <row r="66" spans="2:44" ht="60" customHeight="1">
-      <c r="B66" s="6"/>
-      <c r="C66" s="496" t="s">
+      <c r="B66" s="5"/>
+      <c r="C66" s="433" t="s">
         <v>228</v>
       </c>
-      <c r="D66" s="497"/>
-      <c r="E66" s="498" t="s">
+      <c r="D66" s="436"/>
+      <c r="E66" s="440" t="s">
         <v>238</v>
       </c>
-      <c r="F66" s="499"/>
-[...37 lines deleted...]
-      <c r="AR66" s="32"/>
+      <c r="F66" s="441"/>
+      <c r="G66" s="441"/>
+      <c r="H66" s="441"/>
+      <c r="I66" s="441"/>
+      <c r="J66" s="441"/>
+      <c r="K66" s="441"/>
+      <c r="L66" s="441"/>
+      <c r="M66" s="441"/>
+      <c r="N66" s="441"/>
+      <c r="O66" s="441"/>
+      <c r="P66" s="441"/>
+      <c r="Q66" s="441"/>
+      <c r="R66" s="441"/>
+      <c r="S66" s="441"/>
+      <c r="T66" s="442"/>
+      <c r="U66" s="429"/>
+      <c r="V66" s="430"/>
+      <c r="W66" s="429"/>
+      <c r="X66" s="430"/>
+      <c r="Y66" s="429"/>
+      <c r="Z66" s="430"/>
+      <c r="AA66" s="431"/>
+      <c r="AB66" s="432"/>
+      <c r="AC66" s="432"/>
+      <c r="AD66" s="432"/>
+      <c r="AE66" s="432"/>
+      <c r="AF66" s="432"/>
+      <c r="AG66" s="432"/>
+      <c r="AH66" s="432"/>
+      <c r="AI66" s="432"/>
+      <c r="AJ66" s="432"/>
+      <c r="AK66" s="432"/>
+      <c r="AL66" s="432"/>
+      <c r="AM66" s="432"/>
+      <c r="AN66" s="432"/>
+      <c r="AO66" s="432"/>
+      <c r="AP66" s="437"/>
+      <c r="AQ66" s="156"/>
+      <c r="AR66" s="5"/>
     </row>
     <row r="67" spans="2:44" ht="18">
-      <c r="B67" s="6"/>
-      <c r="C67" s="422">
+      <c r="B67" s="5"/>
+      <c r="C67" s="329">
         <v>3</v>
       </c>
-      <c r="D67" s="421"/>
-      <c r="E67" s="300" t="s">
+      <c r="D67" s="328"/>
+      <c r="E67" s="193" t="s">
         <v>223</v>
       </c>
-      <c r="F67" s="300"/>
-[...37 lines deleted...]
-      <c r="AR67" s="6"/>
+      <c r="F67" s="193"/>
+      <c r="G67" s="193"/>
+      <c r="H67" s="193"/>
+      <c r="I67" s="193"/>
+      <c r="J67" s="193"/>
+      <c r="K67" s="193"/>
+      <c r="L67" s="193"/>
+      <c r="M67" s="193"/>
+      <c r="N67" s="193"/>
+      <c r="O67" s="193"/>
+      <c r="P67" s="193"/>
+      <c r="Q67" s="193"/>
+      <c r="R67" s="193"/>
+      <c r="S67" s="193"/>
+      <c r="T67" s="193"/>
+      <c r="U67" s="328"/>
+      <c r="V67" s="328"/>
+      <c r="W67" s="328"/>
+      <c r="X67" s="328"/>
+      <c r="Y67" s="328"/>
+      <c r="Z67" s="328"/>
+      <c r="AA67" s="193"/>
+      <c r="AB67" s="193"/>
+      <c r="AC67" s="193"/>
+      <c r="AD67" s="193"/>
+      <c r="AE67" s="193"/>
+      <c r="AF67" s="193"/>
+      <c r="AG67" s="193"/>
+      <c r="AH67" s="193"/>
+      <c r="AI67" s="193"/>
+      <c r="AJ67" s="193"/>
+      <c r="AK67" s="193"/>
+      <c r="AL67" s="193"/>
+      <c r="AM67" s="193"/>
+      <c r="AN67" s="193"/>
+      <c r="AO67" s="193"/>
+      <c r="AP67" s="193"/>
+      <c r="AQ67" s="158"/>
+      <c r="AR67" s="5"/>
     </row>
     <row r="68" spans="2:44" ht="60" customHeight="1">
-      <c r="B68" s="6"/>
-      <c r="C68" s="496" t="s">
+      <c r="B68" s="5"/>
+      <c r="C68" s="433" t="s">
         <v>233</v>
       </c>
-      <c r="D68" s="497"/>
-      <c r="E68" s="498" t="s">
+      <c r="D68" s="436"/>
+      <c r="E68" s="440" t="s">
         <v>225</v>
       </c>
-      <c r="F68" s="499"/>
-[...37 lines deleted...]
-      <c r="AR68" s="32"/>
+      <c r="F68" s="441"/>
+      <c r="G68" s="441"/>
+      <c r="H68" s="441"/>
+      <c r="I68" s="441"/>
+      <c r="J68" s="441"/>
+      <c r="K68" s="441"/>
+      <c r="L68" s="441"/>
+      <c r="M68" s="441"/>
+      <c r="N68" s="441"/>
+      <c r="O68" s="441"/>
+      <c r="P68" s="441"/>
+      <c r="Q68" s="441"/>
+      <c r="R68" s="441"/>
+      <c r="S68" s="441"/>
+      <c r="T68" s="442"/>
+      <c r="U68" s="429"/>
+      <c r="V68" s="430"/>
+      <c r="W68" s="429"/>
+      <c r="X68" s="430"/>
+      <c r="Y68" s="429"/>
+      <c r="Z68" s="430"/>
+      <c r="AA68" s="431"/>
+      <c r="AB68" s="432"/>
+      <c r="AC68" s="432"/>
+      <c r="AD68" s="432"/>
+      <c r="AE68" s="432"/>
+      <c r="AF68" s="432"/>
+      <c r="AG68" s="432"/>
+      <c r="AH68" s="432"/>
+      <c r="AI68" s="432"/>
+      <c r="AJ68" s="432"/>
+      <c r="AK68" s="432"/>
+      <c r="AL68" s="432"/>
+      <c r="AM68" s="432"/>
+      <c r="AN68" s="432"/>
+      <c r="AO68" s="432"/>
+      <c r="AP68" s="437"/>
+      <c r="AQ68" s="156"/>
+      <c r="AR68" s="5"/>
     </row>
     <row r="69" spans="2:44" ht="60" customHeight="1">
-      <c r="B69" s="6"/>
-      <c r="C69" s="496" t="s">
+      <c r="B69" s="5"/>
+      <c r="C69" s="433" t="s">
         <v>235</v>
       </c>
-      <c r="D69" s="497"/>
-      <c r="E69" s="498" t="s">
+      <c r="D69" s="436"/>
+      <c r="E69" s="440" t="s">
         <v>227</v>
       </c>
-      <c r="F69" s="499"/>
-[...37 lines deleted...]
-      <c r="AR69" s="32"/>
+      <c r="F69" s="441"/>
+      <c r="G69" s="441"/>
+      <c r="H69" s="441"/>
+      <c r="I69" s="441"/>
+      <c r="J69" s="441"/>
+      <c r="K69" s="441"/>
+      <c r="L69" s="441"/>
+      <c r="M69" s="441"/>
+      <c r="N69" s="441"/>
+      <c r="O69" s="441"/>
+      <c r="P69" s="441"/>
+      <c r="Q69" s="441"/>
+      <c r="R69" s="441"/>
+      <c r="S69" s="441"/>
+      <c r="T69" s="442"/>
+      <c r="U69" s="429"/>
+      <c r="V69" s="430"/>
+      <c r="W69" s="429"/>
+      <c r="X69" s="430"/>
+      <c r="Y69" s="429"/>
+      <c r="Z69" s="430"/>
+      <c r="AA69" s="431"/>
+      <c r="AB69" s="432"/>
+      <c r="AC69" s="432"/>
+      <c r="AD69" s="432"/>
+      <c r="AE69" s="432"/>
+      <c r="AF69" s="432"/>
+      <c r="AG69" s="432"/>
+      <c r="AH69" s="432"/>
+      <c r="AI69" s="432"/>
+      <c r="AJ69" s="432"/>
+      <c r="AK69" s="432"/>
+      <c r="AL69" s="432"/>
+      <c r="AM69" s="432"/>
+      <c r="AN69" s="432"/>
+      <c r="AO69" s="432"/>
+      <c r="AP69" s="437"/>
+      <c r="AQ69" s="156"/>
+      <c r="AR69" s="5"/>
     </row>
     <row r="70" spans="2:44" ht="60" customHeight="1">
-      <c r="B70" s="6"/>
-      <c r="C70" s="496" t="s">
+      <c r="B70" s="5"/>
+      <c r="C70" s="433" t="s">
         <v>237</v>
       </c>
-      <c r="D70" s="497"/>
-      <c r="E70" s="498" t="s">
+      <c r="D70" s="436"/>
+      <c r="E70" s="440" t="s">
         <v>229</v>
       </c>
-      <c r="F70" s="499"/>
-[...37 lines deleted...]
-      <c r="AR70" s="32"/>
+      <c r="F70" s="441"/>
+      <c r="G70" s="441"/>
+      <c r="H70" s="441"/>
+      <c r="I70" s="441"/>
+      <c r="J70" s="441"/>
+      <c r="K70" s="441"/>
+      <c r="L70" s="441"/>
+      <c r="M70" s="441"/>
+      <c r="N70" s="441"/>
+      <c r="O70" s="441"/>
+      <c r="P70" s="441"/>
+      <c r="Q70" s="441"/>
+      <c r="R70" s="441"/>
+      <c r="S70" s="441"/>
+      <c r="T70" s="442"/>
+      <c r="U70" s="429"/>
+      <c r="V70" s="430"/>
+      <c r="W70" s="429"/>
+      <c r="X70" s="430"/>
+      <c r="Y70" s="429"/>
+      <c r="Z70" s="430"/>
+      <c r="AA70" s="431"/>
+      <c r="AB70" s="432"/>
+      <c r="AC70" s="432"/>
+      <c r="AD70" s="432"/>
+      <c r="AE70" s="432"/>
+      <c r="AF70" s="432"/>
+      <c r="AG70" s="432"/>
+      <c r="AH70" s="432"/>
+      <c r="AI70" s="432"/>
+      <c r="AJ70" s="432"/>
+      <c r="AK70" s="432"/>
+      <c r="AL70" s="432"/>
+      <c r="AM70" s="432"/>
+      <c r="AN70" s="432"/>
+      <c r="AO70" s="432"/>
+      <c r="AP70" s="437"/>
+      <c r="AQ70" s="156"/>
+      <c r="AR70" s="5"/>
     </row>
     <row r="71" spans="2:44" ht="60" customHeight="1">
-      <c r="B71" s="6"/>
-      <c r="C71" s="496" t="s">
+      <c r="B71" s="5"/>
+      <c r="C71" s="433" t="s">
         <v>247</v>
       </c>
-      <c r="D71" s="497"/>
-      <c r="E71" s="498" t="s">
+      <c r="D71" s="436"/>
+      <c r="E71" s="440" t="s">
         <v>230</v>
       </c>
-      <c r="F71" s="499"/>
-[...37 lines deleted...]
-      <c r="AR71" s="32"/>
+      <c r="F71" s="441"/>
+      <c r="G71" s="441"/>
+      <c r="H71" s="441"/>
+      <c r="I71" s="441"/>
+      <c r="J71" s="441"/>
+      <c r="K71" s="441"/>
+      <c r="L71" s="441"/>
+      <c r="M71" s="441"/>
+      <c r="N71" s="441"/>
+      <c r="O71" s="441"/>
+      <c r="P71" s="441"/>
+      <c r="Q71" s="441"/>
+      <c r="R71" s="441"/>
+      <c r="S71" s="441"/>
+      <c r="T71" s="442"/>
+      <c r="U71" s="429"/>
+      <c r="V71" s="430"/>
+      <c r="W71" s="429"/>
+      <c r="X71" s="430"/>
+      <c r="Y71" s="429"/>
+      <c r="Z71" s="430"/>
+      <c r="AA71" s="431"/>
+      <c r="AB71" s="432"/>
+      <c r="AC71" s="432"/>
+      <c r="AD71" s="432"/>
+      <c r="AE71" s="432"/>
+      <c r="AF71" s="432"/>
+      <c r="AG71" s="432"/>
+      <c r="AH71" s="432"/>
+      <c r="AI71" s="432"/>
+      <c r="AJ71" s="432"/>
+      <c r="AK71" s="432"/>
+      <c r="AL71" s="432"/>
+      <c r="AM71" s="432"/>
+      <c r="AN71" s="432"/>
+      <c r="AO71" s="432"/>
+      <c r="AP71" s="437"/>
+      <c r="AQ71" s="156"/>
+      <c r="AR71" s="5"/>
     </row>
     <row r="72" spans="2:44" ht="60" customHeight="1">
-      <c r="B72" s="6"/>
-      <c r="C72" s="496" t="s">
+      <c r="B72" s="5"/>
+      <c r="C72" s="433" t="s">
         <v>248</v>
       </c>
-      <c r="D72" s="497"/>
-      <c r="E72" s="498" t="s">
+      <c r="D72" s="436"/>
+      <c r="E72" s="440" t="s">
         <v>231</v>
       </c>
-      <c r="F72" s="499"/>
-[...37 lines deleted...]
-      <c r="AR72" s="32"/>
+      <c r="F72" s="441"/>
+      <c r="G72" s="441"/>
+      <c r="H72" s="441"/>
+      <c r="I72" s="441"/>
+      <c r="J72" s="441"/>
+      <c r="K72" s="441"/>
+      <c r="L72" s="441"/>
+      <c r="M72" s="441"/>
+      <c r="N72" s="441"/>
+      <c r="O72" s="441"/>
+      <c r="P72" s="441"/>
+      <c r="Q72" s="441"/>
+      <c r="R72" s="441"/>
+      <c r="S72" s="441"/>
+      <c r="T72" s="442"/>
+      <c r="U72" s="429"/>
+      <c r="V72" s="430"/>
+      <c r="W72" s="429"/>
+      <c r="X72" s="430"/>
+      <c r="Y72" s="429"/>
+      <c r="Z72" s="430"/>
+      <c r="AA72" s="431"/>
+      <c r="AB72" s="432"/>
+      <c r="AC72" s="432"/>
+      <c r="AD72" s="432"/>
+      <c r="AE72" s="432"/>
+      <c r="AF72" s="432"/>
+      <c r="AG72" s="432"/>
+      <c r="AH72" s="432"/>
+      <c r="AI72" s="432"/>
+      <c r="AJ72" s="432"/>
+      <c r="AK72" s="432"/>
+      <c r="AL72" s="432"/>
+      <c r="AM72" s="432"/>
+      <c r="AN72" s="432"/>
+      <c r="AO72" s="432"/>
+      <c r="AP72" s="437"/>
+      <c r="AQ72" s="156"/>
+      <c r="AR72" s="5"/>
     </row>
     <row r="73" spans="2:44" ht="18">
-      <c r="B73" s="6"/>
-      <c r="C73" s="422">
+      <c r="B73" s="5"/>
+      <c r="C73" s="329">
         <v>4</v>
       </c>
-      <c r="D73" s="421"/>
-      <c r="E73" s="300" t="s">
+      <c r="D73" s="328"/>
+      <c r="E73" s="193" t="s">
         <v>239</v>
       </c>
-      <c r="F73" s="300"/>
-[...37 lines deleted...]
-      <c r="AR73" s="6"/>
+      <c r="F73" s="193"/>
+      <c r="G73" s="193"/>
+      <c r="H73" s="193"/>
+      <c r="I73" s="193"/>
+      <c r="J73" s="193"/>
+      <c r="K73" s="193"/>
+      <c r="L73" s="193"/>
+      <c r="M73" s="193"/>
+      <c r="N73" s="193"/>
+      <c r="O73" s="193"/>
+      <c r="P73" s="193"/>
+      <c r="Q73" s="193"/>
+      <c r="R73" s="193"/>
+      <c r="S73" s="193"/>
+      <c r="T73" s="193"/>
+      <c r="U73" s="328"/>
+      <c r="V73" s="328"/>
+      <c r="W73" s="328"/>
+      <c r="X73" s="328"/>
+      <c r="Y73" s="328"/>
+      <c r="Z73" s="328"/>
+      <c r="AA73" s="193"/>
+      <c r="AB73" s="193"/>
+      <c r="AC73" s="193"/>
+      <c r="AD73" s="193"/>
+      <c r="AE73" s="193"/>
+      <c r="AF73" s="193"/>
+      <c r="AG73" s="193"/>
+      <c r="AH73" s="193"/>
+      <c r="AI73" s="193"/>
+      <c r="AJ73" s="193"/>
+      <c r="AK73" s="193"/>
+      <c r="AL73" s="193"/>
+      <c r="AM73" s="193"/>
+      <c r="AN73" s="193"/>
+      <c r="AO73" s="193"/>
+      <c r="AP73" s="193"/>
+      <c r="AQ73" s="158"/>
+      <c r="AR73" s="5"/>
     </row>
     <row r="74" spans="2:44" ht="60" customHeight="1">
-      <c r="B74" s="6"/>
-      <c r="C74" s="496" t="s">
+      <c r="B74" s="5"/>
+      <c r="C74" s="433" t="s">
         <v>240</v>
       </c>
-      <c r="D74" s="497"/>
-      <c r="E74" s="498" t="s">
+      <c r="D74" s="436"/>
+      <c r="E74" s="440" t="s">
         <v>241</v>
       </c>
-      <c r="F74" s="499"/>
-[...37 lines deleted...]
-      <c r="AR74" s="32"/>
+      <c r="F74" s="441"/>
+      <c r="G74" s="441"/>
+      <c r="H74" s="441"/>
+      <c r="I74" s="441"/>
+      <c r="J74" s="441"/>
+      <c r="K74" s="441"/>
+      <c r="L74" s="441"/>
+      <c r="M74" s="441"/>
+      <c r="N74" s="441"/>
+      <c r="O74" s="441"/>
+      <c r="P74" s="441"/>
+      <c r="Q74" s="441"/>
+      <c r="R74" s="441"/>
+      <c r="S74" s="441"/>
+      <c r="T74" s="442"/>
+      <c r="U74" s="429"/>
+      <c r="V74" s="430"/>
+      <c r="W74" s="429"/>
+      <c r="X74" s="430"/>
+      <c r="Y74" s="429"/>
+      <c r="Z74" s="430"/>
+      <c r="AA74" s="431"/>
+      <c r="AB74" s="432"/>
+      <c r="AC74" s="432"/>
+      <c r="AD74" s="432"/>
+      <c r="AE74" s="432"/>
+      <c r="AF74" s="432"/>
+      <c r="AG74" s="432"/>
+      <c r="AH74" s="432"/>
+      <c r="AI74" s="432"/>
+      <c r="AJ74" s="432"/>
+      <c r="AK74" s="432"/>
+      <c r="AL74" s="432"/>
+      <c r="AM74" s="432"/>
+      <c r="AN74" s="432"/>
+      <c r="AO74" s="432"/>
+      <c r="AP74" s="437"/>
+      <c r="AQ74" s="156"/>
+      <c r="AR74" s="5"/>
     </row>
     <row r="75" spans="2:44" ht="60" customHeight="1">
-      <c r="B75" s="6"/>
-      <c r="C75" s="496" t="s">
+      <c r="B75" s="5"/>
+      <c r="C75" s="433" t="s">
         <v>242</v>
       </c>
-      <c r="D75" s="497"/>
-      <c r="E75" s="498" t="s">
+      <c r="D75" s="436"/>
+      <c r="E75" s="440" t="s">
         <v>243</v>
       </c>
-      <c r="F75" s="499"/>
-[...37 lines deleted...]
-      <c r="AR75" s="32"/>
+      <c r="F75" s="441"/>
+      <c r="G75" s="441"/>
+      <c r="H75" s="441"/>
+      <c r="I75" s="441"/>
+      <c r="J75" s="441"/>
+      <c r="K75" s="441"/>
+      <c r="L75" s="441"/>
+      <c r="M75" s="441"/>
+      <c r="N75" s="441"/>
+      <c r="O75" s="441"/>
+      <c r="P75" s="441"/>
+      <c r="Q75" s="441"/>
+      <c r="R75" s="441"/>
+      <c r="S75" s="441"/>
+      <c r="T75" s="442"/>
+      <c r="U75" s="429"/>
+      <c r="V75" s="430"/>
+      <c r="W75" s="429"/>
+      <c r="X75" s="430"/>
+      <c r="Y75" s="429"/>
+      <c r="Z75" s="430"/>
+      <c r="AA75" s="431"/>
+      <c r="AB75" s="432"/>
+      <c r="AC75" s="432"/>
+      <c r="AD75" s="432"/>
+      <c r="AE75" s="432"/>
+      <c r="AF75" s="432"/>
+      <c r="AG75" s="432"/>
+      <c r="AH75" s="432"/>
+      <c r="AI75" s="432"/>
+      <c r="AJ75" s="432"/>
+      <c r="AK75" s="432"/>
+      <c r="AL75" s="432"/>
+      <c r="AM75" s="432"/>
+      <c r="AN75" s="432"/>
+      <c r="AO75" s="432"/>
+      <c r="AP75" s="437"/>
+      <c r="AQ75" s="156"/>
+      <c r="AR75" s="5"/>
     </row>
     <row r="76" spans="2:44" ht="60" customHeight="1">
-      <c r="B76" s="6"/>
-      <c r="C76" s="496">
+      <c r="B76" s="5"/>
+      <c r="C76" s="433">
         <v>5</v>
       </c>
-      <c r="D76" s="516"/>
-      <c r="E76" s="300" t="s">
+      <c r="D76" s="434"/>
+      <c r="E76" s="193" t="s">
         <v>244</v>
       </c>
-      <c r="F76" s="300"/>
-[...37 lines deleted...]
-      <c r="AR76" s="6"/>
+      <c r="F76" s="193"/>
+      <c r="G76" s="193"/>
+      <c r="H76" s="193"/>
+      <c r="I76" s="193"/>
+      <c r="J76" s="193"/>
+      <c r="K76" s="193"/>
+      <c r="L76" s="193"/>
+      <c r="M76" s="193"/>
+      <c r="N76" s="193"/>
+      <c r="O76" s="193"/>
+      <c r="P76" s="193"/>
+      <c r="Q76" s="193"/>
+      <c r="R76" s="193"/>
+      <c r="S76" s="193"/>
+      <c r="T76" s="435"/>
+      <c r="U76" s="429"/>
+      <c r="V76" s="430"/>
+      <c r="W76" s="429"/>
+      <c r="X76" s="430"/>
+      <c r="Y76" s="429"/>
+      <c r="Z76" s="430"/>
+      <c r="AA76" s="431"/>
+      <c r="AB76" s="432"/>
+      <c r="AC76" s="432"/>
+      <c r="AD76" s="432"/>
+      <c r="AE76" s="432"/>
+      <c r="AF76" s="432"/>
+      <c r="AG76" s="432"/>
+      <c r="AH76" s="432"/>
+      <c r="AI76" s="432"/>
+      <c r="AJ76" s="432"/>
+      <c r="AK76" s="432"/>
+      <c r="AL76" s="432"/>
+      <c r="AM76" s="432"/>
+      <c r="AN76" s="432"/>
+      <c r="AO76" s="432"/>
+      <c r="AP76" s="437"/>
+      <c r="AQ76" s="156"/>
+      <c r="AR76" s="5"/>
     </row>
     <row r="77" spans="2:44" ht="60" customHeight="1">
-      <c r="B77" s="6"/>
-      <c r="C77" s="496">
+      <c r="B77" s="5"/>
+      <c r="C77" s="433">
         <v>6</v>
       </c>
-      <c r="D77" s="516"/>
-      <c r="E77" s="525" t="s">
+      <c r="D77" s="434"/>
+      <c r="E77" s="443" t="s">
         <v>245</v>
       </c>
-      <c r="F77" s="525"/>
-[...37 lines deleted...]
-      <c r="AR77" s="6"/>
+      <c r="F77" s="443"/>
+      <c r="G77" s="443"/>
+      <c r="H77" s="443"/>
+      <c r="I77" s="443"/>
+      <c r="J77" s="443"/>
+      <c r="K77" s="443"/>
+      <c r="L77" s="443"/>
+      <c r="M77" s="443"/>
+      <c r="N77" s="443"/>
+      <c r="O77" s="443"/>
+      <c r="P77" s="443"/>
+      <c r="Q77" s="443"/>
+      <c r="R77" s="443"/>
+      <c r="S77" s="443"/>
+      <c r="T77" s="444"/>
+      <c r="U77" s="429"/>
+      <c r="V77" s="430"/>
+      <c r="W77" s="429"/>
+      <c r="X77" s="430"/>
+      <c r="Y77" s="429"/>
+      <c r="Z77" s="430"/>
+      <c r="AA77" s="438"/>
+      <c r="AB77" s="439"/>
+      <c r="AC77" s="439"/>
+      <c r="AD77" s="439"/>
+      <c r="AE77" s="439"/>
+      <c r="AF77" s="439"/>
+      <c r="AG77" s="439"/>
+      <c r="AH77" s="439"/>
+      <c r="AI77" s="439"/>
+      <c r="AJ77" s="439"/>
+      <c r="AK77" s="439"/>
+      <c r="AL77" s="439"/>
+      <c r="AM77" s="439"/>
+      <c r="AN77" s="439"/>
+      <c r="AO77" s="439"/>
+      <c r="AP77" s="90"/>
+      <c r="AQ77" s="156"/>
+      <c r="AR77" s="5"/>
     </row>
     <row r="78" spans="2:44" ht="18">
-      <c r="B78" s="6"/>
-      <c r="C78" s="422">
+      <c r="B78" s="5"/>
+      <c r="C78" s="329">
         <v>7</v>
       </c>
-      <c r="D78" s="421"/>
-      <c r="E78" s="300" t="s">
+      <c r="D78" s="328"/>
+      <c r="E78" s="193" t="s">
         <v>246</v>
       </c>
-      <c r="F78" s="300"/>
-[...37 lines deleted...]
-      <c r="AR78" s="6"/>
+      <c r="F78" s="193"/>
+      <c r="G78" s="193"/>
+      <c r="H78" s="193"/>
+      <c r="I78" s="193"/>
+      <c r="J78" s="193"/>
+      <c r="K78" s="193"/>
+      <c r="L78" s="193"/>
+      <c r="M78" s="193"/>
+      <c r="N78" s="193"/>
+      <c r="O78" s="193"/>
+      <c r="P78" s="193"/>
+      <c r="Q78" s="193"/>
+      <c r="R78" s="193"/>
+      <c r="S78" s="193"/>
+      <c r="T78" s="193"/>
+      <c r="U78" s="328"/>
+      <c r="V78" s="328"/>
+      <c r="W78" s="328"/>
+      <c r="X78" s="328"/>
+      <c r="Y78" s="328"/>
+      <c r="Z78" s="328"/>
+      <c r="AA78" s="193"/>
+      <c r="AB78" s="193"/>
+      <c r="AC78" s="193"/>
+      <c r="AD78" s="193"/>
+      <c r="AE78" s="193"/>
+      <c r="AF78" s="193"/>
+      <c r="AG78" s="193"/>
+      <c r="AH78" s="193"/>
+      <c r="AI78" s="193"/>
+      <c r="AJ78" s="193"/>
+      <c r="AK78" s="193"/>
+      <c r="AL78" s="193"/>
+      <c r="AM78" s="193"/>
+      <c r="AN78" s="193"/>
+      <c r="AO78" s="193"/>
+      <c r="AP78" s="193"/>
+      <c r="AQ78" s="89"/>
+      <c r="AR78" s="5"/>
     </row>
     <row r="79" spans="2:44" ht="30" customHeight="1">
-      <c r="B79" s="6"/>
-[...41 lines deleted...]
-      <c r="AR79" s="6"/>
+      <c r="B79" s="5"/>
+      <c r="C79" s="418"/>
+      <c r="D79" s="419"/>
+      <c r="E79" s="419"/>
+      <c r="F79" s="419"/>
+      <c r="G79" s="419"/>
+      <c r="H79" s="419"/>
+      <c r="I79" s="419"/>
+      <c r="J79" s="419"/>
+      <c r="K79" s="419"/>
+      <c r="L79" s="419"/>
+      <c r="M79" s="419"/>
+      <c r="N79" s="419"/>
+      <c r="O79" s="419"/>
+      <c r="P79" s="419"/>
+      <c r="Q79" s="419"/>
+      <c r="R79" s="419"/>
+      <c r="S79" s="419"/>
+      <c r="T79" s="420"/>
+      <c r="U79" s="429"/>
+      <c r="V79" s="430"/>
+      <c r="W79" s="429"/>
+      <c r="X79" s="430"/>
+      <c r="Y79" s="429"/>
+      <c r="Z79" s="430"/>
+      <c r="AA79" s="431"/>
+      <c r="AB79" s="432"/>
+      <c r="AC79" s="432"/>
+      <c r="AD79" s="432"/>
+      <c r="AE79" s="432"/>
+      <c r="AF79" s="432"/>
+      <c r="AG79" s="432"/>
+      <c r="AH79" s="432"/>
+      <c r="AI79" s="432"/>
+      <c r="AJ79" s="432"/>
+      <c r="AK79" s="432"/>
+      <c r="AL79" s="432"/>
+      <c r="AM79" s="432"/>
+      <c r="AN79" s="432"/>
+      <c r="AO79" s="432"/>
+      <c r="AP79" s="100"/>
+      <c r="AQ79" s="159"/>
+      <c r="AR79" s="5"/>
     </row>
     <row r="80" spans="2:44" ht="30" customHeight="1">
-      <c r="B80" s="6"/>
-[...41 lines deleted...]
-      <c r="AR80" s="6"/>
+      <c r="B80" s="5"/>
+      <c r="C80" s="418"/>
+      <c r="D80" s="419"/>
+      <c r="E80" s="419"/>
+      <c r="F80" s="419"/>
+      <c r="G80" s="419"/>
+      <c r="H80" s="419"/>
+      <c r="I80" s="419"/>
+      <c r="J80" s="419"/>
+      <c r="K80" s="419"/>
+      <c r="L80" s="419"/>
+      <c r="M80" s="419"/>
+      <c r="N80" s="419"/>
+      <c r="O80" s="419"/>
+      <c r="P80" s="419"/>
+      <c r="Q80" s="419"/>
+      <c r="R80" s="419"/>
+      <c r="S80" s="419"/>
+      <c r="T80" s="420"/>
+      <c r="U80" s="429"/>
+      <c r="V80" s="430"/>
+      <c r="W80" s="429"/>
+      <c r="X80" s="430"/>
+      <c r="Y80" s="429"/>
+      <c r="Z80" s="430"/>
+      <c r="AA80" s="431"/>
+      <c r="AB80" s="432"/>
+      <c r="AC80" s="432"/>
+      <c r="AD80" s="432"/>
+      <c r="AE80" s="432"/>
+      <c r="AF80" s="432"/>
+      <c r="AG80" s="432"/>
+      <c r="AH80" s="432"/>
+      <c r="AI80" s="432"/>
+      <c r="AJ80" s="432"/>
+      <c r="AK80" s="432"/>
+      <c r="AL80" s="432"/>
+      <c r="AM80" s="432"/>
+      <c r="AN80" s="432"/>
+      <c r="AO80" s="432"/>
+      <c r="AP80" s="100"/>
+      <c r="AQ80" s="159"/>
+      <c r="AR80" s="5"/>
     </row>
     <row r="81" spans="2:44" ht="30" customHeight="1">
-      <c r="B81" s="6"/>
-[...41 lines deleted...]
-      <c r="AR81" s="6"/>
+      <c r="B81" s="5"/>
+      <c r="C81" s="418"/>
+      <c r="D81" s="419"/>
+      <c r="E81" s="419"/>
+      <c r="F81" s="419"/>
+      <c r="G81" s="419"/>
+      <c r="H81" s="419"/>
+      <c r="I81" s="419"/>
+      <c r="J81" s="419"/>
+      <c r="K81" s="419"/>
+      <c r="L81" s="419"/>
+      <c r="M81" s="419"/>
+      <c r="N81" s="419"/>
+      <c r="O81" s="419"/>
+      <c r="P81" s="419"/>
+      <c r="Q81" s="419"/>
+      <c r="R81" s="419"/>
+      <c r="S81" s="419"/>
+      <c r="T81" s="420"/>
+      <c r="U81" s="429"/>
+      <c r="V81" s="430"/>
+      <c r="W81" s="429"/>
+      <c r="X81" s="430"/>
+      <c r="Y81" s="429"/>
+      <c r="Z81" s="430"/>
+      <c r="AA81" s="431"/>
+      <c r="AB81" s="432"/>
+      <c r="AC81" s="432"/>
+      <c r="AD81" s="432"/>
+      <c r="AE81" s="432"/>
+      <c r="AF81" s="432"/>
+      <c r="AG81" s="432"/>
+      <c r="AH81" s="432"/>
+      <c r="AI81" s="432"/>
+      <c r="AJ81" s="432"/>
+      <c r="AK81" s="432"/>
+      <c r="AL81" s="432"/>
+      <c r="AM81" s="432"/>
+      <c r="AN81" s="432"/>
+      <c r="AO81" s="432"/>
+      <c r="AP81" s="100"/>
+      <c r="AQ81" s="159"/>
+      <c r="AR81" s="5"/>
     </row>
     <row r="82" spans="2:44" ht="30" customHeight="1">
-      <c r="B82" s="6"/>
-[...41 lines deleted...]
-      <c r="AR82" s="6"/>
+      <c r="B82" s="5"/>
+      <c r="C82" s="418"/>
+      <c r="D82" s="419"/>
+      <c r="E82" s="419"/>
+      <c r="F82" s="419"/>
+      <c r="G82" s="419"/>
+      <c r="H82" s="419"/>
+      <c r="I82" s="419"/>
+      <c r="J82" s="419"/>
+      <c r="K82" s="419"/>
+      <c r="L82" s="419"/>
+      <c r="M82" s="419"/>
+      <c r="N82" s="419"/>
+      <c r="O82" s="419"/>
+      <c r="P82" s="419"/>
+      <c r="Q82" s="419"/>
+      <c r="R82" s="419"/>
+      <c r="S82" s="419"/>
+      <c r="T82" s="420"/>
+      <c r="U82" s="429"/>
+      <c r="V82" s="430"/>
+      <c r="W82" s="429"/>
+      <c r="X82" s="430"/>
+      <c r="Y82" s="429"/>
+      <c r="Z82" s="430"/>
+      <c r="AA82" s="431"/>
+      <c r="AB82" s="432"/>
+      <c r="AC82" s="432"/>
+      <c r="AD82" s="432"/>
+      <c r="AE82" s="432"/>
+      <c r="AF82" s="432"/>
+      <c r="AG82" s="432"/>
+      <c r="AH82" s="432"/>
+      <c r="AI82" s="432"/>
+      <c r="AJ82" s="432"/>
+      <c r="AK82" s="432"/>
+      <c r="AL82" s="432"/>
+      <c r="AM82" s="432"/>
+      <c r="AN82" s="432"/>
+      <c r="AO82" s="432"/>
+      <c r="AP82" s="100"/>
+      <c r="AQ82" s="159"/>
+      <c r="AR82" s="5"/>
     </row>
     <row r="83" spans="2:44" ht="30" customHeight="1">
-      <c r="B83" s="6"/>
-[...41 lines deleted...]
-      <c r="AR83" s="6"/>
+      <c r="B83" s="5"/>
+      <c r="C83" s="418"/>
+      <c r="D83" s="419"/>
+      <c r="E83" s="419"/>
+      <c r="F83" s="419"/>
+      <c r="G83" s="419"/>
+      <c r="H83" s="419"/>
+      <c r="I83" s="419"/>
+      <c r="J83" s="419"/>
+      <c r="K83" s="419"/>
+      <c r="L83" s="419"/>
+      <c r="M83" s="419"/>
+      <c r="N83" s="419"/>
+      <c r="O83" s="419"/>
+      <c r="P83" s="419"/>
+      <c r="Q83" s="419"/>
+      <c r="R83" s="419"/>
+      <c r="S83" s="419"/>
+      <c r="T83" s="420"/>
+      <c r="U83" s="429"/>
+      <c r="V83" s="430"/>
+      <c r="W83" s="429"/>
+      <c r="X83" s="430"/>
+      <c r="Y83" s="429"/>
+      <c r="Z83" s="430"/>
+      <c r="AA83" s="431"/>
+      <c r="AB83" s="432"/>
+      <c r="AC83" s="432"/>
+      <c r="AD83" s="432"/>
+      <c r="AE83" s="432"/>
+      <c r="AF83" s="432"/>
+      <c r="AG83" s="432"/>
+      <c r="AH83" s="432"/>
+      <c r="AI83" s="432"/>
+      <c r="AJ83" s="432"/>
+      <c r="AK83" s="432"/>
+      <c r="AL83" s="432"/>
+      <c r="AM83" s="432"/>
+      <c r="AN83" s="432"/>
+      <c r="AO83" s="432"/>
+      <c r="AP83" s="100"/>
+      <c r="AQ83" s="159"/>
+      <c r="AR83" s="5"/>
     </row>
     <row r="84" spans="2:44" ht="30" customHeight="1">
-      <c r="B84" s="6"/>
-[...41 lines deleted...]
-      <c r="AR84" s="6"/>
+      <c r="B84" s="5"/>
+      <c r="C84" s="418"/>
+      <c r="D84" s="419"/>
+      <c r="E84" s="419"/>
+      <c r="F84" s="419"/>
+      <c r="G84" s="419"/>
+      <c r="H84" s="419"/>
+      <c r="I84" s="419"/>
+      <c r="J84" s="419"/>
+      <c r="K84" s="419"/>
+      <c r="L84" s="419"/>
+      <c r="M84" s="419"/>
+      <c r="N84" s="419"/>
+      <c r="O84" s="419"/>
+      <c r="P84" s="419"/>
+      <c r="Q84" s="419"/>
+      <c r="R84" s="419"/>
+      <c r="S84" s="419"/>
+      <c r="T84" s="420"/>
+      <c r="U84" s="429"/>
+      <c r="V84" s="430"/>
+      <c r="W84" s="429"/>
+      <c r="X84" s="430"/>
+      <c r="Y84" s="429"/>
+      <c r="Z84" s="430"/>
+      <c r="AA84" s="431"/>
+      <c r="AB84" s="432"/>
+      <c r="AC84" s="432"/>
+      <c r="AD84" s="432"/>
+      <c r="AE84" s="432"/>
+      <c r="AF84" s="432"/>
+      <c r="AG84" s="432"/>
+      <c r="AH84" s="432"/>
+      <c r="AI84" s="432"/>
+      <c r="AJ84" s="432"/>
+      <c r="AK84" s="432"/>
+      <c r="AL84" s="432"/>
+      <c r="AM84" s="432"/>
+      <c r="AN84" s="432"/>
+      <c r="AO84" s="432"/>
+      <c r="AP84" s="100"/>
+      <c r="AQ84" s="159"/>
+      <c r="AR84" s="5"/>
     </row>
     <row r="85" spans="2:44" ht="30" customHeight="1" thickBot="1">
-      <c r="B85" s="6"/>
-      <c r="C85" s="532" t="s">
+      <c r="B85" s="5"/>
+      <c r="C85" s="424" t="s">
         <v>0</v>
       </c>
-      <c r="D85" s="533"/>
-[...39 lines deleted...]
-      <c r="AR85" s="6"/>
+      <c r="D85" s="425"/>
+      <c r="E85" s="425"/>
+      <c r="F85" s="425"/>
+      <c r="G85" s="425"/>
+      <c r="H85" s="425"/>
+      <c r="I85" s="425"/>
+      <c r="J85" s="425"/>
+      <c r="K85" s="425"/>
+      <c r="L85" s="425"/>
+      <c r="M85" s="425"/>
+      <c r="N85" s="425"/>
+      <c r="O85" s="425"/>
+      <c r="P85" s="425"/>
+      <c r="Q85" s="425"/>
+      <c r="R85" s="425"/>
+      <c r="S85" s="425"/>
+      <c r="T85" s="426"/>
+      <c r="U85" s="422"/>
+      <c r="V85" s="423"/>
+      <c r="W85" s="422"/>
+      <c r="X85" s="423"/>
+      <c r="Y85" s="422"/>
+      <c r="Z85" s="423"/>
+      <c r="AA85" s="427"/>
+      <c r="AB85" s="428"/>
+      <c r="AC85" s="428"/>
+      <c r="AD85" s="428"/>
+      <c r="AE85" s="428"/>
+      <c r="AF85" s="428"/>
+      <c r="AG85" s="428"/>
+      <c r="AH85" s="428"/>
+      <c r="AI85" s="428"/>
+      <c r="AJ85" s="428"/>
+      <c r="AK85" s="428"/>
+      <c r="AL85" s="428"/>
+      <c r="AM85" s="428"/>
+      <c r="AN85" s="428"/>
+      <c r="AO85" s="428"/>
+      <c r="AP85" s="161"/>
+      <c r="AQ85" s="157"/>
+      <c r="AR85" s="5"/>
     </row>
     <row r="86" spans="2:44">
-      <c r="B86" s="6"/>
-[...41 lines deleted...]
-      <c r="AR86" s="6"/>
+      <c r="B86" s="5"/>
+      <c r="C86" s="91"/>
+      <c r="D86" s="91"/>
+      <c r="E86" s="5"/>
+      <c r="F86" s="5"/>
+      <c r="G86" s="5"/>
+      <c r="H86" s="5"/>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5"/>
+      <c r="K86" s="5"/>
+      <c r="L86" s="5"/>
+      <c r="M86" s="5"/>
+      <c r="N86" s="5"/>
+      <c r="O86" s="5"/>
+      <c r="P86" s="5"/>
+      <c r="Q86" s="5"/>
+      <c r="R86" s="5"/>
+      <c r="S86" s="5"/>
+      <c r="T86" s="5"/>
+      <c r="U86" s="91"/>
+      <c r="V86" s="91"/>
+      <c r="W86" s="91"/>
+      <c r="X86" s="91"/>
+      <c r="Y86" s="91"/>
+      <c r="Z86" s="91"/>
+      <c r="AA86" s="91"/>
+      <c r="AB86" s="91"/>
+      <c r="AC86" s="91"/>
+      <c r="AD86" s="91"/>
+      <c r="AE86" s="91"/>
+      <c r="AF86" s="91"/>
+      <c r="AG86" s="91"/>
+      <c r="AH86" s="91"/>
+      <c r="AI86" s="91"/>
+      <c r="AJ86" s="91"/>
+      <c r="AK86" s="91"/>
+      <c r="AL86" s="91"/>
+      <c r="AM86" s="91"/>
+      <c r="AN86" s="91"/>
+      <c r="AO86" s="91"/>
+      <c r="AP86" s="91"/>
+      <c r="AQ86" s="91"/>
+      <c r="AR86" s="5"/>
     </row>
     <row r="87" spans="2:44" ht="18">
-      <c r="G87" s="65"/>
-[...16 lines deleted...]
-      <c r="AC87" s="223"/>
+      <c r="G87" s="50"/>
+      <c r="H87" s="50"/>
+      <c r="I87" s="50"/>
+      <c r="J87" s="50"/>
+      <c r="K87" s="50"/>
+      <c r="L87" s="50"/>
+      <c r="M87" s="50"/>
+      <c r="N87" s="50"/>
+      <c r="O87" s="50"/>
+      <c r="P87" s="50"/>
+      <c r="Q87" s="417"/>
+      <c r="R87" s="417"/>
+      <c r="U87" s="421"/>
+      <c r="V87" s="421"/>
+      <c r="W87" s="421"/>
+      <c r="X87" s="421"/>
+      <c r="AB87" s="257"/>
+      <c r="AC87" s="257"/>
     </row>
     <row r="88" spans="2:44" ht="18">
-      <c r="G88" s="65"/>
-[...12 lines deleted...]
-      <c r="AC88" s="223"/>
+      <c r="G88" s="50"/>
+      <c r="H88" s="50"/>
+      <c r="I88" s="50"/>
+      <c r="J88" s="50"/>
+      <c r="K88" s="50"/>
+      <c r="L88" s="50"/>
+      <c r="M88" s="50"/>
+      <c r="N88" s="50"/>
+      <c r="O88" s="50"/>
+      <c r="P88" s="50"/>
+      <c r="Q88" s="417"/>
+      <c r="R88" s="417"/>
+      <c r="AB88" s="257"/>
+      <c r="AC88" s="257"/>
     </row>
     <row r="89" spans="2:44" ht="18">
-      <c r="G89" s="65"/>
-[...12 lines deleted...]
-      <c r="AC89" s="223"/>
+      <c r="G89" s="50"/>
+      <c r="H89" s="50"/>
+      <c r="I89" s="50"/>
+      <c r="J89" s="50"/>
+      <c r="K89" s="50"/>
+      <c r="L89" s="50"/>
+      <c r="M89" s="50"/>
+      <c r="N89" s="50"/>
+      <c r="O89" s="50"/>
+      <c r="P89" s="50"/>
+      <c r="Q89" s="417"/>
+      <c r="R89" s="417"/>
+      <c r="AB89" s="257"/>
+      <c r="AC89" s="257"/>
     </row>
     <row r="90" spans="2:44" ht="18">
-      <c r="G90" s="65"/>
-[...12 lines deleted...]
-      <c r="AC90" s="223"/>
+      <c r="G90" s="50"/>
+      <c r="H90" s="50"/>
+      <c r="I90" s="50"/>
+      <c r="J90" s="50"/>
+      <c r="K90" s="50"/>
+      <c r="L90" s="50"/>
+      <c r="M90" s="50"/>
+      <c r="N90" s="50"/>
+      <c r="O90" s="50"/>
+      <c r="P90" s="50"/>
+      <c r="Q90" s="417"/>
+      <c r="R90" s="417"/>
+      <c r="AB90" s="257"/>
+      <c r="AC90" s="257"/>
     </row>
     <row r="91" spans="2:44" ht="18">
-      <c r="G91" s="65"/>
-[...10 lines deleted...]
-      <c r="R91" s="528"/>
+      <c r="G91" s="50"/>
+      <c r="H91" s="50"/>
+      <c r="I91" s="50"/>
+      <c r="J91" s="50"/>
+      <c r="K91" s="50"/>
+      <c r="L91" s="50"/>
+      <c r="M91" s="50"/>
+      <c r="N91" s="50"/>
+      <c r="O91" s="50"/>
+      <c r="P91" s="50"/>
+      <c r="Q91" s="417"/>
+      <c r="R91" s="417"/>
     </row>
     <row r="92" spans="2:44" ht="18">
-      <c r="G92" s="65"/>
-[...10 lines deleted...]
-      <c r="R92" s="528"/>
+      <c r="G92" s="50"/>
+      <c r="H92" s="50"/>
+      <c r="I92" s="50"/>
+      <c r="J92" s="50"/>
+      <c r="K92" s="50"/>
+      <c r="L92" s="50"/>
+      <c r="M92" s="50"/>
+      <c r="N92" s="50"/>
+      <c r="O92" s="50"/>
+      <c r="P92" s="50"/>
+      <c r="Q92" s="417"/>
+      <c r="R92" s="417"/>
     </row>
     <row r="93" spans="2:44" ht="18">
-      <c r="G93" s="65"/>
-[...10 lines deleted...]
-      <c r="R93" s="528"/>
+      <c r="G93" s="50"/>
+      <c r="H93" s="50"/>
+      <c r="I93" s="50"/>
+      <c r="J93" s="50"/>
+      <c r="K93" s="50"/>
+      <c r="L93" s="50"/>
+      <c r="M93" s="50"/>
+      <c r="N93" s="50"/>
+      <c r="O93" s="50"/>
+      <c r="P93" s="50"/>
+      <c r="Q93" s="417"/>
+      <c r="R93" s="417"/>
     </row>
     <row r="94" spans="2:44" ht="18">
-      <c r="G94" s="65"/>
-[...10 lines deleted...]
-      <c r="R94" s="528"/>
+      <c r="G94" s="50"/>
+      <c r="H94" s="50"/>
+      <c r="I94" s="50"/>
+      <c r="J94" s="50"/>
+      <c r="K94" s="50"/>
+      <c r="L94" s="50"/>
+      <c r="M94" s="50"/>
+      <c r="N94" s="50"/>
+      <c r="O94" s="50"/>
+      <c r="P94" s="50"/>
+      <c r="Q94" s="417"/>
+      <c r="R94" s="417"/>
     </row>
     <row r="95" spans="2:44" ht="18">
-      <c r="G95" s="65"/>
-[...10 lines deleted...]
-      <c r="R95" s="528"/>
+      <c r="G95" s="50"/>
+      <c r="H95" s="50"/>
+      <c r="I95" s="50"/>
+      <c r="J95" s="50"/>
+      <c r="K95" s="50"/>
+      <c r="L95" s="50"/>
+      <c r="M95" s="50"/>
+      <c r="N95" s="50"/>
+      <c r="O95" s="50"/>
+      <c r="P95" s="50"/>
+      <c r="Q95" s="417"/>
+      <c r="R95" s="417"/>
     </row>
     <row r="96" spans="2:44" ht="18">
-      <c r="G96" s="65"/>
-[...10 lines deleted...]
-      <c r="R96" s="528"/>
+      <c r="G96" s="50"/>
+      <c r="H96" s="50"/>
+      <c r="I96" s="50"/>
+      <c r="J96" s="50"/>
+      <c r="K96" s="50"/>
+      <c r="L96" s="50"/>
+      <c r="M96" s="50"/>
+      <c r="N96" s="50"/>
+      <c r="O96" s="50"/>
+      <c r="P96" s="50"/>
+      <c r="Q96" s="417"/>
+      <c r="R96" s="417"/>
     </row>
     <row r="97" spans="7:18" ht="18">
-      <c r="G97" s="65"/>
-[...10 lines deleted...]
-      <c r="R97" s="528"/>
+      <c r="G97" s="50"/>
+      <c r="H97" s="50"/>
+      <c r="I97" s="50"/>
+      <c r="J97" s="50"/>
+      <c r="K97" s="50"/>
+      <c r="L97" s="50"/>
+      <c r="M97" s="50"/>
+      <c r="N97" s="50"/>
+      <c r="O97" s="50"/>
+      <c r="P97" s="50"/>
+      <c r="Q97" s="417"/>
+      <c r="R97" s="417"/>
     </row>
     <row r="98" spans="7:18" ht="18">
-      <c r="G98" s="65"/>
-[...10 lines deleted...]
-      <c r="R98" s="528"/>
+      <c r="G98" s="50"/>
+      <c r="H98" s="50"/>
+      <c r="I98" s="50"/>
+      <c r="J98" s="50"/>
+      <c r="K98" s="50"/>
+      <c r="L98" s="50"/>
+      <c r="M98" s="50"/>
+      <c r="N98" s="50"/>
+      <c r="O98" s="50"/>
+      <c r="P98" s="50"/>
+      <c r="Q98" s="417"/>
+      <c r="R98" s="417"/>
     </row>
     <row r="99" spans="7:18" ht="18">
-      <c r="G99" s="65"/>
-[...10 lines deleted...]
-      <c r="R99" s="528"/>
+      <c r="G99" s="50"/>
+      <c r="H99" s="50"/>
+      <c r="I99" s="50"/>
+      <c r="J99" s="50"/>
+      <c r="K99" s="50"/>
+      <c r="L99" s="50"/>
+      <c r="M99" s="50"/>
+      <c r="N99" s="50"/>
+      <c r="O99" s="50"/>
+      <c r="P99" s="50"/>
+      <c r="Q99" s="417"/>
+      <c r="R99" s="417"/>
     </row>
     <row r="100" spans="7:18" ht="18">
-      <c r="G100" s="65"/>
-[...10 lines deleted...]
-      <c r="R100" s="528"/>
+      <c r="G100" s="50"/>
+      <c r="H100" s="50"/>
+      <c r="I100" s="50"/>
+      <c r="J100" s="50"/>
+      <c r="K100" s="50"/>
+      <c r="L100" s="50"/>
+      <c r="M100" s="50"/>
+      <c r="N100" s="50"/>
+      <c r="O100" s="50"/>
+      <c r="P100" s="50"/>
+      <c r="Q100" s="417"/>
+      <c r="R100" s="417"/>
     </row>
     <row r="101" spans="7:18" ht="18">
-      <c r="G101" s="65"/>
-[...10 lines deleted...]
-      <c r="R101" s="528"/>
+      <c r="G101" s="50"/>
+      <c r="H101" s="50"/>
+      <c r="I101" s="50"/>
+      <c r="J101" s="50"/>
+      <c r="K101" s="50"/>
+      <c r="L101" s="50"/>
+      <c r="M101" s="50"/>
+      <c r="N101" s="50"/>
+      <c r="O101" s="50"/>
+      <c r="P101" s="50"/>
+      <c r="Q101" s="417"/>
+      <c r="R101" s="417"/>
     </row>
     <row r="102" spans="7:18" ht="18">
-      <c r="G102" s="65"/>
-[...10 lines deleted...]
-      <c r="R102" s="528"/>
+      <c r="G102" s="50"/>
+      <c r="H102" s="50"/>
+      <c r="I102" s="50"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="50"/>
+      <c r="P102" s="50"/>
+      <c r="Q102" s="417"/>
+      <c r="R102" s="417"/>
     </row>
     <row r="103" spans="7:18" ht="18">
-      <c r="G103" s="65"/>
-[...10 lines deleted...]
-      <c r="R103" s="528"/>
+      <c r="G103" s="50"/>
+      <c r="H103" s="50"/>
+      <c r="I103" s="50"/>
+      <c r="J103" s="50"/>
+      <c r="K103" s="50"/>
+      <c r="L103" s="50"/>
+      <c r="M103" s="50"/>
+      <c r="N103" s="50"/>
+      <c r="O103" s="50"/>
+      <c r="P103" s="50"/>
+      <c r="Q103" s="417"/>
+      <c r="R103" s="417"/>
     </row>
     <row r="104" spans="7:18" ht="18">
-      <c r="G104" s="65"/>
-[...10 lines deleted...]
-      <c r="R104" s="528"/>
+      <c r="G104" s="50"/>
+      <c r="H104" s="50"/>
+      <c r="I104" s="50"/>
+      <c r="J104" s="50"/>
+      <c r="K104" s="50"/>
+      <c r="L104" s="50"/>
+      <c r="M104" s="50"/>
+      <c r="N104" s="50"/>
+      <c r="O104" s="50"/>
+      <c r="P104" s="50"/>
+      <c r="Q104" s="417"/>
+      <c r="R104" s="417"/>
     </row>
     <row r="105" spans="7:18" ht="18">
-      <c r="G105" s="65"/>
-[...1 lines deleted...]
-      <c r="R105" s="528"/>
+      <c r="G105" s="50"/>
+      <c r="Q105" s="417"/>
+      <c r="R105" s="417"/>
     </row>
     <row r="106" spans="7:18" ht="18">
-      <c r="Q106" s="528"/>
-      <c r="R106" s="528"/>
+      <c r="Q106" s="417"/>
+      <c r="R106" s="417"/>
     </row>
   </sheetData>
   <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="332">
-    <mergeCell ref="Q104:R104"/>
-[...24 lines deleted...]
-    <mergeCell ref="AA84:AO84"/>
+    <mergeCell ref="C4:AQ4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:K5"/>
+    <mergeCell ref="P5:Z5"/>
+    <mergeCell ref="AA5:AD5"/>
+    <mergeCell ref="AE5:AQ5"/>
+    <mergeCell ref="C7:K7"/>
+    <mergeCell ref="C9:K9"/>
+    <mergeCell ref="L9:AQ9"/>
+    <mergeCell ref="C8:K8"/>
+    <mergeCell ref="L8:AQ8"/>
+    <mergeCell ref="C10:K10"/>
+    <mergeCell ref="D15:L15"/>
+    <mergeCell ref="AA6:AB6"/>
+    <mergeCell ref="AC6:AQ6"/>
+    <mergeCell ref="L7:AQ7"/>
+    <mergeCell ref="L10:AQ10"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G6:Z6"/>
+    <mergeCell ref="AC11:AQ11"/>
+    <mergeCell ref="W11:AB11"/>
+    <mergeCell ref="AJ15:AK15"/>
+    <mergeCell ref="L11:V11"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="X15:AE15"/>
+    <mergeCell ref="C11:K11"/>
+    <mergeCell ref="AG13:AH13"/>
+    <mergeCell ref="AJ13:AK13"/>
+    <mergeCell ref="AG15:AH15"/>
+    <mergeCell ref="AM13:AP13"/>
+    <mergeCell ref="AN15:AO15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="S15:W15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="AJ23:AK23"/>
+    <mergeCell ref="AN19:AO19"/>
+    <mergeCell ref="AG19:AH19"/>
+    <mergeCell ref="C30:AQ30"/>
+    <mergeCell ref="D17:K17"/>
+    <mergeCell ref="X17:AE17"/>
+    <mergeCell ref="AG17:AH17"/>
+    <mergeCell ref="AJ21:AK21"/>
+    <mergeCell ref="AG23:AH23"/>
+    <mergeCell ref="AN17:AO17"/>
+    <mergeCell ref="S21:AE21"/>
+    <mergeCell ref="S25:AE25"/>
+    <mergeCell ref="P19:AE19"/>
+    <mergeCell ref="AA28:AP28"/>
+    <mergeCell ref="AG21:AH21"/>
+    <mergeCell ref="AJ19:AK19"/>
+    <mergeCell ref="AN25:AO25"/>
+    <mergeCell ref="AN23:AO23"/>
+    <mergeCell ref="AJ25:AK25"/>
+    <mergeCell ref="AN21:AO21"/>
+    <mergeCell ref="S23:AE23"/>
+    <mergeCell ref="D19:I20"/>
+    <mergeCell ref="D21:Q25"/>
+    <mergeCell ref="C31:AQ31"/>
+    <mergeCell ref="C29:AQ29"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="AG25:AH25"/>
+    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="E50:T50"/>
+    <mergeCell ref="U50:V50"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="W47:X47"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="E45:T45"/>
+    <mergeCell ref="S17:W17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="AA44:AP44"/>
+    <mergeCell ref="C33:AQ33"/>
+    <mergeCell ref="Z40:AO40"/>
+    <mergeCell ref="C34:AQ34"/>
+    <mergeCell ref="V36:AO36"/>
+    <mergeCell ref="AA45:AP45"/>
+    <mergeCell ref="Y43:Z43"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="AJ17:AK17"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="E42:T42"/>
+    <mergeCell ref="C32:AQ32"/>
+    <mergeCell ref="Y42:Z42"/>
+    <mergeCell ref="AA48:AP48"/>
+    <mergeCell ref="AA50:AP50"/>
+    <mergeCell ref="Y47:Z47"/>
+    <mergeCell ref="E51:T51"/>
+    <mergeCell ref="U51:V51"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="Y46:Z46"/>
+    <mergeCell ref="Y44:Z44"/>
+    <mergeCell ref="U42:V42"/>
+    <mergeCell ref="E44:T44"/>
+    <mergeCell ref="U44:V44"/>
+    <mergeCell ref="U43:V43"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="E43:T43"/>
+    <mergeCell ref="U45:V45"/>
+    <mergeCell ref="E46:T46"/>
+    <mergeCell ref="U46:V46"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="X38:AO38"/>
+    <mergeCell ref="AA52:AP52"/>
+    <mergeCell ref="W57:X57"/>
+    <mergeCell ref="Y57:Z57"/>
+    <mergeCell ref="W51:X51"/>
+    <mergeCell ref="AA53:AP53"/>
+    <mergeCell ref="Y53:Z53"/>
+    <mergeCell ref="W45:X45"/>
+    <mergeCell ref="Y45:Z45"/>
+    <mergeCell ref="W46:X46"/>
+    <mergeCell ref="AA47:AP47"/>
+    <mergeCell ref="AA51:AP51"/>
+    <mergeCell ref="Y50:Z50"/>
+    <mergeCell ref="AA46:AP46"/>
+    <mergeCell ref="W49:X49"/>
+    <mergeCell ref="W48:X48"/>
+    <mergeCell ref="C52:D52"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="E47:T47"/>
+    <mergeCell ref="Y52:Z52"/>
+    <mergeCell ref="Y51:Z51"/>
+    <mergeCell ref="Y49:Z49"/>
+    <mergeCell ref="Y48:Z48"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="C53:D53"/>
+    <mergeCell ref="E53:T53"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="E48:T48"/>
+    <mergeCell ref="U48:V48"/>
+    <mergeCell ref="E49:T49"/>
+    <mergeCell ref="U49:V49"/>
+    <mergeCell ref="U47:V47"/>
+    <mergeCell ref="E52:T52"/>
+    <mergeCell ref="U52:V52"/>
+    <mergeCell ref="W52:X52"/>
+    <mergeCell ref="W53:X53"/>
+    <mergeCell ref="AA69:AP69"/>
+    <mergeCell ref="Y68:Z68"/>
+    <mergeCell ref="AA68:AP68"/>
+    <mergeCell ref="Y67:Z67"/>
+    <mergeCell ref="AA67:AP67"/>
+    <mergeCell ref="Y69:Z69"/>
+    <mergeCell ref="W68:X68"/>
+    <mergeCell ref="U53:V53"/>
+    <mergeCell ref="C57:D57"/>
+    <mergeCell ref="E57:T57"/>
+    <mergeCell ref="C59:D59"/>
+    <mergeCell ref="E59:T59"/>
+    <mergeCell ref="AA57:AP57"/>
+    <mergeCell ref="Y59:Z59"/>
+    <mergeCell ref="AA59:AP59"/>
+    <mergeCell ref="Y58:Z58"/>
+    <mergeCell ref="AA58:AP58"/>
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="E58:T58"/>
+    <mergeCell ref="U58:V58"/>
+    <mergeCell ref="U57:V57"/>
+    <mergeCell ref="AA61:AP61"/>
+    <mergeCell ref="Y62:Z62"/>
+    <mergeCell ref="Y60:Z60"/>
+    <mergeCell ref="AA60:AP60"/>
+    <mergeCell ref="Y61:Z61"/>
+    <mergeCell ref="W60:X60"/>
+    <mergeCell ref="W61:X61"/>
+    <mergeCell ref="AA62:AP62"/>
+    <mergeCell ref="W58:X58"/>
+    <mergeCell ref="E61:T61"/>
+    <mergeCell ref="C61:D61"/>
+    <mergeCell ref="C63:D63"/>
+    <mergeCell ref="W59:X59"/>
+    <mergeCell ref="E63:T63"/>
+    <mergeCell ref="W63:X63"/>
+    <mergeCell ref="W62:X62"/>
+    <mergeCell ref="U59:V59"/>
+    <mergeCell ref="E60:T60"/>
+    <mergeCell ref="U61:V61"/>
+    <mergeCell ref="U60:V60"/>
+    <mergeCell ref="C60:D60"/>
+    <mergeCell ref="U63:V63"/>
+    <mergeCell ref="U62:V62"/>
+    <mergeCell ref="C62:D62"/>
+    <mergeCell ref="E62:T62"/>
+    <mergeCell ref="AA63:AP63"/>
+    <mergeCell ref="C74:D74"/>
+    <mergeCell ref="E74:T74"/>
+    <mergeCell ref="C64:D64"/>
+    <mergeCell ref="U64:V64"/>
+    <mergeCell ref="C68:D68"/>
+    <mergeCell ref="C69:D69"/>
+    <mergeCell ref="U66:V66"/>
+    <mergeCell ref="U65:V65"/>
+    <mergeCell ref="C70:D70"/>
+    <mergeCell ref="U68:V68"/>
+    <mergeCell ref="C67:D67"/>
+    <mergeCell ref="E67:T67"/>
+    <mergeCell ref="U67:V67"/>
+    <mergeCell ref="AA64:AP64"/>
+    <mergeCell ref="W64:X64"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="E66:T66"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="U69:V69"/>
+    <mergeCell ref="W69:X69"/>
+    <mergeCell ref="AA66:AP66"/>
+    <mergeCell ref="Y66:Z66"/>
+    <mergeCell ref="AA65:AP65"/>
+    <mergeCell ref="U71:V71"/>
+    <mergeCell ref="E69:T69"/>
+    <mergeCell ref="Y65:Z65"/>
+    <mergeCell ref="E64:T64"/>
+    <mergeCell ref="E65:T65"/>
+    <mergeCell ref="W65:X65"/>
+    <mergeCell ref="Y64:Z64"/>
+    <mergeCell ref="W70:X70"/>
+    <mergeCell ref="U70:V70"/>
+    <mergeCell ref="W71:X71"/>
+    <mergeCell ref="W67:X67"/>
+    <mergeCell ref="W66:X66"/>
+    <mergeCell ref="Y63:Z63"/>
+    <mergeCell ref="U78:V78"/>
+    <mergeCell ref="W78:X78"/>
+    <mergeCell ref="Y78:Z78"/>
+    <mergeCell ref="U77:V77"/>
+    <mergeCell ref="AA78:AP78"/>
+    <mergeCell ref="W77:X77"/>
+    <mergeCell ref="Y77:Z77"/>
+    <mergeCell ref="C79:T79"/>
+    <mergeCell ref="C71:D71"/>
+    <mergeCell ref="E71:T71"/>
+    <mergeCell ref="E75:T75"/>
+    <mergeCell ref="E72:T72"/>
+    <mergeCell ref="U75:V75"/>
+    <mergeCell ref="W72:X72"/>
+    <mergeCell ref="U73:V73"/>
+    <mergeCell ref="U72:V72"/>
+    <mergeCell ref="E73:T73"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="E78:T78"/>
+    <mergeCell ref="C77:D77"/>
+    <mergeCell ref="E77:T77"/>
+    <mergeCell ref="E68:T68"/>
+    <mergeCell ref="E70:T70"/>
+    <mergeCell ref="AA80:AO80"/>
+    <mergeCell ref="AA79:AO79"/>
+    <mergeCell ref="AA70:AP70"/>
+    <mergeCell ref="Y71:Z71"/>
+    <mergeCell ref="AA73:AP73"/>
+    <mergeCell ref="Y73:Z73"/>
+    <mergeCell ref="Y70:Z70"/>
+    <mergeCell ref="AA72:AP72"/>
+    <mergeCell ref="AA71:AP71"/>
+    <mergeCell ref="AA75:AP75"/>
+    <mergeCell ref="AA74:AP74"/>
+    <mergeCell ref="Y75:Z75"/>
+    <mergeCell ref="Y74:Z74"/>
+    <mergeCell ref="AA76:AP76"/>
+    <mergeCell ref="AA77:AO77"/>
+    <mergeCell ref="C80:T80"/>
+    <mergeCell ref="W76:X76"/>
+    <mergeCell ref="Y76:Z76"/>
+    <mergeCell ref="Y72:Z72"/>
+    <mergeCell ref="W73:X73"/>
+    <mergeCell ref="C76:D76"/>
+    <mergeCell ref="E76:T76"/>
+    <mergeCell ref="U79:V79"/>
+    <mergeCell ref="W79:X79"/>
+    <mergeCell ref="Y79:Z79"/>
+    <mergeCell ref="U80:V80"/>
+    <mergeCell ref="W80:X80"/>
+    <mergeCell ref="Y80:Z80"/>
+    <mergeCell ref="U76:V76"/>
+    <mergeCell ref="W75:X75"/>
+    <mergeCell ref="U74:V74"/>
+    <mergeCell ref="W74:X74"/>
+    <mergeCell ref="C73:D73"/>
+    <mergeCell ref="C75:D75"/>
+    <mergeCell ref="C72:D72"/>
     <mergeCell ref="C81:T81"/>
     <mergeCell ref="C84:T84"/>
     <mergeCell ref="Q100:R100"/>
     <mergeCell ref="Q90:R90"/>
     <mergeCell ref="AA81:AO81"/>
     <mergeCell ref="U82:V82"/>
     <mergeCell ref="Y81:Z81"/>
     <mergeCell ref="W82:X82"/>
     <mergeCell ref="Y82:Z82"/>
     <mergeCell ref="AA82:AO82"/>
     <mergeCell ref="U81:V81"/>
     <mergeCell ref="W81:X81"/>
     <mergeCell ref="U83:V83"/>
     <mergeCell ref="U85:V85"/>
     <mergeCell ref="U84:V84"/>
     <mergeCell ref="AB90:AC90"/>
     <mergeCell ref="W83:X83"/>
     <mergeCell ref="Y83:Z83"/>
     <mergeCell ref="AA83:AO83"/>
     <mergeCell ref="W84:X84"/>
     <mergeCell ref="AB87:AC87"/>
     <mergeCell ref="Q88:R88"/>
     <mergeCell ref="AB88:AC88"/>
     <mergeCell ref="Q89:R89"/>
-    <mergeCell ref="C80:T80"/>
-[...280 lines deleted...]
-    <mergeCell ref="L8:AQ8"/>
+    <mergeCell ref="C82:T82"/>
+    <mergeCell ref="C83:T83"/>
+    <mergeCell ref="AB89:AC89"/>
+    <mergeCell ref="Q87:R87"/>
+    <mergeCell ref="U87:X87"/>
+    <mergeCell ref="Y85:Z85"/>
+    <mergeCell ref="C85:T85"/>
+    <mergeCell ref="AA85:AO85"/>
+    <mergeCell ref="Y84:Z84"/>
+    <mergeCell ref="W85:X85"/>
+    <mergeCell ref="AA84:AO84"/>
+    <mergeCell ref="Q104:R104"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="Q103:R103"/>
+    <mergeCell ref="Q102:R102"/>
+    <mergeCell ref="Q92:R92"/>
+    <mergeCell ref="Q93:R93"/>
+    <mergeCell ref="Q91:R91"/>
+    <mergeCell ref="Q94:R94"/>
+    <mergeCell ref="Q106:R106"/>
+    <mergeCell ref="Q95:R95"/>
+    <mergeCell ref="Q96:R96"/>
+    <mergeCell ref="Q97:R97"/>
+    <mergeCell ref="Q98:R98"/>
+    <mergeCell ref="Q105:R105"/>
+    <mergeCell ref="Q101:R101"/>
   </mergeCells>
   <phoneticPr fontId="34" type="noConversion"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V43:AC43">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V43:AC43" xr:uid="{00000000-0002-0000-0500-000000000000}">
       <formula1>$G$74:$G$105</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="BJ11:BJ27"/>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="BJ11:BJ27" xr:uid="{00000000-0002-0000-0500-000001000000}"/>
   </dataValidations>
   <pageMargins left="0.94488188976377963" right="0.74803149606299213" top="0.98425196850393704" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="52" fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="55" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="1" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor indexed="13"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:BN110"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A73" zoomScale="75" workbookViewId="0">
-      <selection activeCell="M21" sqref="M21"/>
+    <sheetView showGridLines="0" zoomScale="75" workbookViewId="0">
+      <selection activeCell="AW75" sqref="AW75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.42578125" customWidth="1"/>
     <col min="2" max="2" width="1.85546875" customWidth="1"/>
     <col min="3" max="25" width="3.7109375" customWidth="1"/>
     <col min="26" max="26" width="4.28515625" customWidth="1"/>
     <col min="27" max="42" width="3.7109375" customWidth="1"/>
     <col min="43" max="43" width="1.85546875" customWidth="1"/>
     <col min="44" max="44" width="13.28515625" customWidth="1"/>
     <col min="62" max="62" width="25" customWidth="1"/>
     <col min="64" max="64" width="5.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:66" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B2" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="6"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
     </row>
     <row r="3" spans="2:66" ht="91.5" customHeight="1">
-      <c r="B3" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ3" s="6"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="318"/>
+      <c r="D3" s="319"/>
+      <c r="E3" s="319"/>
+      <c r="F3" s="319"/>
+      <c r="G3" s="319"/>
+      <c r="H3" s="319"/>
+      <c r="I3" s="319"/>
+      <c r="J3" s="319"/>
+      <c r="K3" s="319"/>
+      <c r="L3" s="319"/>
+      <c r="M3" s="319"/>
+      <c r="N3" s="319"/>
+      <c r="O3" s="319"/>
+      <c r="P3" s="319"/>
+      <c r="Q3" s="319"/>
+      <c r="R3" s="319"/>
+      <c r="S3" s="319"/>
+      <c r="T3" s="319"/>
+      <c r="U3" s="319"/>
+      <c r="V3" s="319"/>
+      <c r="W3" s="319"/>
+      <c r="X3" s="319"/>
+      <c r="Y3" s="319"/>
+      <c r="Z3" s="319"/>
+      <c r="AA3" s="319"/>
+      <c r="AB3" s="319"/>
+      <c r="AC3" s="319"/>
+      <c r="AD3" s="319"/>
+      <c r="AE3" s="319"/>
+      <c r="AF3" s="319"/>
+      <c r="AG3" s="319"/>
+      <c r="AH3" s="319"/>
+      <c r="AI3" s="319"/>
+      <c r="AJ3" s="319"/>
+      <c r="AK3" s="319"/>
+      <c r="AL3" s="319"/>
+      <c r="AM3" s="319"/>
+      <c r="AN3" s="319"/>
+      <c r="AO3" s="319"/>
+      <c r="AP3" s="320"/>
+      <c r="AQ3" s="5"/>
     </row>
     <row r="4" spans="2:66" ht="43.5" customHeight="1">
-      <c r="B4" s="6"/>
-      <c r="C4" s="557" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="491" t="s">
         <v>298</v>
       </c>
-      <c r="D4" s="558"/>
-[...42 lines deleted...]
-      <c r="C5" s="299" t="s">
+      <c r="D4" s="492"/>
+      <c r="E4" s="492"/>
+      <c r="F4" s="492"/>
+      <c r="G4" s="492"/>
+      <c r="H4" s="492"/>
+      <c r="I4" s="492"/>
+      <c r="J4" s="492"/>
+      <c r="K4" s="492"/>
+      <c r="L4" s="492"/>
+      <c r="M4" s="492"/>
+      <c r="N4" s="492"/>
+      <c r="O4" s="492"/>
+      <c r="P4" s="492"/>
+      <c r="Q4" s="492"/>
+      <c r="R4" s="492"/>
+      <c r="S4" s="492"/>
+      <c r="T4" s="492"/>
+      <c r="U4" s="492"/>
+      <c r="V4" s="492"/>
+      <c r="W4" s="492"/>
+      <c r="X4" s="492"/>
+      <c r="Y4" s="492"/>
+      <c r="Z4" s="492"/>
+      <c r="AA4" s="492"/>
+      <c r="AB4" s="492"/>
+      <c r="AC4" s="492"/>
+      <c r="AD4" s="492"/>
+      <c r="AE4" s="492"/>
+      <c r="AF4" s="492"/>
+      <c r="AG4" s="492"/>
+      <c r="AH4" s="492"/>
+      <c r="AI4" s="492"/>
+      <c r="AJ4" s="492"/>
+      <c r="AK4" s="492"/>
+      <c r="AL4" s="492"/>
+      <c r="AM4" s="492"/>
+      <c r="AN4" s="492"/>
+      <c r="AO4" s="492"/>
+      <c r="AP4" s="493"/>
+      <c r="AQ4" s="5"/>
+    </row>
+    <row r="5" spans="2:66" s="28" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B5" s="11"/>
+      <c r="C5" s="192" t="s">
         <v>135</v>
       </c>
-      <c r="D5" s="300"/>
-[...2 lines deleted...]
-      <c r="G5" s="380">
+      <c r="D5" s="193"/>
+      <c r="E5" s="193"/>
+      <c r="F5" s="193"/>
+      <c r="G5" s="330">
         <f>'Særskilt vedtak'!AB80</f>
         <v>0</v>
       </c>
-      <c r="H5" s="380"/>
-[...9 lines deleted...]
-      <c r="R5" s="299" t="s">
+      <c r="H5" s="330"/>
+      <c r="I5" s="330"/>
+      <c r="J5" s="330"/>
+      <c r="K5" s="330"/>
+      <c r="L5" s="330"/>
+      <c r="M5" s="330"/>
+      <c r="N5" s="330"/>
+      <c r="O5" s="330"/>
+      <c r="P5" s="330"/>
+      <c r="Q5" s="336"/>
+      <c r="R5" s="192" t="s">
         <v>2</v>
       </c>
-      <c r="S5" s="300"/>
-[...2 lines deleted...]
-      <c r="V5" s="380">
+      <c r="S5" s="193"/>
+      <c r="T5" s="193"/>
+      <c r="U5" s="193"/>
+      <c r="V5" s="330">
         <f>'Særskilt vedtak'!F15</f>
         <v>0</v>
       </c>
-      <c r="W5" s="380"/>
-[...23 lines deleted...]
-      <c r="C6" s="299" t="s">
+      <c r="W5" s="330"/>
+      <c r="X5" s="330"/>
+      <c r="Y5" s="330"/>
+      <c r="Z5" s="330"/>
+      <c r="AA5" s="330"/>
+      <c r="AB5" s="330"/>
+      <c r="AC5" s="330"/>
+      <c r="AD5" s="330"/>
+      <c r="AE5" s="330"/>
+      <c r="AF5" s="330"/>
+      <c r="AG5" s="44"/>
+      <c r="AH5" s="44"/>
+      <c r="AI5" s="44"/>
+      <c r="AJ5" s="44"/>
+      <c r="AK5" s="44"/>
+      <c r="AL5" s="44"/>
+      <c r="AM5" s="44"/>
+      <c r="AN5" s="44"/>
+      <c r="AO5" s="44"/>
+      <c r="AP5" s="45"/>
+      <c r="AQ5" s="11"/>
+    </row>
+    <row r="6" spans="2:66" s="28" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B6" s="11"/>
+      <c r="C6" s="192" t="s">
         <v>159</v>
       </c>
-      <c r="D6" s="300"/>
-[...2 lines deleted...]
-      <c r="G6" s="380" t="str">
+      <c r="D6" s="193"/>
+      <c r="E6" s="193"/>
+      <c r="F6" s="193"/>
+      <c r="G6" s="330" t="str">
         <f>'Særskilt vedtak'!F14</f>
         <v>Velg</v>
       </c>
-      <c r="H6" s="380"/>
-[...9 lines deleted...]
-      <c r="R6" s="299" t="s">
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="330"/>
+      <c r="M6" s="330"/>
+      <c r="N6" s="330"/>
+      <c r="O6" s="330"/>
+      <c r="P6" s="330"/>
+      <c r="Q6" s="336"/>
+      <c r="R6" s="192" t="s">
         <v>45</v>
       </c>
-      <c r="S6" s="300"/>
-[...2 lines deleted...]
-      <c r="V6" s="556">
+      <c r="S6" s="193"/>
+      <c r="T6" s="193"/>
+      <c r="U6" s="193"/>
+      <c r="V6" s="490">
         <f>'Særskilt vedtak'!N80</f>
         <v>0</v>
       </c>
-      <c r="W6" s="380"/>
-[...67 lines deleted...]
-      <c r="C8" s="299" t="s">
+      <c r="W6" s="330"/>
+      <c r="X6" s="330"/>
+      <c r="Y6" s="330"/>
+      <c r="Z6" s="330"/>
+      <c r="AA6" s="330"/>
+      <c r="AB6" s="330"/>
+      <c r="AC6" s="330"/>
+      <c r="AD6" s="330"/>
+      <c r="AE6" s="330"/>
+      <c r="AF6" s="330"/>
+      <c r="AG6" s="44"/>
+      <c r="AH6" s="44"/>
+      <c r="AI6" s="44"/>
+      <c r="AJ6" s="44"/>
+      <c r="AK6" s="44"/>
+      <c r="AL6" s="44"/>
+      <c r="AM6" s="44"/>
+      <c r="AN6" s="44"/>
+      <c r="AO6" s="44"/>
+      <c r="AP6" s="45"/>
+      <c r="AQ6" s="11"/>
+    </row>
+    <row r="7" spans="2:66" s="28" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B7" s="11"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="44"/>
+      <c r="E7" s="44"/>
+      <c r="F7" s="44"/>
+      <c r="G7" s="44"/>
+      <c r="H7" s="44"/>
+      <c r="I7" s="44"/>
+      <c r="J7" s="44"/>
+      <c r="K7" s="44"/>
+      <c r="L7" s="44"/>
+      <c r="M7" s="44"/>
+      <c r="N7" s="44"/>
+      <c r="O7" s="44"/>
+      <c r="P7" s="44"/>
+      <c r="Q7" s="44"/>
+      <c r="R7" s="44"/>
+      <c r="S7" s="44"/>
+      <c r="T7" s="44"/>
+      <c r="U7" s="44"/>
+      <c r="V7" s="44"/>
+      <c r="W7" s="44"/>
+      <c r="X7" s="44"/>
+      <c r="Y7" s="44"/>
+      <c r="Z7" s="44"/>
+      <c r="AA7" s="44"/>
+      <c r="AB7" s="44"/>
+      <c r="AC7" s="44"/>
+      <c r="AD7" s="44"/>
+      <c r="AE7" s="44"/>
+      <c r="AF7" s="44"/>
+      <c r="AG7" s="44"/>
+      <c r="AH7" s="44"/>
+      <c r="AI7" s="44"/>
+      <c r="AJ7" s="44"/>
+      <c r="AK7" s="44"/>
+      <c r="AL7" s="44"/>
+      <c r="AM7" s="44"/>
+      <c r="AN7" s="44"/>
+      <c r="AO7" s="44"/>
+      <c r="AP7" s="45"/>
+      <c r="AQ7" s="11"/>
+    </row>
+    <row r="8" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B8" s="30"/>
+      <c r="C8" s="192" t="s">
         <v>39</v>
       </c>
-      <c r="D8" s="300"/>
-[...2 lines deleted...]
-      <c r="G8" s="380">
+      <c r="D8" s="193"/>
+      <c r="E8" s="193"/>
+      <c r="F8" s="193"/>
+      <c r="G8" s="330">
         <f>Risikovurdering!G5</f>
         <v>0</v>
       </c>
-      <c r="H8" s="380"/>
-[...3 lines deleted...]
-      <c r="L8" s="300" t="s">
+      <c r="H8" s="330"/>
+      <c r="I8" s="330"/>
+      <c r="J8" s="330"/>
+      <c r="K8" s="330"/>
+      <c r="L8" s="193" t="s">
         <v>136</v>
       </c>
-      <c r="M8" s="300"/>
-[...2 lines deleted...]
-      <c r="P8" s="380">
+      <c r="M8" s="193"/>
+      <c r="N8" s="193"/>
+      <c r="O8" s="193"/>
+      <c r="P8" s="330">
         <f>Risikovurdering!P5</f>
         <v>0</v>
       </c>
-      <c r="Q8" s="380"/>
-[...9 lines deleted...]
-      <c r="AA8" s="300" t="s">
+      <c r="Q8" s="330"/>
+      <c r="R8" s="330"/>
+      <c r="S8" s="330"/>
+      <c r="T8" s="330"/>
+      <c r="U8" s="330"/>
+      <c r="V8" s="330"/>
+      <c r="W8" s="330"/>
+      <c r="X8" s="330"/>
+      <c r="Y8" s="330"/>
+      <c r="Z8" s="330"/>
+      <c r="AA8" s="193" t="s">
         <v>43</v>
       </c>
-      <c r="AB8" s="300"/>
-[...2 lines deleted...]
-      <c r="AE8" s="380">
+      <c r="AB8" s="193"/>
+      <c r="AC8" s="193"/>
+      <c r="AD8" s="193"/>
+      <c r="AE8" s="330">
         <f>Risikovurdering!AE5</f>
         <v>0</v>
       </c>
-      <c r="AF8" s="380"/>
-[...19 lines deleted...]
-      <c r="C9" s="299" t="s">
+      <c r="AF8" s="330"/>
+      <c r="AG8" s="330"/>
+      <c r="AH8" s="330"/>
+      <c r="AI8" s="330"/>
+      <c r="AJ8" s="330"/>
+      <c r="AK8" s="330"/>
+      <c r="AL8" s="330"/>
+      <c r="AM8" s="330"/>
+      <c r="AN8" s="330"/>
+      <c r="AO8" s="330"/>
+      <c r="AP8" s="336"/>
+      <c r="AQ8" s="30"/>
+      <c r="BJ8" s="47"/>
+      <c r="BK8" s="47"/>
+      <c r="BL8" s="48"/>
+      <c r="BM8" s="48"/>
+      <c r="BN8" s="49"/>
+    </row>
+    <row r="9" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B9" s="30"/>
+      <c r="C9" s="192" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="300"/>
-[...2 lines deleted...]
-      <c r="G9" s="380">
+      <c r="D9" s="193"/>
+      <c r="E9" s="193"/>
+      <c r="F9" s="193"/>
+      <c r="G9" s="330">
         <f>Risikovurdering!G6</f>
         <v>0</v>
       </c>
-      <c r="H9" s="380"/>
-[...3 lines deleted...]
-      <c r="L9" s="300" t="s">
+      <c r="H9" s="330"/>
+      <c r="I9" s="330"/>
+      <c r="J9" s="330"/>
+      <c r="K9" s="330"/>
+      <c r="L9" s="193" t="s">
         <v>118</v>
       </c>
-      <c r="M9" s="300"/>
-[...2 lines deleted...]
-      <c r="P9" s="380">
+      <c r="M9" s="193"/>
+      <c r="N9" s="193"/>
+      <c r="O9" s="193"/>
+      <c r="P9" s="330">
         <f>Risikovurdering!P6</f>
         <v>0</v>
       </c>
-      <c r="Q9" s="380"/>
-[...9 lines deleted...]
-      <c r="AA9" s="300" t="s">
+      <c r="Q9" s="330"/>
+      <c r="R9" s="330"/>
+      <c r="S9" s="330"/>
+      <c r="T9" s="330"/>
+      <c r="U9" s="330"/>
+      <c r="V9" s="330"/>
+      <c r="W9" s="330"/>
+      <c r="X9" s="330"/>
+      <c r="Y9" s="330"/>
+      <c r="Z9" s="330"/>
+      <c r="AA9" s="193" t="s">
         <v>119</v>
       </c>
-      <c r="AB9" s="300"/>
-[...2 lines deleted...]
-      <c r="AE9" s="380">
+      <c r="AB9" s="193"/>
+      <c r="AC9" s="193"/>
+      <c r="AD9" s="193"/>
+      <c r="AE9" s="330">
         <f>Risikovurdering!AE6</f>
         <v>0</v>
       </c>
-      <c r="AF9" s="380"/>
-[...19 lines deleted...]
-      <c r="C10" s="299" t="s">
+      <c r="AF9" s="330"/>
+      <c r="AG9" s="330"/>
+      <c r="AH9" s="330"/>
+      <c r="AI9" s="330"/>
+      <c r="AJ9" s="330"/>
+      <c r="AK9" s="330"/>
+      <c r="AL9" s="330"/>
+      <c r="AM9" s="330"/>
+      <c r="AN9" s="330"/>
+      <c r="AO9" s="330"/>
+      <c r="AP9" s="336"/>
+      <c r="AQ9" s="30"/>
+      <c r="BJ9" s="47"/>
+      <c r="BK9" s="47"/>
+      <c r="BL9" s="49"/>
+      <c r="BM9" s="49"/>
+      <c r="BN9" s="49"/>
+    </row>
+    <row r="10" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B10" s="30"/>
+      <c r="C10" s="192" t="s">
         <v>41</v>
       </c>
-      <c r="D10" s="300"/>
-[...2 lines deleted...]
-      <c r="G10" s="380">
+      <c r="D10" s="193"/>
+      <c r="E10" s="193"/>
+      <c r="F10" s="193"/>
+      <c r="G10" s="330">
         <f>Risikovurdering!G7</f>
         <v>0</v>
       </c>
-      <c r="H10" s="380"/>
-[...18 lines deleted...]
-      <c r="AA10" s="300" t="s">
+      <c r="H10" s="330"/>
+      <c r="I10" s="330"/>
+      <c r="J10" s="330"/>
+      <c r="K10" s="330"/>
+      <c r="L10" s="330"/>
+      <c r="M10" s="330"/>
+      <c r="N10" s="330"/>
+      <c r="O10" s="330"/>
+      <c r="P10" s="330"/>
+      <c r="Q10" s="330"/>
+      <c r="R10" s="330"/>
+      <c r="S10" s="330"/>
+      <c r="T10" s="330"/>
+      <c r="U10" s="330"/>
+      <c r="V10" s="330"/>
+      <c r="W10" s="330"/>
+      <c r="X10" s="330"/>
+      <c r="Y10" s="330"/>
+      <c r="Z10" s="330"/>
+      <c r="AA10" s="193" t="s">
         <v>49</v>
       </c>
-      <c r="AB10" s="300"/>
-[...2 lines deleted...]
-      <c r="AE10" s="380">
+      <c r="AB10" s="193"/>
+      <c r="AC10" s="193"/>
+      <c r="AD10" s="193"/>
+      <c r="AE10" s="330">
         <f>Risikovurdering!AE7</f>
         <v>0</v>
       </c>
-      <c r="AF10" s="380"/>
-[...19 lines deleted...]
-      <c r="C11" s="299" t="s">
+      <c r="AF10" s="330"/>
+      <c r="AG10" s="330"/>
+      <c r="AH10" s="330"/>
+      <c r="AI10" s="330"/>
+      <c r="AJ10" s="330"/>
+      <c r="AK10" s="330"/>
+      <c r="AL10" s="330"/>
+      <c r="AM10" s="330"/>
+      <c r="AN10" s="330"/>
+      <c r="AO10" s="330"/>
+      <c r="AP10" s="336"/>
+      <c r="AQ10" s="30"/>
+      <c r="BJ10" s="47"/>
+      <c r="BK10" s="47"/>
+      <c r="BL10" s="49"/>
+      <c r="BM10" s="49"/>
+      <c r="BN10" s="49"/>
+    </row>
+    <row r="11" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B11" s="30"/>
+      <c r="C11" s="192" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="300"/>
-[...7 lines deleted...]
-      <c r="L11" s="380">
+      <c r="D11" s="193"/>
+      <c r="E11" s="193"/>
+      <c r="F11" s="193"/>
+      <c r="G11" s="193"/>
+      <c r="H11" s="193"/>
+      <c r="I11" s="193"/>
+      <c r="J11" s="193"/>
+      <c r="K11" s="193"/>
+      <c r="L11" s="330">
         <f>Risikovurdering!L8</f>
         <v>0</v>
       </c>
-      <c r="M11" s="440"/>
-[...38 lines deleted...]
-      <c r="C12" s="426" t="s">
+      <c r="M11" s="408"/>
+      <c r="N11" s="408"/>
+      <c r="O11" s="408"/>
+      <c r="P11" s="408"/>
+      <c r="Q11" s="408"/>
+      <c r="R11" s="408"/>
+      <c r="S11" s="408"/>
+      <c r="T11" s="408"/>
+      <c r="U11" s="408"/>
+      <c r="V11" s="408"/>
+      <c r="W11" s="408"/>
+      <c r="X11" s="408"/>
+      <c r="Y11" s="408"/>
+      <c r="Z11" s="408"/>
+      <c r="AA11" s="408"/>
+      <c r="AB11" s="408"/>
+      <c r="AC11" s="408"/>
+      <c r="AD11" s="408"/>
+      <c r="AE11" s="408"/>
+      <c r="AF11" s="408"/>
+      <c r="AG11" s="408"/>
+      <c r="AH11" s="408"/>
+      <c r="AI11" s="408"/>
+      <c r="AJ11" s="408"/>
+      <c r="AK11" s="408"/>
+      <c r="AL11" s="408"/>
+      <c r="AM11" s="408"/>
+      <c r="AN11" s="408"/>
+      <c r="AO11" s="408"/>
+      <c r="AP11" s="409"/>
+      <c r="AQ11" s="30"/>
+      <c r="BJ11" s="47"/>
+      <c r="BK11" s="47"/>
+      <c r="BL11" s="49"/>
+      <c r="BM11" s="49"/>
+      <c r="BN11" s="49"/>
+    </row>
+    <row r="12" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B12" s="30"/>
+      <c r="C12" s="334" t="s">
         <v>137</v>
       </c>
-      <c r="D12" s="399"/>
-[...24 lines deleted...]
-      <c r="AC12" s="426" t="s">
+      <c r="D12" s="324"/>
+      <c r="E12" s="324"/>
+      <c r="F12" s="324"/>
+      <c r="G12" s="324"/>
+      <c r="H12" s="324"/>
+      <c r="I12" s="324"/>
+      <c r="J12" s="324"/>
+      <c r="K12" s="324"/>
+      <c r="L12" s="324"/>
+      <c r="M12" s="324"/>
+      <c r="N12" s="324"/>
+      <c r="O12" s="324"/>
+      <c r="P12" s="324"/>
+      <c r="Q12" s="324"/>
+      <c r="R12" s="324"/>
+      <c r="S12" s="324"/>
+      <c r="T12" s="324"/>
+      <c r="U12" s="324"/>
+      <c r="V12" s="324"/>
+      <c r="W12" s="324"/>
+      <c r="X12" s="324"/>
+      <c r="Y12" s="324"/>
+      <c r="Z12" s="324"/>
+      <c r="AA12" s="324"/>
+      <c r="AB12" s="324"/>
+      <c r="AC12" s="334" t="s">
         <v>138</v>
       </c>
-      <c r="AD12" s="399"/>
-[...21 lines deleted...]
-      <c r="C13" s="422" t="s">
+      <c r="AD12" s="324"/>
+      <c r="AE12" s="324"/>
+      <c r="AF12" s="324"/>
+      <c r="AG12" s="324"/>
+      <c r="AH12" s="324"/>
+      <c r="AI12" s="324"/>
+      <c r="AJ12" s="324"/>
+      <c r="AK12" s="324"/>
+      <c r="AL12" s="324"/>
+      <c r="AM12" s="324"/>
+      <c r="AN12" s="324"/>
+      <c r="AO12" s="324"/>
+      <c r="AP12" s="335"/>
+      <c r="AQ12" s="30"/>
+      <c r="BJ12" s="47"/>
+      <c r="BK12" s="47"/>
+      <c r="BL12" s="49"/>
+      <c r="BM12" s="49"/>
+      <c r="BN12" s="49"/>
+    </row>
+    <row r="13" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B13" s="30"/>
+      <c r="C13" s="329" t="s">
         <v>139</v>
       </c>
-      <c r="D13" s="421"/>
-[...1 lines deleted...]
-      <c r="F13" s="550">
+      <c r="D13" s="328"/>
+      <c r="E13" s="328"/>
+      <c r="F13" s="496">
         <f>Risikovurdering!F12</f>
         <v>0</v>
       </c>
-      <c r="G13" s="550"/>
-      <c r="H13" s="380">
+      <c r="G13" s="496"/>
+      <c r="H13" s="330">
         <f>Risikovurdering!H12</f>
         <v>0</v>
       </c>
-      <c r="I13" s="380"/>
-[...3 lines deleted...]
-      <c r="M13" s="380">
+      <c r="I13" s="330"/>
+      <c r="J13" s="330"/>
+      <c r="K13" s="330"/>
+      <c r="L13" s="330"/>
+      <c r="M13" s="330">
         <f>Risikovurdering!M12</f>
         <v>0</v>
       </c>
-      <c r="N13" s="380"/>
-[...1 lines deleted...]
-      <c r="P13" s="420" t="s">
+      <c r="N13" s="330"/>
+      <c r="O13" s="330"/>
+      <c r="P13" s="327" t="s">
         <v>140</v>
       </c>
-      <c r="Q13" s="421"/>
-[...1 lines deleted...]
-      <c r="S13" s="550">
+      <c r="Q13" s="328"/>
+      <c r="R13" s="328"/>
+      <c r="S13" s="496">
         <f>Risikovurdering!S12</f>
         <v>0</v>
       </c>
-      <c r="T13" s="550"/>
-      <c r="U13" s="380">
+      <c r="T13" s="496"/>
+      <c r="U13" s="330">
         <f>Risikovurdering!U12</f>
         <v>0</v>
       </c>
-      <c r="V13" s="380"/>
-[...3 lines deleted...]
-      <c r="Z13" s="380">
+      <c r="V13" s="330"/>
+      <c r="W13" s="330"/>
+      <c r="X13" s="330"/>
+      <c r="Y13" s="330"/>
+      <c r="Z13" s="330">
         <f>Risikovurdering!Z12</f>
         <v>0</v>
       </c>
-      <c r="AA13" s="380"/>
-[...1 lines deleted...]
-      <c r="AC13" s="551" t="s">
+      <c r="AA13" s="330"/>
+      <c r="AB13" s="330"/>
+      <c r="AC13" s="498" t="s">
         <v>141</v>
       </c>
-      <c r="AD13" s="552"/>
-[...5 lines deleted...]
-      <c r="AJ13" s="421" t="s">
+      <c r="AD13" s="499"/>
+      <c r="AE13" s="327"/>
+      <c r="AF13" s="500"/>
+      <c r="AG13" s="501"/>
+      <c r="AH13" s="501"/>
+      <c r="AI13" s="501"/>
+      <c r="AJ13" s="328" t="s">
         <v>142</v>
       </c>
-      <c r="AK13" s="421"/>
-[...14 lines deleted...]
-      <c r="C14" s="299" t="s">
+      <c r="AK13" s="328"/>
+      <c r="AL13" s="328"/>
+      <c r="AM13" s="500"/>
+      <c r="AN13" s="501"/>
+      <c r="AO13" s="501"/>
+      <c r="AP13" s="502"/>
+      <c r="AQ13" s="30"/>
+      <c r="BJ13" s="47"/>
+      <c r="BK13" s="47"/>
+      <c r="BL13" s="49"/>
+      <c r="BM13" s="49"/>
+      <c r="BN13" s="49"/>
+    </row>
+    <row r="14" spans="2:66" s="4" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B14" s="30"/>
+      <c r="C14" s="192" t="s">
         <v>143</v>
       </c>
-      <c r="D14" s="300"/>
-[...4 lines deleted...]
-      <c r="I14" s="180">
+      <c r="D14" s="193"/>
+      <c r="E14" s="193"/>
+      <c r="F14" s="193"/>
+      <c r="G14" s="193"/>
+      <c r="H14" s="193"/>
+      <c r="I14" s="160">
         <f>Risikovurdering!H10</f>
         <v>0</v>
       </c>
-      <c r="J14" s="180"/>
-[...9 lines deleted...]
-      <c r="T14" s="421" t="s">
+      <c r="J14" s="160"/>
+      <c r="K14" s="160"/>
+      <c r="L14" s="160"/>
+      <c r="M14" s="160"/>
+      <c r="N14" s="160"/>
+      <c r="O14" s="160"/>
+      <c r="P14" s="160"/>
+      <c r="Q14" s="160"/>
+      <c r="R14" s="69"/>
+      <c r="S14" s="69"/>
+      <c r="T14" s="328" t="s">
         <v>295</v>
       </c>
-      <c r="U14" s="421"/>
-      <c r="V14" s="547">
+      <c r="U14" s="328"/>
+      <c r="V14" s="330">
         <f>Risikovurdering!AC10</f>
         <v>0</v>
       </c>
-      <c r="W14" s="547"/>
-[...9 lines deleted...]
-      <c r="AG14" s="548">
+      <c r="W14" s="330"/>
+      <c r="X14" s="330"/>
+      <c r="Y14" s="330"/>
+      <c r="Z14" s="330"/>
+      <c r="AA14" s="330"/>
+      <c r="AB14" s="330"/>
+      <c r="AC14" s="330"/>
+      <c r="AD14" s="330"/>
+      <c r="AE14" s="330"/>
+      <c r="AF14" s="330"/>
+      <c r="AG14" s="496">
         <f>Risikovurdering!AC11</f>
         <v>0</v>
       </c>
-      <c r="AH14" s="548"/>
-[...13 lines deleted...]
-      <c r="BN14" s="55"/>
+      <c r="AH14" s="496"/>
+      <c r="AI14" s="496"/>
+      <c r="AJ14" s="496"/>
+      <c r="AK14" s="496"/>
+      <c r="AL14" s="496"/>
+      <c r="AM14" s="496"/>
+      <c r="AN14" s="496"/>
+      <c r="AO14" s="496"/>
+      <c r="AP14" s="497"/>
+      <c r="AQ14" s="30"/>
+      <c r="BJ14" s="47"/>
+      <c r="BK14" s="47"/>
+      <c r="BL14" s="49"/>
+      <c r="BM14" s="49"/>
+      <c r="BN14" s="49"/>
     </row>
     <row r="15" spans="2:66" ht="22.5" customHeight="1" thickBot="1">
-      <c r="B15" s="6"/>
-      <c r="C15" s="544" t="s">
+      <c r="B15" s="5"/>
+      <c r="C15" s="494" t="s">
         <v>104</v>
       </c>
-      <c r="D15" s="253"/>
-[...4 lines deleted...]
-      <c r="I15" s="545">
+      <c r="D15" s="256"/>
+      <c r="E15" s="256"/>
+      <c r="F15" s="256"/>
+      <c r="G15" s="256"/>
+      <c r="H15" s="256"/>
+      <c r="I15" s="397">
         <f>Risikovurdering!L9</f>
         <v>0</v>
       </c>
-      <c r="J15" s="545"/>
-[...12 lines deleted...]
-      <c r="W15" s="253" t="s">
+      <c r="J15" s="397"/>
+      <c r="K15" s="397"/>
+      <c r="L15" s="397"/>
+      <c r="M15" s="397"/>
+      <c r="N15" s="397"/>
+      <c r="O15" s="397"/>
+      <c r="P15" s="397"/>
+      <c r="Q15" s="397"/>
+      <c r="R15" s="397"/>
+      <c r="S15" s="397"/>
+      <c r="T15" s="397"/>
+      <c r="U15" s="397"/>
+      <c r="V15" s="397"/>
+      <c r="W15" s="256" t="s">
         <v>292</v>
       </c>
-      <c r="X15" s="253"/>
-[...2 lines deleted...]
-      <c r="AA15" s="545">
+      <c r="X15" s="256"/>
+      <c r="Y15" s="256"/>
+      <c r="Z15" s="256"/>
+      <c r="AA15" s="397">
         <f>Risikovurdering!AD9</f>
         <v>0</v>
       </c>
-      <c r="AB15" s="545"/>
-[...19 lines deleted...]
-      <c r="BN15" s="57"/>
+      <c r="AB15" s="397"/>
+      <c r="AC15" s="397"/>
+      <c r="AD15" s="397"/>
+      <c r="AE15" s="397"/>
+      <c r="AF15" s="397"/>
+      <c r="AG15" s="397"/>
+      <c r="AH15" s="397"/>
+      <c r="AI15" s="397"/>
+      <c r="AJ15" s="397"/>
+      <c r="AK15" s="397"/>
+      <c r="AL15" s="397"/>
+      <c r="AM15" s="397"/>
+      <c r="AN15" s="397"/>
+      <c r="AO15" s="397"/>
+      <c r="AP15" s="495"/>
+      <c r="AQ15" s="5"/>
+      <c r="BJ15" s="50"/>
+      <c r="BK15" s="50"/>
+      <c r="BL15" s="51"/>
+      <c r="BM15" s="51"/>
+      <c r="BN15" s="51"/>
     </row>
     <row r="16" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B16" s="6"/>
-[...45 lines deleted...]
-      <c r="BN16" s="57"/>
+      <c r="B16" s="5"/>
+      <c r="C16" s="115"/>
+      <c r="D16" s="115"/>
+      <c r="E16" s="115"/>
+      <c r="F16" s="115"/>
+      <c r="G16" s="115"/>
+      <c r="H16" s="115"/>
+      <c r="I16" s="115"/>
+      <c r="J16" s="115"/>
+      <c r="K16" s="115"/>
+      <c r="L16" s="115"/>
+      <c r="M16" s="115"/>
+      <c r="N16" s="115"/>
+      <c r="O16" s="115"/>
+      <c r="P16" s="115"/>
+      <c r="Q16" s="115"/>
+      <c r="R16" s="115"/>
+      <c r="S16" s="115"/>
+      <c r="T16" s="115"/>
+      <c r="U16" s="115"/>
+      <c r="V16" s="115"/>
+      <c r="W16" s="115"/>
+      <c r="X16" s="115"/>
+      <c r="Y16" s="115"/>
+      <c r="Z16" s="115"/>
+      <c r="AA16" s="115"/>
+      <c r="AB16" s="115"/>
+      <c r="AC16" s="115"/>
+      <c r="AD16" s="115"/>
+      <c r="AE16" s="115"/>
+      <c r="AF16" s="115"/>
+      <c r="AG16" s="115"/>
+      <c r="AH16" s="115"/>
+      <c r="AI16" s="115"/>
+      <c r="AJ16" s="115"/>
+      <c r="AK16" s="115"/>
+      <c r="AL16" s="115"/>
+      <c r="AM16" s="115"/>
+      <c r="AN16" s="115"/>
+      <c r="AO16" s="115"/>
+      <c r="AP16" s="115"/>
+      <c r="AQ16" s="5"/>
+      <c r="BJ16" s="50"/>
+      <c r="BK16" s="50"/>
+      <c r="BL16" s="51"/>
+      <c r="BM16" s="51"/>
+      <c r="BN16" s="51"/>
     </row>
     <row r="17" spans="2:66" ht="18">
-      <c r="B17" s="6"/>
-      <c r="C17" s="365" t="s">
+      <c r="B17" s="5"/>
+      <c r="C17" s="355" t="s">
         <v>144</v>
       </c>
-      <c r="D17" s="355"/>
-[...43 lines deleted...]
-      <c r="BN17" s="57"/>
+      <c r="D17" s="354"/>
+      <c r="E17" s="354"/>
+      <c r="F17" s="354"/>
+      <c r="G17" s="354"/>
+      <c r="H17" s="354"/>
+      <c r="I17" s="354"/>
+      <c r="J17" s="354"/>
+      <c r="K17" s="354"/>
+      <c r="L17" s="354"/>
+      <c r="M17" s="354"/>
+      <c r="N17" s="354"/>
+      <c r="O17" s="355"/>
+      <c r="P17" s="355"/>
+      <c r="Q17" s="355"/>
+      <c r="R17" s="355"/>
+      <c r="S17" s="355"/>
+      <c r="T17" s="355"/>
+      <c r="U17" s="355"/>
+      <c r="V17" s="355"/>
+      <c r="W17" s="355"/>
+      <c r="X17" s="355"/>
+      <c r="Y17" s="355"/>
+      <c r="Z17" s="355"/>
+      <c r="AA17" s="355"/>
+      <c r="AB17" s="355"/>
+      <c r="AC17" s="355"/>
+      <c r="AD17" s="355"/>
+      <c r="AE17" s="355"/>
+      <c r="AF17" s="355"/>
+      <c r="AG17" s="355"/>
+      <c r="AH17" s="355"/>
+      <c r="AI17" s="355"/>
+      <c r="AJ17" s="355"/>
+      <c r="AK17" s="355"/>
+      <c r="AL17" s="355"/>
+      <c r="AM17" s="355"/>
+      <c r="AN17" s="355"/>
+      <c r="AO17" s="355"/>
+      <c r="AP17" s="355"/>
+      <c r="AQ17" s="5"/>
+      <c r="BJ17" s="50"/>
+      <c r="BK17" s="50"/>
+      <c r="BL17" s="51"/>
+      <c r="BM17" s="52"/>
+      <c r="BN17" s="51"/>
     </row>
     <row r="18" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B18" s="6"/>
-[...45 lines deleted...]
-      <c r="BN18" s="57"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="355"/>
+      <c r="D18" s="354"/>
+      <c r="E18" s="354"/>
+      <c r="F18" s="354"/>
+      <c r="G18" s="354"/>
+      <c r="H18" s="354"/>
+      <c r="I18" s="354"/>
+      <c r="J18" s="354"/>
+      <c r="K18" s="354"/>
+      <c r="L18" s="354"/>
+      <c r="M18" s="354"/>
+      <c r="N18" s="354"/>
+      <c r="O18" s="355"/>
+      <c r="P18" s="355"/>
+      <c r="Q18" s="355"/>
+      <c r="R18" s="355"/>
+      <c r="S18" s="355"/>
+      <c r="T18" s="355"/>
+      <c r="U18" s="355"/>
+      <c r="V18" s="355"/>
+      <c r="W18" s="355"/>
+      <c r="X18" s="355"/>
+      <c r="Y18" s="355"/>
+      <c r="Z18" s="355"/>
+      <c r="AA18" s="355"/>
+      <c r="AB18" s="355"/>
+      <c r="AC18" s="355"/>
+      <c r="AD18" s="355"/>
+      <c r="AE18" s="355"/>
+      <c r="AF18" s="355"/>
+      <c r="AG18" s="355"/>
+      <c r="AH18" s="355"/>
+      <c r="AI18" s="355"/>
+      <c r="AJ18" s="355"/>
+      <c r="AK18" s="355"/>
+      <c r="AL18" s="355"/>
+      <c r="AM18" s="355"/>
+      <c r="AN18" s="355"/>
+      <c r="AO18" s="355"/>
+      <c r="AP18" s="355"/>
+      <c r="AQ18" s="5"/>
+      <c r="BJ18" s="50"/>
+      <c r="BK18" s="50"/>
+      <c r="BL18" s="51"/>
+      <c r="BM18" s="52"/>
+      <c r="BN18" s="51"/>
     </row>
     <row r="19" spans="2:66" ht="20.25" customHeight="1" thickBot="1">
-      <c r="B19" s="6"/>
-      <c r="C19" s="376" t="s">
+      <c r="B19" s="5"/>
+      <c r="C19" s="371" t="s">
         <v>145</v>
       </c>
-      <c r="D19" s="376"/>
-[...12 lines deleted...]
-      <c r="Q19" s="376" t="s">
+      <c r="D19" s="371"/>
+      <c r="E19" s="371"/>
+      <c r="F19" s="371"/>
+      <c r="G19" s="371"/>
+      <c r="H19" s="371"/>
+      <c r="I19" s="371"/>
+      <c r="J19" s="371"/>
+      <c r="K19" s="371"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="31"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6"/>
+      <c r="Q19" s="371" t="s">
         <v>146</v>
       </c>
-      <c r="R19" s="376"/>
-[...29 lines deleted...]
-      <c r="BN19" s="57"/>
+      <c r="R19" s="371"/>
+      <c r="S19" s="371"/>
+      <c r="T19" s="371"/>
+      <c r="U19" s="371"/>
+      <c r="V19" s="371"/>
+      <c r="W19" s="371"/>
+      <c r="X19" s="371"/>
+      <c r="Y19" s="371"/>
+      <c r="Z19" s="9"/>
+      <c r="AA19" s="31"/>
+      <c r="AB19" s="9"/>
+      <c r="AC19" s="6"/>
+      <c r="AD19" s="6"/>
+      <c r="AE19" s="6"/>
+      <c r="AF19" s="6"/>
+      <c r="AG19" s="6"/>
+      <c r="AH19" s="6"/>
+      <c r="AI19" s="6"/>
+      <c r="AJ19" s="6"/>
+      <c r="AK19" s="6"/>
+      <c r="AL19" s="6"/>
+      <c r="AM19" s="6"/>
+      <c r="AN19" s="6"/>
+      <c r="AO19" s="6"/>
+      <c r="AP19" s="6"/>
+      <c r="AQ19" s="5"/>
+      <c r="BJ19" s="50"/>
+      <c r="BK19" s="50"/>
+      <c r="BL19" s="51"/>
+      <c r="BM19" s="52"/>
+      <c r="BN19" s="51"/>
     </row>
     <row r="20" spans="2:66" ht="7.5" customHeight="1" thickBot="1">
-      <c r="B20" s="6"/>
-[...45 lines deleted...]
-      <c r="BN20" s="57"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="53"/>
+      <c r="D20" s="53"/>
+      <c r="E20" s="53"/>
+      <c r="F20" s="53"/>
+      <c r="G20" s="53"/>
+      <c r="H20" s="53"/>
+      <c r="I20" s="53"/>
+      <c r="J20" s="53"/>
+      <c r="K20" s="53"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="9"/>
+      <c r="N20" s="9"/>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
+      <c r="Q20" s="53"/>
+      <c r="R20" s="53"/>
+      <c r="S20" s="53"/>
+      <c r="T20" s="53"/>
+      <c r="U20" s="53"/>
+      <c r="V20" s="53"/>
+      <c r="W20" s="53"/>
+      <c r="X20" s="53"/>
+      <c r="Y20" s="53"/>
+      <c r="Z20" s="9"/>
+      <c r="AA20" s="9"/>
+      <c r="AB20" s="9"/>
+      <c r="AC20" s="6"/>
+      <c r="AD20" s="6"/>
+      <c r="AE20" s="6"/>
+      <c r="AF20" s="6"/>
+      <c r="AG20" s="6"/>
+      <c r="AH20" s="6"/>
+      <c r="AI20" s="6"/>
+      <c r="AJ20" s="6"/>
+      <c r="AK20" s="6"/>
+      <c r="AL20" s="6"/>
+      <c r="AM20" s="6"/>
+      <c r="AN20" s="6"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="6"/>
+      <c r="AQ20" s="5"/>
+      <c r="BJ20" s="50"/>
+      <c r="BK20" s="50"/>
+      <c r="BL20" s="51"/>
+      <c r="BM20" s="52"/>
+      <c r="BN20" s="51"/>
     </row>
     <row r="21" spans="2:66" ht="20.25" customHeight="1" thickBot="1">
-      <c r="B21" s="6"/>
-      <c r="C21" s="376" t="s">
+      <c r="B21" s="5"/>
+      <c r="C21" s="371" t="s">
         <v>147</v>
       </c>
-      <c r="D21" s="376"/>
-[...12 lines deleted...]
-      <c r="Q21" s="376" t="s">
+      <c r="D21" s="371"/>
+      <c r="E21" s="371"/>
+      <c r="F21" s="371"/>
+      <c r="G21" s="371"/>
+      <c r="H21" s="371"/>
+      <c r="I21" s="371"/>
+      <c r="J21" s="371"/>
+      <c r="K21" s="371"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="31"/>
+      <c r="N21" s="9"/>
+      <c r="O21" s="6"/>
+      <c r="P21" s="6"/>
+      <c r="Q21" s="371" t="s">
         <v>148</v>
       </c>
-      <c r="R21" s="376"/>
-[...29 lines deleted...]
-      <c r="BN21" s="57"/>
+      <c r="R21" s="371"/>
+      <c r="S21" s="371"/>
+      <c r="T21" s="371"/>
+      <c r="U21" s="371"/>
+      <c r="V21" s="371"/>
+      <c r="W21" s="371"/>
+      <c r="X21" s="371"/>
+      <c r="Y21" s="371"/>
+      <c r="Z21" s="9"/>
+      <c r="AA21" s="31"/>
+      <c r="AB21" s="9"/>
+      <c r="AC21" s="6"/>
+      <c r="AD21" s="6"/>
+      <c r="AE21" s="6"/>
+      <c r="AF21" s="6"/>
+      <c r="AG21" s="6"/>
+      <c r="AH21" s="6"/>
+      <c r="AI21" s="6"/>
+      <c r="AJ21" s="6"/>
+      <c r="AK21" s="6"/>
+      <c r="AL21" s="6"/>
+      <c r="AM21" s="6"/>
+      <c r="AN21" s="6"/>
+      <c r="AO21" s="6"/>
+      <c r="AP21" s="6"/>
+      <c r="AQ21" s="5"/>
+      <c r="BJ21" s="50"/>
+      <c r="BK21" s="50"/>
+      <c r="BL21" s="51"/>
+      <c r="BM21" s="52"/>
+      <c r="BN21" s="51"/>
     </row>
     <row r="22" spans="2:66" ht="8.25" customHeight="1" thickBot="1">
-      <c r="B22" s="6"/>
-[...45 lines deleted...]
-      <c r="BN22" s="57"/>
+      <c r="B22" s="5"/>
+      <c r="C22" s="53"/>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
+      <c r="F22" s="53"/>
+      <c r="G22" s="53"/>
+      <c r="H22" s="53"/>
+      <c r="I22" s="53"/>
+      <c r="J22" s="53"/>
+      <c r="K22" s="53"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="9"/>
+      <c r="N22" s="9"/>
+      <c r="O22" s="6"/>
+      <c r="P22" s="6"/>
+      <c r="Q22" s="53"/>
+      <c r="R22" s="53"/>
+      <c r="S22" s="53"/>
+      <c r="T22" s="53"/>
+      <c r="U22" s="53"/>
+      <c r="V22" s="53"/>
+      <c r="W22" s="53"/>
+      <c r="X22" s="53"/>
+      <c r="Y22" s="53"/>
+      <c r="Z22" s="9"/>
+      <c r="AA22" s="9"/>
+      <c r="AB22" s="9"/>
+      <c r="AC22" s="6"/>
+      <c r="AD22" s="6"/>
+      <c r="AE22" s="6"/>
+      <c r="AF22" s="6"/>
+      <c r="AG22" s="6"/>
+      <c r="AH22" s="6"/>
+      <c r="AI22" s="6"/>
+      <c r="AJ22" s="6"/>
+      <c r="AK22" s="6"/>
+      <c r="AL22" s="6"/>
+      <c r="AM22" s="6"/>
+      <c r="AN22" s="6"/>
+      <c r="AO22" s="6"/>
+      <c r="AP22" s="6"/>
+      <c r="AQ22" s="5"/>
+      <c r="BJ22" s="50"/>
+      <c r="BK22" s="50"/>
+      <c r="BL22" s="51"/>
+      <c r="BM22" s="52"/>
+      <c r="BN22" s="51"/>
     </row>
     <row r="23" spans="2:66" ht="22.5" customHeight="1" thickBot="1">
-      <c r="B23" s="6"/>
-      <c r="C23" s="376" t="s">
+      <c r="B23" s="5"/>
+      <c r="C23" s="371" t="s">
         <v>149</v>
       </c>
-      <c r="D23" s="376"/>
-[...12 lines deleted...]
-      <c r="Q23" s="376" t="s">
+      <c r="D23" s="371"/>
+      <c r="E23" s="371"/>
+      <c r="F23" s="371"/>
+      <c r="G23" s="371"/>
+      <c r="H23" s="371"/>
+      <c r="I23" s="371"/>
+      <c r="J23" s="371"/>
+      <c r="K23" s="371"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="31"/>
+      <c r="N23" s="9"/>
+      <c r="O23" s="6"/>
+      <c r="P23" s="6"/>
+      <c r="Q23" s="371" t="s">
         <v>150</v>
       </c>
-      <c r="R23" s="376"/>
-[...29 lines deleted...]
-      <c r="BN23" s="57"/>
+      <c r="R23" s="371"/>
+      <c r="S23" s="371"/>
+      <c r="T23" s="371"/>
+      <c r="U23" s="371"/>
+      <c r="V23" s="371"/>
+      <c r="W23" s="371"/>
+      <c r="X23" s="371"/>
+      <c r="Y23" s="371"/>
+      <c r="Z23" s="9"/>
+      <c r="AA23" s="31"/>
+      <c r="AB23" s="9"/>
+      <c r="AC23" s="6"/>
+      <c r="AD23" s="6"/>
+      <c r="AE23" s="6"/>
+      <c r="AF23" s="6"/>
+      <c r="AG23" s="6"/>
+      <c r="AH23" s="6"/>
+      <c r="AI23" s="6"/>
+      <c r="AJ23" s="6"/>
+      <c r="AK23" s="6"/>
+      <c r="AL23" s="6"/>
+      <c r="AM23" s="6"/>
+      <c r="AN23" s="6"/>
+      <c r="AO23" s="6"/>
+      <c r="AP23" s="6"/>
+      <c r="AQ23" s="5"/>
+      <c r="BJ23" s="50"/>
+      <c r="BK23" s="50"/>
+      <c r="BL23" s="51"/>
+      <c r="BM23" s="52"/>
+      <c r="BN23" s="51"/>
     </row>
     <row r="24" spans="2:66" ht="21" customHeight="1">
-      <c r="B24" s="6"/>
-[...45 lines deleted...]
-      <c r="BN24" s="58"/>
+      <c r="B24" s="5"/>
+      <c r="C24" s="43"/>
+      <c r="D24" s="43"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="43"/>
+      <c r="G24" s="53"/>
+      <c r="H24" s="53"/>
+      <c r="I24" s="53"/>
+      <c r="J24" s="53"/>
+      <c r="K24" s="53"/>
+      <c r="L24" s="53"/>
+      <c r="M24" s="21"/>
+      <c r="N24" s="54"/>
+      <c r="O24" s="13"/>
+      <c r="P24" s="54"/>
+      <c r="Q24" s="54"/>
+      <c r="R24" s="54"/>
+      <c r="S24" s="54"/>
+      <c r="T24" s="54"/>
+      <c r="U24" s="54"/>
+      <c r="V24" s="54"/>
+      <c r="W24" s="54"/>
+      <c r="X24" s="54"/>
+      <c r="Y24" s="5"/>
+      <c r="Z24" s="5"/>
+      <c r="AA24" s="43"/>
+      <c r="AB24" s="53"/>
+      <c r="AC24" s="43"/>
+      <c r="AD24" s="43"/>
+      <c r="AE24" s="43"/>
+      <c r="AF24" s="43"/>
+      <c r="AG24" s="43"/>
+      <c r="AH24" s="43"/>
+      <c r="AI24" s="53"/>
+      <c r="AJ24" s="43"/>
+      <c r="AK24" s="6"/>
+      <c r="AL24" s="6"/>
+      <c r="AM24" s="6"/>
+      <c r="AN24" s="55"/>
+      <c r="AO24" s="6"/>
+      <c r="AP24" s="6"/>
+      <c r="AQ24" s="5"/>
+      <c r="BJ24" s="50"/>
+      <c r="BK24" s="50"/>
+      <c r="BL24" s="51"/>
+      <c r="BM24" s="52"/>
+      <c r="BN24" s="52"/>
     </row>
     <row r="25" spans="2:66" ht="18">
-      <c r="B25" s="6"/>
-      <c r="C25" s="365" t="s">
+      <c r="B25" s="5"/>
+      <c r="C25" s="355" t="s">
         <v>151</v>
       </c>
-      <c r="D25" s="355"/>
-[...43 lines deleted...]
-      <c r="BN25" s="57"/>
+      <c r="D25" s="354"/>
+      <c r="E25" s="354"/>
+      <c r="F25" s="354"/>
+      <c r="G25" s="354"/>
+      <c r="H25" s="354"/>
+      <c r="I25" s="354"/>
+      <c r="J25" s="354"/>
+      <c r="K25" s="354"/>
+      <c r="L25" s="354"/>
+      <c r="M25" s="354"/>
+      <c r="N25" s="354"/>
+      <c r="O25" s="355"/>
+      <c r="P25" s="355"/>
+      <c r="Q25" s="355"/>
+      <c r="R25" s="355"/>
+      <c r="S25" s="355"/>
+      <c r="T25" s="355"/>
+      <c r="U25" s="355"/>
+      <c r="V25" s="355"/>
+      <c r="W25" s="355"/>
+      <c r="X25" s="355"/>
+      <c r="Y25" s="355"/>
+      <c r="Z25" s="355"/>
+      <c r="AA25" s="355"/>
+      <c r="AB25" s="355"/>
+      <c r="AC25" s="355"/>
+      <c r="AD25" s="355"/>
+      <c r="AE25" s="355"/>
+      <c r="AF25" s="355"/>
+      <c r="AG25" s="355"/>
+      <c r="AH25" s="355"/>
+      <c r="AI25" s="355"/>
+      <c r="AJ25" s="355"/>
+      <c r="AK25" s="355"/>
+      <c r="AL25" s="355"/>
+      <c r="AM25" s="355"/>
+      <c r="AN25" s="355"/>
+      <c r="AO25" s="355"/>
+      <c r="AP25" s="355"/>
+      <c r="AQ25" s="5"/>
+      <c r="BJ25" s="50"/>
+      <c r="BK25" s="50"/>
+      <c r="BL25" s="51"/>
+      <c r="BM25" s="52"/>
+      <c r="BN25" s="51"/>
     </row>
     <row r="26" spans="2:66" ht="18.75" thickBot="1">
-      <c r="B26" s="6"/>
-[...45 lines deleted...]
-      <c r="BN26" s="57"/>
+      <c r="B26" s="5"/>
+      <c r="C26" s="355"/>
+      <c r="D26" s="354"/>
+      <c r="E26" s="354"/>
+      <c r="F26" s="354"/>
+      <c r="G26" s="354"/>
+      <c r="H26" s="354"/>
+      <c r="I26" s="354"/>
+      <c r="J26" s="354"/>
+      <c r="K26" s="354"/>
+      <c r="L26" s="354"/>
+      <c r="M26" s="354"/>
+      <c r="N26" s="354"/>
+      <c r="O26" s="355"/>
+      <c r="P26" s="355"/>
+      <c r="Q26" s="355"/>
+      <c r="R26" s="355"/>
+      <c r="S26" s="355"/>
+      <c r="T26" s="355"/>
+      <c r="U26" s="355"/>
+      <c r="V26" s="355"/>
+      <c r="W26" s="355"/>
+      <c r="X26" s="355"/>
+      <c r="Y26" s="355"/>
+      <c r="Z26" s="355"/>
+      <c r="AA26" s="355"/>
+      <c r="AB26" s="355"/>
+      <c r="AC26" s="355"/>
+      <c r="AD26" s="355"/>
+      <c r="AE26" s="355"/>
+      <c r="AF26" s="355"/>
+      <c r="AG26" s="355"/>
+      <c r="AH26" s="355"/>
+      <c r="AI26" s="355"/>
+      <c r="AJ26" s="355"/>
+      <c r="AK26" s="355"/>
+      <c r="AL26" s="355"/>
+      <c r="AM26" s="355"/>
+      <c r="AN26" s="355"/>
+      <c r="AO26" s="355"/>
+      <c r="AP26" s="355"/>
+      <c r="AQ26" s="5"/>
+      <c r="BJ26" s="50"/>
+      <c r="BK26" s="50"/>
+      <c r="BL26" s="51"/>
+      <c r="BM26" s="52"/>
+      <c r="BN26" s="51"/>
     </row>
     <row r="27" spans="2:66" ht="20.25" customHeight="1" thickBot="1">
-      <c r="B27" s="6"/>
-      <c r="C27" s="376" t="s">
+      <c r="B27" s="5"/>
+      <c r="C27" s="371" t="s">
         <v>152</v>
       </c>
-      <c r="D27" s="376"/>
-[...12 lines deleted...]
-      <c r="Q27" s="376" t="s">
+      <c r="D27" s="371"/>
+      <c r="E27" s="371"/>
+      <c r="F27" s="371"/>
+      <c r="G27" s="371"/>
+      <c r="H27" s="371"/>
+      <c r="I27" s="371"/>
+      <c r="J27" s="371"/>
+      <c r="K27" s="371"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="31"/>
+      <c r="N27" s="9"/>
+      <c r="O27" s="6"/>
+      <c r="P27" s="6"/>
+      <c r="Q27" s="371" t="s">
         <v>153</v>
       </c>
-      <c r="R27" s="543"/>
-[...29 lines deleted...]
-      <c r="BN27" s="57"/>
+      <c r="R27" s="503"/>
+      <c r="S27" s="503"/>
+      <c r="T27" s="503"/>
+      <c r="U27" s="503"/>
+      <c r="V27" s="503"/>
+      <c r="W27" s="503"/>
+      <c r="X27" s="503"/>
+      <c r="Y27" s="503"/>
+      <c r="Z27" s="9"/>
+      <c r="AA27" s="31"/>
+      <c r="AB27" s="9"/>
+      <c r="AC27" s="6"/>
+      <c r="AD27" s="6"/>
+      <c r="AE27" s="6"/>
+      <c r="AF27" s="6"/>
+      <c r="AG27" s="6"/>
+      <c r="AH27" s="6"/>
+      <c r="AI27" s="6"/>
+      <c r="AJ27" s="6"/>
+      <c r="AK27" s="6"/>
+      <c r="AL27" s="6"/>
+      <c r="AM27" s="6"/>
+      <c r="AN27" s="6"/>
+      <c r="AO27" s="6"/>
+      <c r="AP27" s="6"/>
+      <c r="AQ27" s="5"/>
+      <c r="BJ27" s="50"/>
+      <c r="BK27" s="50"/>
+      <c r="BL27" s="51"/>
+      <c r="BM27" s="52"/>
+      <c r="BN27" s="51"/>
     </row>
     <row r="28" spans="2:66" ht="7.5" customHeight="1" thickBot="1">
-      <c r="B28" s="6"/>
-[...45 lines deleted...]
-      <c r="BN28" s="57"/>
+      <c r="B28" s="5"/>
+      <c r="C28" s="53"/>
+      <c r="D28" s="53"/>
+      <c r="E28" s="53"/>
+      <c r="F28" s="53"/>
+      <c r="G28" s="53"/>
+      <c r="H28" s="53"/>
+      <c r="I28" s="53"/>
+      <c r="J28" s="53"/>
+      <c r="K28" s="53"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="6"/>
+      <c r="P28" s="6"/>
+      <c r="Q28" s="53"/>
+      <c r="R28" s="53"/>
+      <c r="S28" s="53"/>
+      <c r="T28" s="53"/>
+      <c r="U28" s="53"/>
+      <c r="V28" s="53"/>
+      <c r="W28" s="53"/>
+      <c r="X28" s="53"/>
+      <c r="Y28" s="53"/>
+      <c r="Z28" s="9"/>
+      <c r="AA28" s="9"/>
+      <c r="AB28" s="9"/>
+      <c r="AC28" s="6"/>
+      <c r="AD28" s="6"/>
+      <c r="AE28" s="6"/>
+      <c r="AF28" s="6"/>
+      <c r="AG28" s="6"/>
+      <c r="AH28" s="6"/>
+      <c r="AI28" s="6"/>
+      <c r="AJ28" s="6"/>
+      <c r="AK28" s="6"/>
+      <c r="AL28" s="6"/>
+      <c r="AM28" s="6"/>
+      <c r="AN28" s="6"/>
+      <c r="AO28" s="6"/>
+      <c r="AP28" s="6"/>
+      <c r="AQ28" s="5"/>
+      <c r="BJ28" s="50"/>
+      <c r="BK28" s="50"/>
+      <c r="BL28" s="51"/>
+      <c r="BM28" s="52"/>
+      <c r="BN28" s="51"/>
     </row>
     <row r="29" spans="2:66" ht="20.25" customHeight="1" thickBot="1">
-      <c r="B29" s="6"/>
-      <c r="C29" s="376" t="s">
+      <c r="B29" s="5"/>
+      <c r="C29" s="371" t="s">
         <v>154</v>
       </c>
-      <c r="D29" s="376"/>
-[...12 lines deleted...]
-      <c r="Q29" s="376" t="s">
+      <c r="D29" s="371"/>
+      <c r="E29" s="371"/>
+      <c r="F29" s="371"/>
+      <c r="G29" s="371"/>
+      <c r="H29" s="371"/>
+      <c r="I29" s="371"/>
+      <c r="J29" s="371"/>
+      <c r="K29" s="371"/>
+      <c r="L29" s="9"/>
+      <c r="M29" s="31"/>
+      <c r="N29" s="9"/>
+      <c r="O29" s="6"/>
+      <c r="P29" s="6"/>
+      <c r="Q29" s="371" t="s">
         <v>155</v>
       </c>
-      <c r="R29" s="376"/>
-[...29 lines deleted...]
-      <c r="BN29" s="57"/>
+      <c r="R29" s="371"/>
+      <c r="S29" s="371"/>
+      <c r="T29" s="371"/>
+      <c r="U29" s="371"/>
+      <c r="V29" s="371"/>
+      <c r="W29" s="371"/>
+      <c r="X29" s="371"/>
+      <c r="Y29" s="371"/>
+      <c r="Z29" s="9"/>
+      <c r="AA29" s="31"/>
+      <c r="AB29" s="9"/>
+      <c r="AC29" s="6"/>
+      <c r="AD29" s="6"/>
+      <c r="AE29" s="6"/>
+      <c r="AF29" s="6"/>
+      <c r="AG29" s="6"/>
+      <c r="AH29" s="6"/>
+      <c r="AI29" s="6"/>
+      <c r="AJ29" s="6"/>
+      <c r="AK29" s="6"/>
+      <c r="AL29" s="6"/>
+      <c r="AM29" s="6"/>
+      <c r="AN29" s="6"/>
+      <c r="AO29" s="6"/>
+      <c r="AP29" s="6"/>
+      <c r="AQ29" s="5"/>
+      <c r="BJ29" s="50"/>
+      <c r="BK29" s="50"/>
+      <c r="BL29" s="51"/>
+      <c r="BM29" s="52"/>
+      <c r="BN29" s="51"/>
     </row>
     <row r="30" spans="2:66" ht="18.75" customHeight="1" thickBot="1">
-      <c r="B30" s="6"/>
-[...45 lines deleted...]
-      <c r="BN30" s="57"/>
+      <c r="B30" s="5"/>
+      <c r="C30" s="53"/>
+      <c r="D30" s="53"/>
+      <c r="E30" s="53"/>
+      <c r="F30" s="53"/>
+      <c r="G30" s="53"/>
+      <c r="H30" s="53"/>
+      <c r="I30" s="53"/>
+      <c r="J30" s="53"/>
+      <c r="K30" s="53"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="9"/>
+      <c r="N30" s="9"/>
+      <c r="O30" s="6"/>
+      <c r="P30" s="6"/>
+      <c r="Q30" s="53"/>
+      <c r="R30" s="53"/>
+      <c r="S30" s="53"/>
+      <c r="T30" s="53"/>
+      <c r="U30" s="53"/>
+      <c r="V30" s="53"/>
+      <c r="W30" s="53"/>
+      <c r="X30" s="53"/>
+      <c r="Y30" s="53"/>
+      <c r="Z30" s="9"/>
+      <c r="AA30" s="9"/>
+      <c r="AB30" s="9"/>
+      <c r="AC30" s="6"/>
+      <c r="AD30" s="6"/>
+      <c r="AE30" s="6"/>
+      <c r="AF30" s="6"/>
+      <c r="AG30" s="6"/>
+      <c r="AH30" s="6"/>
+      <c r="AI30" s="6"/>
+      <c r="AJ30" s="6"/>
+      <c r="AK30" s="6"/>
+      <c r="AL30" s="6"/>
+      <c r="AM30" s="6"/>
+      <c r="AN30" s="6"/>
+      <c r="AO30" s="6"/>
+      <c r="AP30" s="6"/>
+      <c r="AQ30" s="5"/>
+      <c r="BJ30" s="50"/>
+      <c r="BK30" s="50"/>
+      <c r="BL30" s="51"/>
+      <c r="BM30" s="52"/>
+      <c r="BN30" s="51"/>
     </row>
     <row r="31" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B31" s="6"/>
-      <c r="C31" s="537" t="s">
+      <c r="B31" s="5"/>
+      <c r="C31" s="504" t="s">
         <v>98</v>
       </c>
-      <c r="D31" s="538"/>
-[...39 lines deleted...]
-      <c r="AR31" s="4"/>
+      <c r="D31" s="505"/>
+      <c r="E31" s="505"/>
+      <c r="F31" s="505"/>
+      <c r="G31" s="505"/>
+      <c r="H31" s="505"/>
+      <c r="I31" s="505"/>
+      <c r="J31" s="505"/>
+      <c r="K31" s="505"/>
+      <c r="L31" s="505"/>
+      <c r="M31" s="505"/>
+      <c r="N31" s="505"/>
+      <c r="O31" s="505"/>
+      <c r="P31" s="505"/>
+      <c r="Q31" s="505"/>
+      <c r="R31" s="505"/>
+      <c r="S31" s="505"/>
+      <c r="T31" s="505"/>
+      <c r="U31" s="505"/>
+      <c r="V31" s="505"/>
+      <c r="W31" s="505"/>
+      <c r="X31" s="505"/>
+      <c r="Y31" s="505"/>
+      <c r="Z31" s="505"/>
+      <c r="AA31" s="505"/>
+      <c r="AB31" s="505"/>
+      <c r="AC31" s="505"/>
+      <c r="AD31" s="505"/>
+      <c r="AE31" s="505"/>
+      <c r="AF31" s="505"/>
+      <c r="AG31" s="505"/>
+      <c r="AH31" s="505"/>
+      <c r="AI31" s="505"/>
+      <c r="AJ31" s="505"/>
+      <c r="AK31" s="505"/>
+      <c r="AL31" s="505"/>
+      <c r="AM31" s="505"/>
+      <c r="AN31" s="505"/>
+      <c r="AO31" s="505"/>
+      <c r="AP31" s="506"/>
+      <c r="AQ31" s="5"/>
     </row>
     <row r="32" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B32" s="6"/>
-[...761 lines deleted...]
-      <c r="AR48" s="4"/>
+      <c r="B32" s="5"/>
+      <c r="C32" s="131"/>
+      <c r="D32" s="132"/>
+      <c r="E32" s="132"/>
+      <c r="F32" s="132"/>
+      <c r="G32" s="132"/>
+      <c r="H32" s="132"/>
+      <c r="I32" s="132"/>
+      <c r="J32" s="132"/>
+      <c r="K32" s="132"/>
+      <c r="L32" s="132"/>
+      <c r="M32" s="132"/>
+      <c r="N32" s="132"/>
+      <c r="O32" s="132"/>
+      <c r="P32" s="132"/>
+      <c r="Q32" s="132"/>
+      <c r="R32" s="132"/>
+      <c r="S32" s="132"/>
+      <c r="T32" s="132"/>
+      <c r="U32" s="132"/>
+      <c r="V32" s="132"/>
+      <c r="W32" s="132"/>
+      <c r="X32" s="132"/>
+      <c r="Y32" s="132"/>
+      <c r="Z32" s="132"/>
+      <c r="AA32" s="132"/>
+      <c r="AB32" s="132"/>
+      <c r="AC32" s="132"/>
+      <c r="AD32" s="132"/>
+      <c r="AE32" s="132"/>
+      <c r="AF32" s="132"/>
+      <c r="AG32" s="132"/>
+      <c r="AH32" s="132"/>
+      <c r="AI32" s="132"/>
+      <c r="AJ32" s="132"/>
+      <c r="AK32" s="132"/>
+      <c r="AL32" s="132"/>
+      <c r="AM32" s="132"/>
+      <c r="AN32" s="132"/>
+      <c r="AO32" s="132"/>
+      <c r="AP32" s="133"/>
+      <c r="AQ32" s="5"/>
+    </row>
+    <row r="33" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B33" s="5"/>
+      <c r="C33" s="131"/>
+      <c r="D33" s="132"/>
+      <c r="E33" s="132"/>
+      <c r="F33" s="132"/>
+      <c r="G33" s="132"/>
+      <c r="H33" s="132"/>
+      <c r="I33" s="132"/>
+      <c r="J33" s="132"/>
+      <c r="K33" s="132"/>
+      <c r="L33" s="132"/>
+      <c r="M33" s="132"/>
+      <c r="N33" s="132"/>
+      <c r="O33" s="132"/>
+      <c r="P33" s="132"/>
+      <c r="Q33" s="132"/>
+      <c r="R33" s="132"/>
+      <c r="S33" s="132"/>
+      <c r="T33" s="132"/>
+      <c r="U33" s="132"/>
+      <c r="V33" s="132"/>
+      <c r="W33" s="132"/>
+      <c r="X33" s="132"/>
+      <c r="Y33" s="132"/>
+      <c r="Z33" s="132"/>
+      <c r="AA33" s="132"/>
+      <c r="AB33" s="132"/>
+      <c r="AC33" s="132"/>
+      <c r="AD33" s="132"/>
+      <c r="AE33" s="132"/>
+      <c r="AF33" s="132"/>
+      <c r="AG33" s="132"/>
+      <c r="AH33" s="132"/>
+      <c r="AI33" s="132"/>
+      <c r="AJ33" s="132"/>
+      <c r="AK33" s="132"/>
+      <c r="AL33" s="132"/>
+      <c r="AM33" s="132"/>
+      <c r="AN33" s="132"/>
+      <c r="AO33" s="132"/>
+      <c r="AP33" s="133"/>
+      <c r="AQ33" s="5"/>
+    </row>
+    <row r="34" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B34" s="5"/>
+      <c r="C34" s="131"/>
+      <c r="D34" s="132"/>
+      <c r="E34" s="132"/>
+      <c r="F34" s="132"/>
+      <c r="G34" s="132"/>
+      <c r="H34" s="132"/>
+      <c r="I34" s="132"/>
+      <c r="J34" s="132"/>
+      <c r="K34" s="132"/>
+      <c r="L34" s="132"/>
+      <c r="M34" s="132"/>
+      <c r="N34" s="132"/>
+      <c r="O34" s="132"/>
+      <c r="P34" s="132"/>
+      <c r="Q34" s="132"/>
+      <c r="R34" s="183"/>
+      <c r="S34" s="132"/>
+      <c r="T34" s="132"/>
+      <c r="U34" s="132"/>
+      <c r="V34" s="132"/>
+      <c r="W34" s="132"/>
+      <c r="X34" s="132"/>
+      <c r="Y34" s="132"/>
+      <c r="Z34" s="132"/>
+      <c r="AA34" s="132"/>
+      <c r="AB34" s="132"/>
+      <c r="AC34" s="132"/>
+      <c r="AD34" s="132"/>
+      <c r="AE34" s="132"/>
+      <c r="AF34" s="132"/>
+      <c r="AG34" s="132"/>
+      <c r="AH34" s="132"/>
+      <c r="AI34" s="132"/>
+      <c r="AJ34" s="183"/>
+      <c r="AK34" s="132"/>
+      <c r="AL34" s="132"/>
+      <c r="AM34" s="132"/>
+      <c r="AN34" s="132"/>
+      <c r="AO34" s="132"/>
+      <c r="AP34" s="133"/>
+      <c r="AQ34" s="5"/>
+    </row>
+    <row r="35" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B35" s="5"/>
+      <c r="C35" s="131"/>
+      <c r="D35" s="132"/>
+      <c r="E35" s="132"/>
+      <c r="F35" s="132"/>
+      <c r="G35" s="132"/>
+      <c r="H35" s="132"/>
+      <c r="I35" s="132"/>
+      <c r="J35" s="132"/>
+      <c r="K35" s="132"/>
+      <c r="L35" s="132"/>
+      <c r="M35" s="132"/>
+      <c r="N35" s="132"/>
+      <c r="O35" s="132"/>
+      <c r="P35" s="132"/>
+      <c r="Q35" s="132"/>
+      <c r="R35" s="132"/>
+      <c r="S35" s="132"/>
+      <c r="T35" s="132"/>
+      <c r="U35" s="132"/>
+      <c r="V35" s="132"/>
+      <c r="W35" s="132"/>
+      <c r="X35" s="132"/>
+      <c r="Y35" s="132"/>
+      <c r="Z35" s="132"/>
+      <c r="AA35" s="132"/>
+      <c r="AB35" s="132"/>
+      <c r="AC35" s="132"/>
+      <c r="AD35" s="132"/>
+      <c r="AE35" s="132"/>
+      <c r="AF35" s="132"/>
+      <c r="AG35" s="132"/>
+      <c r="AH35" s="132"/>
+      <c r="AI35" s="132"/>
+      <c r="AJ35" s="132"/>
+      <c r="AK35" s="132"/>
+      <c r="AL35" s="132"/>
+      <c r="AM35" s="132"/>
+      <c r="AN35" s="132"/>
+      <c r="AO35" s="132"/>
+      <c r="AP35" s="133"/>
+      <c r="AQ35" s="5"/>
+    </row>
+    <row r="36" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B36" s="5"/>
+      <c r="C36" s="131"/>
+      <c r="D36" s="132"/>
+      <c r="E36" s="132"/>
+      <c r="F36" s="132"/>
+      <c r="G36" s="132"/>
+      <c r="H36" s="132"/>
+      <c r="I36" s="132"/>
+      <c r="J36" s="132"/>
+      <c r="K36" s="132"/>
+      <c r="L36" s="132"/>
+      <c r="M36" s="132"/>
+      <c r="N36" s="132"/>
+      <c r="O36" s="132"/>
+      <c r="P36" s="132"/>
+      <c r="Q36" s="132"/>
+      <c r="R36" s="132"/>
+      <c r="S36" s="132"/>
+      <c r="T36" s="132"/>
+      <c r="U36" s="132"/>
+      <c r="V36" s="132"/>
+      <c r="W36" s="132"/>
+      <c r="X36" s="132"/>
+      <c r="Y36" s="132"/>
+      <c r="Z36" s="132"/>
+      <c r="AA36" s="132"/>
+      <c r="AB36" s="132"/>
+      <c r="AC36" s="132"/>
+      <c r="AD36" s="132"/>
+      <c r="AE36" s="132"/>
+      <c r="AF36" s="132"/>
+      <c r="AG36" s="132"/>
+      <c r="AH36" s="132"/>
+      <c r="AI36" s="132"/>
+      <c r="AJ36" s="132"/>
+      <c r="AK36" s="132"/>
+      <c r="AL36" s="132"/>
+      <c r="AM36" s="132"/>
+      <c r="AN36" s="132"/>
+      <c r="AO36" s="132"/>
+      <c r="AP36" s="133"/>
+      <c r="AQ36" s="5"/>
+    </row>
+    <row r="37" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B37" s="5"/>
+      <c r="C37" s="131"/>
+      <c r="D37" s="132"/>
+      <c r="E37" s="132"/>
+      <c r="F37" s="132"/>
+      <c r="G37" s="132"/>
+      <c r="H37" s="132"/>
+      <c r="I37" s="132"/>
+      <c r="J37" s="132"/>
+      <c r="K37" s="132"/>
+      <c r="L37" s="132"/>
+      <c r="M37" s="132"/>
+      <c r="N37" s="132"/>
+      <c r="O37" s="132"/>
+      <c r="P37" s="132"/>
+      <c r="Q37" s="132"/>
+      <c r="R37" s="132"/>
+      <c r="S37" s="132"/>
+      <c r="T37" s="132"/>
+      <c r="U37" s="132"/>
+      <c r="V37" s="132"/>
+      <c r="W37" s="132"/>
+      <c r="X37" s="132"/>
+      <c r="Y37" s="132"/>
+      <c r="Z37" s="132"/>
+      <c r="AA37" s="132"/>
+      <c r="AB37" s="132"/>
+      <c r="AC37" s="132"/>
+      <c r="AD37" s="132"/>
+      <c r="AE37" s="132"/>
+      <c r="AF37" s="132"/>
+      <c r="AG37" s="132"/>
+      <c r="AH37" s="132"/>
+      <c r="AI37" s="132"/>
+      <c r="AJ37" s="132"/>
+      <c r="AK37" s="132"/>
+      <c r="AL37" s="132"/>
+      <c r="AM37" s="132"/>
+      <c r="AN37" s="132"/>
+      <c r="AO37" s="132"/>
+      <c r="AP37" s="133"/>
+      <c r="AQ37" s="5"/>
+    </row>
+    <row r="38" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B38" s="5"/>
+      <c r="C38" s="131"/>
+      <c r="D38" s="132"/>
+      <c r="E38" s="132"/>
+      <c r="F38" s="132"/>
+      <c r="G38" s="132"/>
+      <c r="H38" s="132"/>
+      <c r="I38" s="132"/>
+      <c r="J38" s="132"/>
+      <c r="K38" s="132"/>
+      <c r="L38" s="132"/>
+      <c r="M38" s="132"/>
+      <c r="N38" s="132"/>
+      <c r="O38" s="132"/>
+      <c r="P38" s="132"/>
+      <c r="Q38" s="132"/>
+      <c r="R38" s="132"/>
+      <c r="S38" s="132"/>
+      <c r="T38" s="132"/>
+      <c r="U38" s="132"/>
+      <c r="V38" s="132"/>
+      <c r="W38" s="132"/>
+      <c r="X38" s="132"/>
+      <c r="Y38" s="132"/>
+      <c r="Z38" s="132"/>
+      <c r="AA38" s="132"/>
+      <c r="AB38" s="132"/>
+      <c r="AC38" s="132"/>
+      <c r="AD38" s="132"/>
+      <c r="AE38" s="132"/>
+      <c r="AF38" s="132"/>
+      <c r="AG38" s="132"/>
+      <c r="AH38" s="132"/>
+      <c r="AI38" s="132"/>
+      <c r="AJ38" s="132"/>
+      <c r="AK38" s="132"/>
+      <c r="AL38" s="132"/>
+      <c r="AM38" s="132"/>
+      <c r="AN38" s="132"/>
+      <c r="AO38" s="132"/>
+      <c r="AP38" s="133"/>
+      <c r="AQ38" s="5"/>
+    </row>
+    <row r="39" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B39" s="5"/>
+      <c r="C39" s="131"/>
+      <c r="D39" s="132"/>
+      <c r="E39" s="132"/>
+      <c r="F39" s="132"/>
+      <c r="G39" s="132"/>
+      <c r="H39" s="132"/>
+      <c r="I39" s="132"/>
+      <c r="J39" s="132"/>
+      <c r="K39" s="132"/>
+      <c r="L39" s="132"/>
+      <c r="M39" s="132"/>
+      <c r="N39" s="132"/>
+      <c r="O39" s="132"/>
+      <c r="P39" s="132"/>
+      <c r="Q39" s="132"/>
+      <c r="R39" s="132"/>
+      <c r="S39" s="132"/>
+      <c r="T39" s="132"/>
+      <c r="U39" s="132"/>
+      <c r="V39" s="132"/>
+      <c r="W39" s="132"/>
+      <c r="X39" s="132"/>
+      <c r="Y39" s="132"/>
+      <c r="Z39" s="132"/>
+      <c r="AA39" s="132"/>
+      <c r="AB39" s="132"/>
+      <c r="AC39" s="132"/>
+      <c r="AD39" s="132"/>
+      <c r="AE39" s="132"/>
+      <c r="AF39" s="132"/>
+      <c r="AG39" s="132"/>
+      <c r="AH39" s="132"/>
+      <c r="AI39" s="132"/>
+      <c r="AJ39" s="132"/>
+      <c r="AK39" s="132"/>
+      <c r="AL39" s="132"/>
+      <c r="AM39" s="132"/>
+      <c r="AN39" s="132"/>
+      <c r="AO39" s="132"/>
+      <c r="AP39" s="133"/>
+      <c r="AQ39" s="5"/>
+    </row>
+    <row r="40" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B40" s="5"/>
+      <c r="C40" s="131"/>
+      <c r="D40" s="132"/>
+      <c r="E40" s="132"/>
+      <c r="F40" s="132"/>
+      <c r="G40" s="132"/>
+      <c r="H40" s="132"/>
+      <c r="I40" s="132"/>
+      <c r="J40" s="132"/>
+      <c r="K40" s="132"/>
+      <c r="L40" s="132"/>
+      <c r="M40" s="132"/>
+      <c r="N40" s="132"/>
+      <c r="O40" s="132"/>
+      <c r="P40" s="132"/>
+      <c r="Q40" s="132"/>
+      <c r="R40" s="132"/>
+      <c r="S40" s="132"/>
+      <c r="T40" s="132"/>
+      <c r="U40" s="132"/>
+      <c r="V40" s="132"/>
+      <c r="W40" s="132"/>
+      <c r="X40" s="132"/>
+      <c r="Y40" s="132"/>
+      <c r="Z40" s="132"/>
+      <c r="AA40" s="132"/>
+      <c r="AB40" s="132"/>
+      <c r="AC40" s="132"/>
+      <c r="AD40" s="132"/>
+      <c r="AE40" s="132"/>
+      <c r="AF40" s="132"/>
+      <c r="AG40" s="132"/>
+      <c r="AH40" s="132"/>
+      <c r="AI40" s="132"/>
+      <c r="AJ40" s="132"/>
+      <c r="AK40" s="132"/>
+      <c r="AL40" s="132"/>
+      <c r="AM40" s="132"/>
+      <c r="AN40" s="132"/>
+      <c r="AO40" s="132"/>
+      <c r="AP40" s="133"/>
+      <c r="AQ40" s="5"/>
+    </row>
+    <row r="41" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B41" s="5"/>
+      <c r="C41" s="131"/>
+      <c r="D41" s="132"/>
+      <c r="E41" s="132"/>
+      <c r="F41" s="132"/>
+      <c r="G41" s="132"/>
+      <c r="H41" s="132"/>
+      <c r="I41" s="132"/>
+      <c r="J41" s="132"/>
+      <c r="K41" s="132"/>
+      <c r="L41" s="132"/>
+      <c r="M41" s="132"/>
+      <c r="N41" s="132"/>
+      <c r="O41" s="132"/>
+      <c r="P41" s="132"/>
+      <c r="Q41" s="132"/>
+      <c r="R41" s="132"/>
+      <c r="S41" s="132"/>
+      <c r="T41" s="132"/>
+      <c r="U41" s="132"/>
+      <c r="V41" s="132"/>
+      <c r="W41" s="132"/>
+      <c r="X41" s="132"/>
+      <c r="Y41" s="132"/>
+      <c r="Z41" s="132"/>
+      <c r="AA41" s="132"/>
+      <c r="AB41" s="132"/>
+      <c r="AC41" s="132"/>
+      <c r="AD41" s="132"/>
+      <c r="AE41" s="132"/>
+      <c r="AF41" s="132"/>
+      <c r="AG41" s="132"/>
+      <c r="AH41" s="132"/>
+      <c r="AI41" s="132"/>
+      <c r="AJ41" s="132"/>
+      <c r="AK41" s="132"/>
+      <c r="AL41" s="132"/>
+      <c r="AM41" s="132"/>
+      <c r="AN41" s="132"/>
+      <c r="AO41" s="132"/>
+      <c r="AP41" s="133"/>
+      <c r="AQ41" s="5"/>
+    </row>
+    <row r="42" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B42" s="5"/>
+      <c r="C42" s="126"/>
+      <c r="D42" s="127"/>
+      <c r="E42" s="127"/>
+      <c r="F42" s="127"/>
+      <c r="G42" s="127"/>
+      <c r="H42" s="127"/>
+      <c r="I42" s="127"/>
+      <c r="J42" s="127"/>
+      <c r="K42" s="127"/>
+      <c r="L42" s="127"/>
+      <c r="M42" s="127"/>
+      <c r="N42" s="127"/>
+      <c r="O42" s="127"/>
+      <c r="P42" s="127"/>
+      <c r="Q42" s="127"/>
+      <c r="R42" s="127"/>
+      <c r="S42" s="127"/>
+      <c r="T42" s="127"/>
+      <c r="U42" s="127"/>
+      <c r="V42" s="127"/>
+      <c r="W42" s="127"/>
+      <c r="X42" s="127"/>
+      <c r="Y42" s="127"/>
+      <c r="Z42" s="127"/>
+      <c r="AA42" s="127"/>
+      <c r="AB42" s="127"/>
+      <c r="AC42" s="127"/>
+      <c r="AD42" s="127"/>
+      <c r="AE42" s="127"/>
+      <c r="AF42" s="127"/>
+      <c r="AG42" s="127"/>
+      <c r="AH42" s="127"/>
+      <c r="AI42" s="127"/>
+      <c r="AJ42" s="127"/>
+      <c r="AK42" s="127"/>
+      <c r="AL42" s="127"/>
+      <c r="AM42" s="127"/>
+      <c r="AN42" s="127"/>
+      <c r="AO42" s="127"/>
+      <c r="AP42" s="128"/>
+      <c r="AQ42" s="5"/>
+    </row>
+    <row r="43" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B43" s="5"/>
+      <c r="C43" s="126"/>
+      <c r="D43" s="127"/>
+      <c r="E43" s="127"/>
+      <c r="F43" s="127"/>
+      <c r="G43" s="127"/>
+      <c r="H43" s="127"/>
+      <c r="I43" s="127"/>
+      <c r="J43" s="127"/>
+      <c r="K43" s="127"/>
+      <c r="L43" s="127"/>
+      <c r="M43" s="127"/>
+      <c r="N43" s="127"/>
+      <c r="O43" s="127"/>
+      <c r="P43" s="127"/>
+      <c r="Q43" s="127"/>
+      <c r="R43" s="127"/>
+      <c r="S43" s="127"/>
+      <c r="T43" s="127"/>
+      <c r="U43" s="127"/>
+      <c r="V43" s="127"/>
+      <c r="W43" s="127"/>
+      <c r="X43" s="127"/>
+      <c r="Y43" s="127"/>
+      <c r="Z43" s="127"/>
+      <c r="AA43" s="127"/>
+      <c r="AB43" s="127"/>
+      <c r="AC43" s="127"/>
+      <c r="AD43" s="127"/>
+      <c r="AE43" s="127"/>
+      <c r="AF43" s="127"/>
+      <c r="AG43" s="127"/>
+      <c r="AH43" s="127"/>
+      <c r="AI43" s="127"/>
+      <c r="AJ43" s="127"/>
+      <c r="AK43" s="127"/>
+      <c r="AL43" s="127"/>
+      <c r="AM43" s="127"/>
+      <c r="AN43" s="127"/>
+      <c r="AO43" s="127"/>
+      <c r="AP43" s="128"/>
+      <c r="AQ43" s="5"/>
+    </row>
+    <row r="44" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B44" s="5"/>
+      <c r="C44" s="126"/>
+      <c r="D44" s="127"/>
+      <c r="E44" s="127"/>
+      <c r="F44" s="127"/>
+      <c r="G44" s="127"/>
+      <c r="H44" s="127"/>
+      <c r="I44" s="127"/>
+      <c r="J44" s="127"/>
+      <c r="K44" s="127"/>
+      <c r="L44" s="127"/>
+      <c r="M44" s="127"/>
+      <c r="N44" s="127"/>
+      <c r="O44" s="127"/>
+      <c r="P44" s="127"/>
+      <c r="Q44" s="127"/>
+      <c r="R44" s="127"/>
+      <c r="S44" s="127"/>
+      <c r="T44" s="127"/>
+      <c r="U44" s="127"/>
+      <c r="V44" s="127"/>
+      <c r="W44" s="127"/>
+      <c r="X44" s="127"/>
+      <c r="Y44" s="127"/>
+      <c r="Z44" s="127"/>
+      <c r="AA44" s="127"/>
+      <c r="AB44" s="127"/>
+      <c r="AC44" s="127"/>
+      <c r="AD44" s="127"/>
+      <c r="AE44" s="127"/>
+      <c r="AF44" s="127"/>
+      <c r="AG44" s="127"/>
+      <c r="AH44" s="127"/>
+      <c r="AI44" s="127"/>
+      <c r="AJ44" s="127"/>
+      <c r="AK44" s="127"/>
+      <c r="AL44" s="127"/>
+      <c r="AM44" s="127"/>
+      <c r="AN44" s="127"/>
+      <c r="AO44" s="127"/>
+      <c r="AP44" s="128"/>
+      <c r="AQ44" s="5"/>
+    </row>
+    <row r="45" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B45" s="5"/>
+      <c r="C45" s="126"/>
+      <c r="D45" s="127"/>
+      <c r="E45" s="127"/>
+      <c r="F45" s="127"/>
+      <c r="G45" s="127"/>
+      <c r="H45" s="127"/>
+      <c r="I45" s="127"/>
+      <c r="J45" s="127"/>
+      <c r="K45" s="127"/>
+      <c r="L45" s="127"/>
+      <c r="M45" s="127"/>
+      <c r="N45" s="127"/>
+      <c r="O45" s="127"/>
+      <c r="P45" s="127"/>
+      <c r="Q45" s="127"/>
+      <c r="R45" s="127"/>
+      <c r="S45" s="127"/>
+      <c r="T45" s="127"/>
+      <c r="U45" s="127"/>
+      <c r="V45" s="127"/>
+      <c r="W45" s="127"/>
+      <c r="X45" s="127"/>
+      <c r="Y45" s="127"/>
+      <c r="Z45" s="127"/>
+      <c r="AA45" s="127"/>
+      <c r="AB45" s="127"/>
+      <c r="AC45" s="127"/>
+      <c r="AD45" s="127"/>
+      <c r="AE45" s="127"/>
+      <c r="AF45" s="127"/>
+      <c r="AG45" s="127"/>
+      <c r="AH45" s="127"/>
+      <c r="AI45" s="127"/>
+      <c r="AJ45" s="127"/>
+      <c r="AK45" s="127"/>
+      <c r="AL45" s="127"/>
+      <c r="AM45" s="127"/>
+      <c r="AN45" s="127"/>
+      <c r="AO45" s="127"/>
+      <c r="AP45" s="128"/>
+      <c r="AQ45" s="5"/>
+    </row>
+    <row r="46" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B46" s="5"/>
+      <c r="C46" s="126"/>
+      <c r="D46" s="127"/>
+      <c r="E46" s="127"/>
+      <c r="F46" s="127"/>
+      <c r="G46" s="127"/>
+      <c r="H46" s="127"/>
+      <c r="I46" s="127"/>
+      <c r="J46" s="127"/>
+      <c r="K46" s="127"/>
+      <c r="L46" s="127"/>
+      <c r="M46" s="127"/>
+      <c r="N46" s="127"/>
+      <c r="O46" s="127"/>
+      <c r="P46" s="127"/>
+      <c r="Q46" s="127"/>
+      <c r="R46" s="127"/>
+      <c r="S46" s="127"/>
+      <c r="T46" s="127"/>
+      <c r="U46" s="127"/>
+      <c r="V46" s="127"/>
+      <c r="W46" s="127"/>
+      <c r="X46" s="127"/>
+      <c r="Y46" s="127"/>
+      <c r="Z46" s="127"/>
+      <c r="AA46" s="127"/>
+      <c r="AB46" s="127"/>
+      <c r="AC46" s="127"/>
+      <c r="AD46" s="127"/>
+      <c r="AE46" s="127"/>
+      <c r="AF46" s="127"/>
+      <c r="AG46" s="127"/>
+      <c r="AH46" s="127"/>
+      <c r="AI46" s="127"/>
+      <c r="AJ46" s="127"/>
+      <c r="AK46" s="127"/>
+      <c r="AL46" s="127"/>
+      <c r="AM46" s="127"/>
+      <c r="AN46" s="127"/>
+      <c r="AO46" s="127"/>
+      <c r="AP46" s="128"/>
+      <c r="AQ46" s="5"/>
+    </row>
+    <row r="47" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B47" s="5"/>
+      <c r="C47" s="126"/>
+      <c r="D47" s="127"/>
+      <c r="E47" s="127"/>
+      <c r="F47" s="127"/>
+      <c r="G47" s="127"/>
+      <c r="H47" s="127"/>
+      <c r="I47" s="127"/>
+      <c r="J47" s="127"/>
+      <c r="K47" s="127"/>
+      <c r="L47" s="127"/>
+      <c r="M47" s="127"/>
+      <c r="N47" s="127"/>
+      <c r="O47" s="127"/>
+      <c r="P47" s="127"/>
+      <c r="Q47" s="127"/>
+      <c r="R47" s="127"/>
+      <c r="S47" s="127"/>
+      <c r="T47" s="127"/>
+      <c r="U47" s="127"/>
+      <c r="V47" s="127"/>
+      <c r="W47" s="127"/>
+      <c r="X47" s="127"/>
+      <c r="Y47" s="127"/>
+      <c r="Z47" s="127"/>
+      <c r="AA47" s="127"/>
+      <c r="AB47" s="127"/>
+      <c r="AC47" s="127"/>
+      <c r="AD47" s="127"/>
+      <c r="AE47" s="127"/>
+      <c r="AF47" s="127"/>
+      <c r="AG47" s="127"/>
+      <c r="AH47" s="127"/>
+      <c r="AI47" s="127"/>
+      <c r="AJ47" s="127"/>
+      <c r="AK47" s="127"/>
+      <c r="AL47" s="127"/>
+      <c r="AM47" s="127"/>
+      <c r="AN47" s="127"/>
+      <c r="AO47" s="127"/>
+      <c r="AP47" s="128"/>
+      <c r="AQ47" s="5"/>
+    </row>
+    <row r="48" spans="2:43" ht="22.5" customHeight="1">
+      <c r="B48" s="5"/>
+      <c r="C48" s="126"/>
+      <c r="D48" s="127"/>
+      <c r="E48" s="127"/>
+      <c r="F48" s="127"/>
+      <c r="G48" s="127"/>
+      <c r="H48" s="127"/>
+      <c r="I48" s="127"/>
+      <c r="J48" s="127"/>
+      <c r="K48" s="127"/>
+      <c r="L48" s="127"/>
+      <c r="M48" s="127"/>
+      <c r="N48" s="127"/>
+      <c r="O48" s="127"/>
+      <c r="P48" s="127"/>
+      <c r="Q48" s="127"/>
+      <c r="R48" s="127"/>
+      <c r="S48" s="127"/>
+      <c r="T48" s="127"/>
+      <c r="U48" s="127"/>
+      <c r="V48" s="127"/>
+      <c r="W48" s="127"/>
+      <c r="X48" s="127"/>
+      <c r="Y48" s="127"/>
+      <c r="Z48" s="127"/>
+      <c r="AA48" s="127"/>
+      <c r="AB48" s="127"/>
+      <c r="AC48" s="127"/>
+      <c r="AD48" s="127"/>
+      <c r="AE48" s="127"/>
+      <c r="AF48" s="127"/>
+      <c r="AG48" s="127"/>
+      <c r="AH48" s="127"/>
+      <c r="AI48" s="127"/>
+      <c r="AJ48" s="127"/>
+      <c r="AK48" s="127"/>
+      <c r="AL48" s="127"/>
+      <c r="AM48" s="127"/>
+      <c r="AN48" s="127"/>
+      <c r="AO48" s="127"/>
+      <c r="AP48" s="128"/>
+      <c r="AQ48" s="5"/>
     </row>
     <row r="49" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B49" s="6"/>
-[...41 lines deleted...]
-      <c r="AR49" s="4"/>
+      <c r="B49" s="5"/>
+      <c r="C49" s="126"/>
+      <c r="D49" s="127"/>
+      <c r="E49" s="127"/>
+      <c r="F49" s="127"/>
+      <c r="G49" s="127"/>
+      <c r="H49" s="127"/>
+      <c r="I49" s="127"/>
+      <c r="J49" s="127"/>
+      <c r="K49" s="127"/>
+      <c r="L49" s="127"/>
+      <c r="M49" s="127"/>
+      <c r="N49" s="127"/>
+      <c r="O49" s="127"/>
+      <c r="P49" s="127"/>
+      <c r="Q49" s="127"/>
+      <c r="R49" s="127"/>
+      <c r="S49" s="127"/>
+      <c r="T49" s="127"/>
+      <c r="U49" s="127"/>
+      <c r="V49" s="127"/>
+      <c r="W49" s="127"/>
+      <c r="X49" s="127"/>
+      <c r="Y49" s="127"/>
+      <c r="Z49" s="127"/>
+      <c r="AA49" s="127"/>
+      <c r="AB49" s="127"/>
+      <c r="AC49" s="127"/>
+      <c r="AD49" s="127"/>
+      <c r="AE49" s="127"/>
+      <c r="AF49" s="127"/>
+      <c r="AG49" s="127"/>
+      <c r="AH49" s="127"/>
+      <c r="AI49" s="127"/>
+      <c r="AJ49" s="127"/>
+      <c r="AK49" s="127"/>
+      <c r="AL49" s="127"/>
+      <c r="AM49" s="127"/>
+      <c r="AN49" s="127"/>
+      <c r="AO49" s="127"/>
+      <c r="AP49" s="128"/>
+      <c r="AQ49" s="5"/>
     </row>
     <row r="50" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B50" s="6"/>
-[...41 lines deleted...]
-      <c r="AR50" s="4"/>
+      <c r="B50" s="5"/>
+      <c r="C50" s="126"/>
+      <c r="D50" s="127"/>
+      <c r="E50" s="127"/>
+      <c r="F50" s="127"/>
+      <c r="G50" s="127"/>
+      <c r="H50" s="127"/>
+      <c r="I50" s="127"/>
+      <c r="J50" s="127"/>
+      <c r="K50" s="127"/>
+      <c r="L50" s="127"/>
+      <c r="M50" s="127"/>
+      <c r="N50" s="127"/>
+      <c r="O50" s="127"/>
+      <c r="P50" s="127"/>
+      <c r="Q50" s="127"/>
+      <c r="R50" s="127"/>
+      <c r="S50" s="127"/>
+      <c r="T50" s="127"/>
+      <c r="U50" s="127"/>
+      <c r="V50" s="127"/>
+      <c r="W50" s="127"/>
+      <c r="X50" s="127"/>
+      <c r="Y50" s="127"/>
+      <c r="Z50" s="127"/>
+      <c r="AA50" s="127"/>
+      <c r="AB50" s="127"/>
+      <c r="AC50" s="127"/>
+      <c r="AD50" s="127"/>
+      <c r="AE50" s="127"/>
+      <c r="AF50" s="127"/>
+      <c r="AG50" s="127"/>
+      <c r="AH50" s="127"/>
+      <c r="AI50" s="127"/>
+      <c r="AJ50" s="127"/>
+      <c r="AK50" s="127"/>
+      <c r="AL50" s="127"/>
+      <c r="AM50" s="127"/>
+      <c r="AN50" s="127"/>
+      <c r="AO50" s="127"/>
+      <c r="AP50" s="128"/>
+      <c r="AQ50" s="5"/>
     </row>
     <row r="51" spans="2:66" ht="22.5" customHeight="1">
-      <c r="B51" s="6"/>
-[...41 lines deleted...]
-      <c r="AR51" s="4"/>
+      <c r="B51" s="5"/>
+      <c r="C51" s="126"/>
+      <c r="D51" s="127"/>
+      <c r="E51" s="127"/>
+      <c r="F51" s="127"/>
+      <c r="G51" s="127"/>
+      <c r="H51" s="127"/>
+      <c r="I51" s="127"/>
+      <c r="J51" s="127"/>
+      <c r="K51" s="127"/>
+      <c r="L51" s="127"/>
+      <c r="M51" s="127"/>
+      <c r="N51" s="127"/>
+      <c r="O51" s="127"/>
+      <c r="P51" s="127"/>
+      <c r="Q51" s="127"/>
+      <c r="R51" s="127"/>
+      <c r="S51" s="127"/>
+      <c r="T51" s="127"/>
+      <c r="U51" s="127"/>
+      <c r="V51" s="127"/>
+      <c r="W51" s="127"/>
+      <c r="X51" s="127"/>
+      <c r="Y51" s="127"/>
+      <c r="Z51" s="127"/>
+      <c r="AA51" s="127"/>
+      <c r="AB51" s="127"/>
+      <c r="AC51" s="127"/>
+      <c r="AD51" s="127"/>
+      <c r="AE51" s="127"/>
+      <c r="AF51" s="127"/>
+      <c r="AG51" s="127"/>
+      <c r="AH51" s="127"/>
+      <c r="AI51" s="127"/>
+      <c r="AJ51" s="127"/>
+      <c r="AK51" s="127"/>
+      <c r="AL51" s="127"/>
+      <c r="AM51" s="127"/>
+      <c r="AN51" s="127"/>
+      <c r="AO51" s="127"/>
+      <c r="AP51" s="128"/>
+      <c r="AQ51" s="5"/>
     </row>
     <row r="52" spans="2:66" ht="22.5" customHeight="1" thickBot="1">
-      <c r="B52" s="6"/>
-[...41 lines deleted...]
-      <c r="AR52" s="4"/>
+      <c r="B52" s="5"/>
+      <c r="C52" s="507"/>
+      <c r="D52" s="508"/>
+      <c r="E52" s="508"/>
+      <c r="F52" s="508"/>
+      <c r="G52" s="508"/>
+      <c r="H52" s="508"/>
+      <c r="I52" s="508"/>
+      <c r="J52" s="508"/>
+      <c r="K52" s="508"/>
+      <c r="L52" s="508"/>
+      <c r="M52" s="508"/>
+      <c r="N52" s="508"/>
+      <c r="O52" s="508"/>
+      <c r="P52" s="508"/>
+      <c r="Q52" s="508"/>
+      <c r="R52" s="508"/>
+      <c r="S52" s="508"/>
+      <c r="T52" s="508"/>
+      <c r="U52" s="508"/>
+      <c r="V52" s="508"/>
+      <c r="W52" s="508"/>
+      <c r="X52" s="508"/>
+      <c r="Y52" s="508"/>
+      <c r="Z52" s="508"/>
+      <c r="AA52" s="508"/>
+      <c r="AB52" s="508"/>
+      <c r="AC52" s="508"/>
+      <c r="AD52" s="508"/>
+      <c r="AE52" s="508"/>
+      <c r="AF52" s="508"/>
+      <c r="AG52" s="508"/>
+      <c r="AH52" s="508"/>
+      <c r="AI52" s="508"/>
+      <c r="AJ52" s="508"/>
+      <c r="AK52" s="508"/>
+      <c r="AL52" s="508"/>
+      <c r="AM52" s="508"/>
+      <c r="AN52" s="508"/>
+      <c r="AO52" s="508"/>
+      <c r="AP52" s="509"/>
+      <c r="AQ52" s="5"/>
     </row>
     <row r="53" spans="2:66" ht="6.75" customHeight="1">
-      <c r="B53" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ53" s="6"/>
+      <c r="B53" s="5"/>
+      <c r="C53" s="43"/>
+      <c r="D53" s="43"/>
+      <c r="E53" s="43"/>
+      <c r="F53" s="43"/>
+      <c r="G53" s="53"/>
+      <c r="H53" s="53"/>
+      <c r="I53" s="53"/>
+      <c r="J53" s="53"/>
+      <c r="K53" s="53"/>
+      <c r="L53" s="53"/>
+      <c r="M53" s="21"/>
+      <c r="N53" s="54"/>
+      <c r="O53" s="13"/>
+      <c r="P53" s="54"/>
+      <c r="Q53" s="54"/>
+      <c r="R53" s="54"/>
+      <c r="S53" s="54"/>
+      <c r="T53" s="54"/>
+      <c r="U53" s="54"/>
+      <c r="V53" s="54"/>
+      <c r="W53" s="54"/>
+      <c r="X53" s="54"/>
+      <c r="Y53" s="5"/>
+      <c r="Z53" s="43"/>
+      <c r="AA53" s="43"/>
+      <c r="AB53" s="53"/>
+      <c r="AC53" s="43"/>
+      <c r="AD53" s="43"/>
+      <c r="AE53" s="43"/>
+      <c r="AF53" s="43"/>
+      <c r="AG53" s="43"/>
+      <c r="AH53" s="43"/>
+      <c r="AI53" s="53"/>
+      <c r="AJ53" s="43"/>
+      <c r="AK53" s="6"/>
+      <c r="AL53" s="55"/>
+      <c r="AM53" s="6"/>
+      <c r="AN53" s="6"/>
+      <c r="AO53" s="6"/>
+      <c r="AP53" s="6"/>
+      <c r="AQ53" s="5"/>
       <c r="BJ53" s="1"/>
       <c r="BK53" s="1"/>
       <c r="BL53" s="3"/>
       <c r="BM53" s="2"/>
       <c r="BN53" s="2"/>
     </row>
     <row r="54" spans="2:66">
-      <c r="B54" s="6"/>
-[...40 lines deleted...]
-      <c r="AQ54" s="6"/>
+      <c r="B54" s="5"/>
+      <c r="C54" s="5"/>
+      <c r="D54" s="5"/>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
+      <c r="G54" s="5"/>
+      <c r="H54" s="5"/>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5"/>
+      <c r="K54" s="5"/>
+      <c r="L54" s="5"/>
+      <c r="M54" s="5"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="5"/>
+      <c r="P54" s="5"/>
+      <c r="Q54" s="5"/>
+      <c r="R54" s="5"/>
+      <c r="S54" s="5"/>
+      <c r="T54" s="5"/>
+      <c r="U54" s="5"/>
+      <c r="V54" s="5"/>
+      <c r="W54" s="5"/>
+      <c r="X54" s="5"/>
+      <c r="Y54" s="5"/>
+      <c r="Z54" s="5"/>
+      <c r="AA54" s="5"/>
+      <c r="AB54" s="5"/>
+      <c r="AC54" s="5"/>
+      <c r="AD54" s="5"/>
+      <c r="AE54" s="5"/>
+      <c r="AF54" s="5"/>
+      <c r="AG54" s="5"/>
+      <c r="AH54" s="5"/>
+      <c r="AI54" s="5"/>
+      <c r="AJ54" s="5"/>
+      <c r="AK54" s="5"/>
+      <c r="AL54" s="5"/>
+      <c r="AM54" s="5"/>
+      <c r="AN54" s="5"/>
+      <c r="AO54" s="5"/>
+      <c r="AP54" s="5"/>
+      <c r="AQ54" s="5"/>
     </row>
     <row r="74" spans="3:29" ht="18">
-      <c r="C74" s="64" t="s">
+      <c r="C74" s="56" t="s">
         <v>103</v>
       </c>
-      <c r="G74" s="64" t="s">
+      <c r="G74" s="56" t="s">
         <v>103</v>
       </c>
-      <c r="H74" s="65"/>
-[...8 lines deleted...]
-      <c r="Q74" s="528" t="s">
+      <c r="H74" s="50"/>
+      <c r="I74" s="50"/>
+      <c r="J74" s="50"/>
+      <c r="K74" s="50"/>
+      <c r="L74" s="50"/>
+      <c r="M74" s="50"/>
+      <c r="N74" s="50"/>
+      <c r="O74" s="50"/>
+      <c r="P74" s="50"/>
+      <c r="Q74" s="417" t="s">
         <v>46</v>
       </c>
-      <c r="R74" s="528"/>
-      <c r="U74" s="531" t="s">
+      <c r="R74" s="417"/>
+      <c r="U74" s="421" t="s">
         <v>47</v>
       </c>
-      <c r="V74" s="531"/>
-[...2 lines deleted...]
-      <c r="AB74" s="223" t="s">
+      <c r="V74" s="421"/>
+      <c r="W74" s="421"/>
+      <c r="X74" s="421"/>
+      <c r="AB74" s="257" t="s">
         <v>48</v>
       </c>
-      <c r="AC74" s="223"/>
+      <c r="AC74" s="257"/>
     </row>
     <row r="75" spans="3:29" ht="18">
-      <c r="C75" s="66" t="s">
+      <c r="C75" s="56" t="s">
         <v>6</v>
       </c>
-      <c r="D75" s="66"/>
-      <c r="G75" s="35" t="s">
+      <c r="D75" s="56"/>
+      <c r="G75" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="H75" s="65"/>
-[...8 lines deleted...]
-      <c r="Q75" s="528">
+      <c r="H75" s="50"/>
+      <c r="I75" s="50"/>
+      <c r="J75" s="50"/>
+      <c r="K75" s="50"/>
+      <c r="L75" s="50"/>
+      <c r="M75" s="50"/>
+      <c r="N75" s="50"/>
+      <c r="O75" s="50"/>
+      <c r="P75" s="50"/>
+      <c r="Q75" s="417">
         <v>1</v>
       </c>
-      <c r="R75" s="528"/>
-      <c r="U75" s="531" t="s">
+      <c r="R75" s="417"/>
+      <c r="U75" s="421" t="s">
         <v>50</v>
       </c>
-      <c r="V75" s="531"/>
-[...5 lines deleted...]
-      <c r="AC75" s="223"/>
+      <c r="V75" s="421"/>
+      <c r="W75" s="421"/>
+      <c r="X75" s="421"/>
+      <c r="AB75" s="257">
+        <v>2026</v>
+      </c>
+      <c r="AC75" s="257"/>
     </row>
     <row r="76" spans="3:29" ht="18">
-      <c r="C76" s="66" t="s">
+      <c r="C76" s="56" t="s">
         <v>7</v>
       </c>
-      <c r="D76" s="66"/>
-      <c r="G76" s="35" t="s">
+      <c r="D76" s="56"/>
+      <c r="G76" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="H76" s="65"/>
-[...8 lines deleted...]
-      <c r="Q76" s="528">
+      <c r="H76" s="50"/>
+      <c r="I76" s="50"/>
+      <c r="J76" s="50"/>
+      <c r="K76" s="50"/>
+      <c r="L76" s="50"/>
+      <c r="M76" s="50"/>
+      <c r="N76" s="50"/>
+      <c r="O76" s="50"/>
+      <c r="P76" s="50"/>
+      <c r="Q76" s="417">
         <v>2</v>
       </c>
-      <c r="R76" s="528"/>
-      <c r="U76" s="531" t="s">
+      <c r="R76" s="417"/>
+      <c r="U76" s="421" t="s">
         <v>51</v>
       </c>
-      <c r="V76" s="531"/>
-[...5 lines deleted...]
-      <c r="AC76" s="223"/>
+      <c r="V76" s="421"/>
+      <c r="W76" s="421"/>
+      <c r="X76" s="421"/>
+      <c r="AB76" s="257">
+        <v>2027</v>
+      </c>
+      <c r="AC76" s="257"/>
     </row>
     <row r="77" spans="3:29" ht="18">
-      <c r="C77" s="66" t="s">
+      <c r="C77" s="56" t="s">
         <v>8</v>
       </c>
-      <c r="D77" s="66"/>
-      <c r="G77" s="35" t="s">
+      <c r="D77" s="56"/>
+      <c r="G77" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="H77" s="65"/>
-[...8 lines deleted...]
-      <c r="Q77" s="528">
+      <c r="H77" s="50"/>
+      <c r="I77" s="50"/>
+      <c r="J77" s="50"/>
+      <c r="K77" s="50"/>
+      <c r="L77" s="50"/>
+      <c r="M77" s="50"/>
+      <c r="N77" s="50"/>
+      <c r="O77" s="50"/>
+      <c r="P77" s="50"/>
+      <c r="Q77" s="417">
         <v>3</v>
       </c>
-      <c r="R77" s="528"/>
-      <c r="U77" s="531" t="s">
+      <c r="R77" s="417"/>
+      <c r="U77" s="421" t="s">
         <v>52</v>
       </c>
-      <c r="V77" s="531"/>
-[...5 lines deleted...]
-      <c r="AC77" s="223"/>
+      <c r="V77" s="421"/>
+      <c r="W77" s="421"/>
+      <c r="X77" s="421"/>
+      <c r="AB77" s="257">
+        <v>2028</v>
+      </c>
+      <c r="AC77" s="257"/>
     </row>
     <row r="78" spans="3:29" ht="18">
-      <c r="C78" s="66" t="s">
+      <c r="C78" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="D78" s="66"/>
-      <c r="G78" s="35" t="s">
+      <c r="D78" s="56"/>
+      <c r="G78" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="H78" s="65"/>
-[...8 lines deleted...]
-      <c r="Q78" s="528">
+      <c r="H78" s="50"/>
+      <c r="I78" s="50"/>
+      <c r="J78" s="50"/>
+      <c r="K78" s="50"/>
+      <c r="L78" s="50"/>
+      <c r="M78" s="50"/>
+      <c r="N78" s="50"/>
+      <c r="O78" s="50"/>
+      <c r="P78" s="50"/>
+      <c r="Q78" s="417">
         <v>4</v>
       </c>
-      <c r="R78" s="528"/>
-      <c r="U78" s="531" t="s">
+      <c r="R78" s="417"/>
+      <c r="U78" s="421" t="s">
         <v>53</v>
       </c>
-      <c r="V78" s="531"/>
-[...5 lines deleted...]
-      <c r="AC78" s="223"/>
+      <c r="V78" s="421"/>
+      <c r="W78" s="421"/>
+      <c r="X78" s="421"/>
+      <c r="AB78" s="257">
+        <v>2029</v>
+      </c>
+      <c r="AC78" s="257"/>
     </row>
     <row r="79" spans="3:29" ht="18">
-      <c r="C79" s="66" t="s">
+      <c r="C79" s="56" t="s">
         <v>10</v>
       </c>
-      <c r="D79" s="66"/>
-      <c r="G79" s="35" t="s">
+      <c r="D79" s="56"/>
+      <c r="G79" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="H79" s="65"/>
-[...8 lines deleted...]
-      <c r="Q79" s="528">
+      <c r="H79" s="50"/>
+      <c r="I79" s="50"/>
+      <c r="J79" s="50"/>
+      <c r="K79" s="50"/>
+      <c r="L79" s="50"/>
+      <c r="M79" s="50"/>
+      <c r="N79" s="50"/>
+      <c r="O79" s="50"/>
+      <c r="P79" s="50"/>
+      <c r="Q79" s="417">
         <v>5</v>
       </c>
-      <c r="R79" s="528"/>
-      <c r="U79" s="531" t="s">
+      <c r="R79" s="417"/>
+      <c r="U79" s="421" t="s">
         <v>54</v>
       </c>
-      <c r="V79" s="531"/>
-[...5 lines deleted...]
-      <c r="AC79" s="223"/>
+      <c r="V79" s="421"/>
+      <c r="W79" s="421"/>
+      <c r="X79" s="421"/>
+      <c r="AB79" s="257">
+        <v>2030</v>
+      </c>
+      <c r="AC79" s="257"/>
     </row>
     <row r="80" spans="3:29" ht="18">
-      <c r="C80" s="66" t="s">
+      <c r="C80" s="56" t="s">
         <v>115</v>
       </c>
-      <c r="G80" s="35" t="s">
+      <c r="G80" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="H80" s="65"/>
-[...8 lines deleted...]
-      <c r="Q80" s="528">
+      <c r="H80" s="50"/>
+      <c r="I80" s="50"/>
+      <c r="J80" s="50"/>
+      <c r="K80" s="50"/>
+      <c r="L80" s="50"/>
+      <c r="M80" s="50"/>
+      <c r="N80" s="50"/>
+      <c r="O80" s="50"/>
+      <c r="P80" s="50"/>
+      <c r="Q80" s="417">
         <v>6</v>
       </c>
-      <c r="R80" s="528"/>
-      <c r="U80" s="531" t="s">
+      <c r="R80" s="417"/>
+      <c r="U80" s="421" t="s">
         <v>55</v>
       </c>
-      <c r="V80" s="531"/>
-[...5 lines deleted...]
-      <c r="AC80" s="223"/>
+      <c r="V80" s="421"/>
+      <c r="W80" s="421"/>
+      <c r="X80" s="421"/>
+      <c r="AB80" s="257">
+        <v>2031</v>
+      </c>
+      <c r="AC80" s="257"/>
     </row>
     <row r="81" spans="7:29" ht="18">
-      <c r="G81" s="35" t="s">
+      <c r="G81" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="H81" s="65"/>
-[...8 lines deleted...]
-      <c r="Q81" s="528">
+      <c r="H81" s="50"/>
+      <c r="I81" s="50"/>
+      <c r="J81" s="50"/>
+      <c r="K81" s="50"/>
+      <c r="L81" s="50"/>
+      <c r="M81" s="50"/>
+      <c r="N81" s="50"/>
+      <c r="O81" s="50"/>
+      <c r="P81" s="50"/>
+      <c r="Q81" s="417">
         <v>7</v>
       </c>
-      <c r="R81" s="528"/>
-      <c r="U81" s="531" t="s">
+      <c r="R81" s="417"/>
+      <c r="U81" s="421" t="s">
         <v>56</v>
       </c>
-      <c r="V81" s="531"/>
-[...5 lines deleted...]
-      <c r="AC81" s="328"/>
+      <c r="V81" s="421"/>
+      <c r="W81" s="421"/>
+      <c r="X81" s="421"/>
+      <c r="AB81" s="257">
+        <v>2032</v>
+      </c>
+      <c r="AC81" s="257"/>
     </row>
     <row r="82" spans="7:29" ht="18">
-      <c r="G82" s="35" t="s">
+      <c r="G82" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="H82" s="65"/>
-[...8 lines deleted...]
-      <c r="Q82" s="528">
+      <c r="H82" s="50"/>
+      <c r="I82" s="50"/>
+      <c r="J82" s="50"/>
+      <c r="K82" s="50"/>
+      <c r="L82" s="50"/>
+      <c r="M82" s="50"/>
+      <c r="N82" s="50"/>
+      <c r="O82" s="50"/>
+      <c r="P82" s="50"/>
+      <c r="Q82" s="417">
         <v>8</v>
       </c>
-      <c r="R82" s="528"/>
-      <c r="U82" s="531" t="s">
+      <c r="R82" s="417"/>
+      <c r="U82" s="421" t="s">
         <v>57</v>
       </c>
-      <c r="V82" s="531"/>
-[...5 lines deleted...]
-      <c r="AC82" s="223"/>
+      <c r="V82" s="421"/>
+      <c r="W82" s="421"/>
+      <c r="X82" s="421"/>
+      <c r="AB82" s="257">
+        <v>2033</v>
+      </c>
+      <c r="AC82" s="257"/>
     </row>
     <row r="83" spans="7:29" ht="18">
-      <c r="G83" s="35" t="s">
+      <c r="G83" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="H83" s="65"/>
-[...8 lines deleted...]
-      <c r="Q83" s="528">
+      <c r="H83" s="50"/>
+      <c r="I83" s="50"/>
+      <c r="J83" s="50"/>
+      <c r="K83" s="50"/>
+      <c r="L83" s="50"/>
+      <c r="M83" s="50"/>
+      <c r="N83" s="50"/>
+      <c r="O83" s="50"/>
+      <c r="P83" s="50"/>
+      <c r="Q83" s="417">
         <v>9</v>
       </c>
-      <c r="R83" s="528"/>
-      <c r="U83" s="531" t="s">
+      <c r="R83" s="417"/>
+      <c r="U83" s="421" t="s">
         <v>58</v>
       </c>
-      <c r="V83" s="531"/>
-[...5 lines deleted...]
-      <c r="AC83" s="223"/>
+      <c r="V83" s="421"/>
+      <c r="W83" s="421"/>
+      <c r="X83" s="421"/>
+      <c r="AB83" s="257">
+        <v>2034</v>
+      </c>
+      <c r="AC83" s="257"/>
     </row>
     <row r="84" spans="7:29" ht="18">
-      <c r="G84" s="35" t="s">
+      <c r="G84" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="H84" s="65"/>
-[...8 lines deleted...]
-      <c r="Q84" s="528">
+      <c r="H84" s="50"/>
+      <c r="I84" s="50"/>
+      <c r="J84" s="50"/>
+      <c r="K84" s="50"/>
+      <c r="L84" s="50"/>
+      <c r="M84" s="50"/>
+      <c r="N84" s="50"/>
+      <c r="O84" s="50"/>
+      <c r="P84" s="50"/>
+      <c r="Q84" s="417">
         <v>10</v>
       </c>
-      <c r="R84" s="528"/>
-      <c r="U84" s="531" t="s">
+      <c r="R84" s="417"/>
+      <c r="U84" s="421" t="s">
         <v>59</v>
       </c>
-      <c r="V84" s="531"/>
-[...5 lines deleted...]
-      <c r="AC84" s="223"/>
+      <c r="V84" s="421"/>
+      <c r="W84" s="421"/>
+      <c r="X84" s="421"/>
+      <c r="AB84" s="257">
+        <v>2035</v>
+      </c>
+      <c r="AC84" s="257"/>
     </row>
     <row r="85" spans="7:29" ht="18">
-      <c r="G85" s="35" t="s">
+      <c r="G85" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="H85" s="65"/>
-[...8 lines deleted...]
-      <c r="Q85" s="528">
+      <c r="H85" s="50"/>
+      <c r="I85" s="50"/>
+      <c r="J85" s="50"/>
+      <c r="K85" s="50"/>
+      <c r="L85" s="50"/>
+      <c r="M85" s="50"/>
+      <c r="N85" s="50"/>
+      <c r="O85" s="50"/>
+      <c r="P85" s="50"/>
+      <c r="Q85" s="417">
         <v>11</v>
       </c>
-      <c r="R85" s="528"/>
-      <c r="U85" s="531" t="s">
+      <c r="R85" s="417"/>
+      <c r="U85" s="421" t="s">
         <v>60</v>
       </c>
-      <c r="V85" s="531"/>
-[...5 lines deleted...]
-      <c r="AC85" s="223"/>
+      <c r="V85" s="421"/>
+      <c r="W85" s="421"/>
+      <c r="X85" s="421"/>
+      <c r="AB85" s="257">
+        <v>2036</v>
+      </c>
+      <c r="AC85" s="257"/>
     </row>
     <row r="86" spans="7:29" ht="18">
-      <c r="G86" s="35" t="s">
+      <c r="G86" s="25" t="s">
         <v>161</v>
       </c>
-      <c r="H86" s="65"/>
-[...8 lines deleted...]
-      <c r="Q86" s="528">
+      <c r="H86" s="50"/>
+      <c r="I86" s="50"/>
+      <c r="J86" s="50"/>
+      <c r="K86" s="50"/>
+      <c r="L86" s="50"/>
+      <c r="M86" s="50"/>
+      <c r="N86" s="50"/>
+      <c r="O86" s="50"/>
+      <c r="P86" s="50"/>
+      <c r="Q86" s="417">
         <v>12</v>
       </c>
-      <c r="R86" s="528"/>
-      <c r="U86" s="531" t="s">
+      <c r="R86" s="417"/>
+      <c r="U86" s="421" t="s">
         <v>61</v>
       </c>
-      <c r="V86" s="531"/>
-[...5 lines deleted...]
-      <c r="AC86" s="223"/>
+      <c r="V86" s="421"/>
+      <c r="W86" s="421"/>
+      <c r="X86" s="421"/>
+      <c r="AB86" s="257">
+        <v>2037</v>
+      </c>
+      <c r="AC86" s="257"/>
     </row>
     <row r="87" spans="7:29" ht="18">
-      <c r="G87" s="35" t="s">
+      <c r="G87" s="25" t="s">
         <v>165</v>
       </c>
-      <c r="H87" s="65"/>
-[...8 lines deleted...]
-      <c r="Q87" s="528">
+      <c r="H87" s="50"/>
+      <c r="I87" s="50"/>
+      <c r="J87" s="50"/>
+      <c r="K87" s="50"/>
+      <c r="L87" s="50"/>
+      <c r="M87" s="50"/>
+      <c r="N87" s="50"/>
+      <c r="O87" s="50"/>
+      <c r="P87" s="50"/>
+      <c r="Q87" s="417">
         <v>13</v>
       </c>
-      <c r="R87" s="528"/>
-[...3 lines deleted...]
-      <c r="AC87" s="223"/>
+      <c r="R87" s="417"/>
+      <c r="AB87" s="257">
+        <v>2038</v>
+      </c>
+      <c r="AC87" s="257"/>
     </row>
     <row r="88" spans="7:29" ht="18">
-      <c r="G88" s="35" t="s">
+      <c r="G88" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="H88" s="65"/>
-[...8 lines deleted...]
-      <c r="Q88" s="528">
+      <c r="H88" s="50"/>
+      <c r="I88" s="50"/>
+      <c r="J88" s="50"/>
+      <c r="K88" s="50"/>
+      <c r="L88" s="50"/>
+      <c r="M88" s="50"/>
+      <c r="N88" s="50"/>
+      <c r="O88" s="50"/>
+      <c r="P88" s="50"/>
+      <c r="Q88" s="417">
         <v>14</v>
       </c>
-      <c r="R88" s="528"/>
-[...3 lines deleted...]
-      <c r="AC88" s="223"/>
+      <c r="R88" s="417"/>
+      <c r="AB88" s="257">
+        <v>2039</v>
+      </c>
+      <c r="AC88" s="257"/>
     </row>
     <row r="89" spans="7:29" ht="18">
-      <c r="G89" s="35" t="s">
+      <c r="G89" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="H89" s="65"/>
-[...8 lines deleted...]
-      <c r="Q89" s="528">
+      <c r="H89" s="50"/>
+      <c r="I89" s="50"/>
+      <c r="J89" s="50"/>
+      <c r="K89" s="50"/>
+      <c r="L89" s="50"/>
+      <c r="M89" s="50"/>
+      <c r="N89" s="50"/>
+      <c r="O89" s="50"/>
+      <c r="P89" s="50"/>
+      <c r="Q89" s="417">
         <v>15</v>
       </c>
-      <c r="R89" s="528"/>
-[...3 lines deleted...]
-      <c r="AC89" s="223"/>
+      <c r="R89" s="417"/>
+      <c r="AB89" s="257">
+        <v>2040</v>
+      </c>
+      <c r="AC89" s="257"/>
     </row>
     <row r="90" spans="7:29" ht="18">
-      <c r="G90" s="35" t="s">
+      <c r="G90" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="H90" s="65"/>
-[...8 lines deleted...]
-      <c r="Q90" s="528">
+      <c r="H90" s="50"/>
+      <c r="I90" s="50"/>
+      <c r="J90" s="50"/>
+      <c r="K90" s="50"/>
+      <c r="L90" s="50"/>
+      <c r="M90" s="50"/>
+      <c r="N90" s="50"/>
+      <c r="O90" s="50"/>
+      <c r="P90" s="50"/>
+      <c r="Q90" s="417">
         <v>16</v>
       </c>
-      <c r="R90" s="528"/>
+      <c r="R90" s="417"/>
     </row>
     <row r="91" spans="7:29" ht="18">
-      <c r="G91" s="35" t="s">
+      <c r="G91" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="H91" s="65"/>
-[...8 lines deleted...]
-      <c r="Q91" s="528">
+      <c r="H91" s="50"/>
+      <c r="I91" s="50"/>
+      <c r="J91" s="50"/>
+      <c r="K91" s="50"/>
+      <c r="L91" s="50"/>
+      <c r="M91" s="50"/>
+      <c r="N91" s="50"/>
+      <c r="O91" s="50"/>
+      <c r="P91" s="50"/>
+      <c r="Q91" s="417">
         <v>17</v>
       </c>
-      <c r="R91" s="528"/>
+      <c r="R91" s="417"/>
     </row>
     <row r="92" spans="7:29" ht="18">
-      <c r="G92" s="35" t="s">
+      <c r="G92" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="H92" s="65"/>
-[...8 lines deleted...]
-      <c r="Q92" s="528">
+      <c r="H92" s="50"/>
+      <c r="I92" s="50"/>
+      <c r="J92" s="50"/>
+      <c r="K92" s="50"/>
+      <c r="L92" s="50"/>
+      <c r="M92" s="50"/>
+      <c r="N92" s="50"/>
+      <c r="O92" s="50"/>
+      <c r="P92" s="50"/>
+      <c r="Q92" s="417">
         <v>18</v>
       </c>
-      <c r="R92" s="528"/>
+      <c r="R92" s="417"/>
     </row>
     <row r="93" spans="7:29" ht="18">
-      <c r="G93" s="35" t="s">
+      <c r="G93" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="H93" s="65"/>
-[...8 lines deleted...]
-      <c r="Q93" s="528">
+      <c r="H93" s="50"/>
+      <c r="I93" s="50"/>
+      <c r="J93" s="50"/>
+      <c r="K93" s="50"/>
+      <c r="L93" s="50"/>
+      <c r="M93" s="50"/>
+      <c r="N93" s="50"/>
+      <c r="O93" s="50"/>
+      <c r="P93" s="50"/>
+      <c r="Q93" s="417">
         <v>19</v>
       </c>
-      <c r="R93" s="528"/>
+      <c r="R93" s="417"/>
     </row>
     <row r="94" spans="7:29" ht="18">
-      <c r="G94" s="35" t="s">
+      <c r="G94" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="H94" s="65"/>
-[...8 lines deleted...]
-      <c r="Q94" s="528">
+      <c r="H94" s="50"/>
+      <c r="I94" s="50"/>
+      <c r="J94" s="50"/>
+      <c r="K94" s="50"/>
+      <c r="L94" s="50"/>
+      <c r="M94" s="50"/>
+      <c r="N94" s="50"/>
+      <c r="O94" s="50"/>
+      <c r="P94" s="50"/>
+      <c r="Q94" s="417">
         <v>20</v>
       </c>
-      <c r="R94" s="528"/>
+      <c r="R94" s="417"/>
     </row>
     <row r="95" spans="7:29" ht="18">
-      <c r="H95" s="65"/>
-[...8 lines deleted...]
-      <c r="Q95" s="528">
+      <c r="H95" s="50"/>
+      <c r="I95" s="50"/>
+      <c r="J95" s="50"/>
+      <c r="K95" s="50"/>
+      <c r="L95" s="50"/>
+      <c r="M95" s="50"/>
+      <c r="N95" s="50"/>
+      <c r="O95" s="50"/>
+      <c r="P95" s="50"/>
+      <c r="Q95" s="417">
         <v>21</v>
       </c>
-      <c r="R95" s="528"/>
+      <c r="R95" s="417"/>
     </row>
     <row r="96" spans="7:29" ht="18">
-      <c r="H96" s="65"/>
-[...8 lines deleted...]
-      <c r="Q96" s="528">
+      <c r="H96" s="50"/>
+      <c r="I96" s="50"/>
+      <c r="J96" s="50"/>
+      <c r="K96" s="50"/>
+      <c r="L96" s="50"/>
+      <c r="M96" s="50"/>
+      <c r="N96" s="50"/>
+      <c r="O96" s="50"/>
+      <c r="P96" s="50"/>
+      <c r="Q96" s="417">
         <v>22</v>
       </c>
-      <c r="R96" s="528"/>
+      <c r="R96" s="417"/>
     </row>
     <row r="97" spans="8:24" ht="18">
-      <c r="H97" s="65"/>
-[...8 lines deleted...]
-      <c r="Q97" s="528">
+      <c r="H97" s="50"/>
+      <c r="I97" s="50"/>
+      <c r="J97" s="50"/>
+      <c r="K97" s="50"/>
+      <c r="L97" s="50"/>
+      <c r="M97" s="50"/>
+      <c r="N97" s="50"/>
+      <c r="O97" s="50"/>
+      <c r="P97" s="50"/>
+      <c r="Q97" s="417">
         <v>23</v>
       </c>
-      <c r="R97" s="528"/>
+      <c r="R97" s="417"/>
     </row>
     <row r="98" spans="8:24" ht="18">
-      <c r="H98" s="65"/>
-[...8 lines deleted...]
-      <c r="Q98" s="528">
+      <c r="H98" s="50"/>
+      <c r="I98" s="50"/>
+      <c r="J98" s="50"/>
+      <c r="K98" s="50"/>
+      <c r="L98" s="50"/>
+      <c r="M98" s="50"/>
+      <c r="N98" s="50"/>
+      <c r="O98" s="50"/>
+      <c r="P98" s="50"/>
+      <c r="Q98" s="417">
         <v>24</v>
       </c>
-      <c r="R98" s="528"/>
+      <c r="R98" s="417"/>
     </row>
     <row r="99" spans="8:24" ht="18">
-      <c r="H99" s="65"/>
-[...8 lines deleted...]
-      <c r="Q99" s="528">
+      <c r="H99" s="50"/>
+      <c r="I99" s="50"/>
+      <c r="J99" s="50"/>
+      <c r="K99" s="50"/>
+      <c r="L99" s="50"/>
+      <c r="M99" s="50"/>
+      <c r="N99" s="50"/>
+      <c r="O99" s="50"/>
+      <c r="P99" s="50"/>
+      <c r="Q99" s="417">
         <v>25</v>
       </c>
-      <c r="R99" s="528"/>
+      <c r="R99" s="417"/>
     </row>
     <row r="100" spans="8:24" ht="18">
-      <c r="H100" s="65"/>
-[...8 lines deleted...]
-      <c r="Q100" s="528">
+      <c r="H100" s="50"/>
+      <c r="I100" s="50"/>
+      <c r="J100" s="50"/>
+      <c r="K100" s="50"/>
+      <c r="L100" s="50"/>
+      <c r="M100" s="50"/>
+      <c r="N100" s="50"/>
+      <c r="O100" s="50"/>
+      <c r="P100" s="50"/>
+      <c r="Q100" s="417">
         <v>26</v>
       </c>
-      <c r="R100" s="528"/>
+      <c r="R100" s="417"/>
     </row>
     <row r="101" spans="8:24" ht="18">
-      <c r="H101" s="65"/>
-[...8 lines deleted...]
-      <c r="Q101" s="528">
+      <c r="H101" s="50"/>
+      <c r="I101" s="50"/>
+      <c r="J101" s="50"/>
+      <c r="K101" s="50"/>
+      <c r="L101" s="50"/>
+      <c r="M101" s="50"/>
+      <c r="N101" s="50"/>
+      <c r="O101" s="50"/>
+      <c r="P101" s="50"/>
+      <c r="Q101" s="417">
         <v>27</v>
       </c>
-      <c r="R101" s="528"/>
+      <c r="R101" s="417"/>
     </row>
     <row r="102" spans="8:24" ht="18">
-      <c r="H102" s="65"/>
-[...8 lines deleted...]
-      <c r="Q102" s="528">
+      <c r="H102" s="50"/>
+      <c r="I102" s="50"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="50"/>
+      <c r="L102" s="50"/>
+      <c r="M102" s="50"/>
+      <c r="N102" s="50"/>
+      <c r="O102" s="50"/>
+      <c r="P102" s="50"/>
+      <c r="Q102" s="417">
         <v>28</v>
       </c>
-      <c r="R102" s="528"/>
+      <c r="R102" s="417"/>
     </row>
     <row r="103" spans="8:24" ht="18">
-      <c r="H103" s="65"/>
-[...8 lines deleted...]
-      <c r="Q103" s="528">
+      <c r="H103" s="50"/>
+      <c r="I103" s="50"/>
+      <c r="J103" s="50"/>
+      <c r="K103" s="50"/>
+      <c r="L103" s="50"/>
+      <c r="M103" s="50"/>
+      <c r="N103" s="50"/>
+      <c r="O103" s="50"/>
+      <c r="P103" s="50"/>
+      <c r="Q103" s="417">
         <v>29</v>
       </c>
-      <c r="R103" s="528"/>
+      <c r="R103" s="417"/>
     </row>
     <row r="104" spans="8:24" ht="18">
-      <c r="Q104" s="528">
+      <c r="Q104" s="417">
         <v>30</v>
       </c>
-      <c r="R104" s="528"/>
+      <c r="R104" s="417"/>
     </row>
     <row r="105" spans="8:24" ht="18">
-      <c r="Q105" s="528">
+      <c r="Q105" s="417">
         <v>31</v>
       </c>
-      <c r="R105" s="528"/>
+      <c r="R105" s="417"/>
     </row>
     <row r="110" spans="8:24">
       <c r="X110" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection password="CF74" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="127">
-    <mergeCell ref="V5:AF5"/>
-[...57 lines deleted...]
-    <mergeCell ref="C17:AP17"/>
+    <mergeCell ref="AB88:AC88"/>
+    <mergeCell ref="Q82:R82"/>
+    <mergeCell ref="Q94:R94"/>
+    <mergeCell ref="U86:X86"/>
+    <mergeCell ref="AB83:AC83"/>
+    <mergeCell ref="U85:X85"/>
+    <mergeCell ref="AB85:AC85"/>
+    <mergeCell ref="Q90:R90"/>
+    <mergeCell ref="Q89:R89"/>
+    <mergeCell ref="Q88:R88"/>
+    <mergeCell ref="AB89:AC89"/>
+    <mergeCell ref="AB86:AC86"/>
+    <mergeCell ref="AB87:AC87"/>
+    <mergeCell ref="Q84:R84"/>
+    <mergeCell ref="Q91:R91"/>
+    <mergeCell ref="Q86:R86"/>
+    <mergeCell ref="Q95:R95"/>
+    <mergeCell ref="Q93:R93"/>
+    <mergeCell ref="Q92:R92"/>
+    <mergeCell ref="Q87:R87"/>
+    <mergeCell ref="Q85:R85"/>
+    <mergeCell ref="U83:X83"/>
+    <mergeCell ref="U82:X82"/>
+    <mergeCell ref="Q105:R105"/>
+    <mergeCell ref="Q100:R100"/>
+    <mergeCell ref="Q101:R101"/>
+    <mergeCell ref="Q102:R102"/>
+    <mergeCell ref="Q103:R103"/>
+    <mergeCell ref="Q104:R104"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="Q96:R96"/>
+    <mergeCell ref="Q98:R98"/>
+    <mergeCell ref="Q97:R97"/>
+    <mergeCell ref="AB79:AC79"/>
+    <mergeCell ref="Q83:R83"/>
+    <mergeCell ref="AB82:AC82"/>
+    <mergeCell ref="U84:X84"/>
+    <mergeCell ref="AB84:AC84"/>
+    <mergeCell ref="U81:X81"/>
+    <mergeCell ref="AB80:AC80"/>
+    <mergeCell ref="U80:X80"/>
+    <mergeCell ref="AB81:AC81"/>
+    <mergeCell ref="Q80:R80"/>
+    <mergeCell ref="Q81:R81"/>
+    <mergeCell ref="U79:X79"/>
+    <mergeCell ref="Q79:R79"/>
     <mergeCell ref="U76:X76"/>
     <mergeCell ref="Q76:R76"/>
     <mergeCell ref="AB78:AC78"/>
     <mergeCell ref="C25:AP25"/>
     <mergeCell ref="C27:K27"/>
     <mergeCell ref="C31:AP31"/>
     <mergeCell ref="Q29:Y29"/>
     <mergeCell ref="C29:K29"/>
     <mergeCell ref="AB77:AC77"/>
     <mergeCell ref="AB76:AC76"/>
     <mergeCell ref="U75:X75"/>
     <mergeCell ref="Q75:R75"/>
     <mergeCell ref="AB75:AC75"/>
     <mergeCell ref="Q74:R74"/>
     <mergeCell ref="U74:X74"/>
     <mergeCell ref="AB74:AC74"/>
     <mergeCell ref="Q77:R77"/>
     <mergeCell ref="U77:X77"/>
     <mergeCell ref="U78:X78"/>
     <mergeCell ref="Q78:R78"/>
     <mergeCell ref="C52:AP52"/>
     <mergeCell ref="C26:AP26"/>
-    <mergeCell ref="AB79:AC79"/>
-[...44 lines deleted...]
-    <mergeCell ref="Q86:R86"/>
+    <mergeCell ref="Q23:Y23"/>
+    <mergeCell ref="Q27:Y27"/>
+    <mergeCell ref="C23:K23"/>
+    <mergeCell ref="W15:Z15"/>
+    <mergeCell ref="C18:AP18"/>
+    <mergeCell ref="Q19:Y19"/>
+    <mergeCell ref="C21:K21"/>
+    <mergeCell ref="Q21:Y21"/>
+    <mergeCell ref="C19:K19"/>
+    <mergeCell ref="C17:AP17"/>
+    <mergeCell ref="C14:H14"/>
+    <mergeCell ref="C15:H15"/>
+    <mergeCell ref="AA15:AP15"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="V14:AF14"/>
+    <mergeCell ref="AG14:AP14"/>
+    <mergeCell ref="I15:V15"/>
+    <mergeCell ref="AJ13:AL13"/>
+    <mergeCell ref="Z13:AB13"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="AC13:AE13"/>
+    <mergeCell ref="AF13:AI13"/>
+    <mergeCell ref="P13:R13"/>
+    <mergeCell ref="U13:Y13"/>
+    <mergeCell ref="S13:T13"/>
+    <mergeCell ref="AM13:AP13"/>
+    <mergeCell ref="H13:L13"/>
+    <mergeCell ref="C11:K11"/>
+    <mergeCell ref="L11:AP11"/>
+    <mergeCell ref="C9:F9"/>
+    <mergeCell ref="G9:K9"/>
+    <mergeCell ref="C10:F10"/>
+    <mergeCell ref="G10:Z10"/>
+    <mergeCell ref="M13:O13"/>
+    <mergeCell ref="AA10:AD10"/>
+    <mergeCell ref="C12:AB12"/>
+    <mergeCell ref="AC12:AP12"/>
+    <mergeCell ref="V5:AF5"/>
+    <mergeCell ref="AE10:AP10"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="G6:Q6"/>
+    <mergeCell ref="R6:U6"/>
+    <mergeCell ref="V6:AF6"/>
+    <mergeCell ref="C3:AP3"/>
+    <mergeCell ref="C4:AP4"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="G5:Q5"/>
+    <mergeCell ref="R5:U5"/>
+    <mergeCell ref="AE8:AP8"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="G8:K8"/>
+    <mergeCell ref="L8:O8"/>
+    <mergeCell ref="P8:Z8"/>
+    <mergeCell ref="AA8:AD8"/>
+    <mergeCell ref="L9:O9"/>
+    <mergeCell ref="P9:Z9"/>
+    <mergeCell ref="AA9:AD9"/>
+    <mergeCell ref="AE9:AP9"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <dataValidations count="6">
-    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="BJ15:BJ23 BJ25:BJ30 G75:G78"/>
-[...1 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z13:AB13 M13:O13">
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Feil verdi" sqref="BJ15:BJ23 BJ25:BJ30 G75:G78" xr:uid="{00000000-0002-0000-0600-000000000000}"/>
+    <dataValidation errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Kun &quot;x&quot;!" promptTitle="Sett inn &quot;x&quot;!" sqref="AN24 AA19 AA23 M21 M23 M19 AA21 O24 AA27 M29 M27 AA29" xr:uid="{00000000-0002-0000-0600-000001000000}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z13:AB13 M13:O13" xr:uid="{00000000-0002-0000-0600-000002000000}">
       <formula1>$AB$74:$AB$89</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S13:T13 F13:G13">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S13:T13 F13:G13" xr:uid="{00000000-0002-0000-0600-000003000000}">
       <formula1>$Q$74:$Q$105</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U13:Y13 H13:L13">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U13:Y13 H13:L13" xr:uid="{00000000-0002-0000-0600-000004000000}">
       <formula1>$U$74:$U$86</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6" xr:uid="{00000000-0002-0000-0600-000005000000}">
       <formula1>$G$74:$G$94</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Navngitte områder</vt:lpstr>